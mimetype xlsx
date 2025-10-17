--- v0 (2025-10-07)
+++ v1 (2025-10-17)
@@ -460,97 +460,99 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AM11"/>
+  <dimension ref="A1:AO11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
+    <col width="14" customWidth="1" min="40" max="40"/>
+    <col width="14" customWidth="1" min="41" max="41"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -705,50 +707,60 @@
       <c r="AI1" t="inlineStr">
         <is>
           <t>2025-09-01</t>
         </is>
       </c>
       <c r="AJ1" t="inlineStr">
         <is>
           <t>2025-09-08</t>
         </is>
       </c>
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
+      <c r="AN1" t="inlineStr">
+        <is>
+          <t>2025-10-06</t>
+        </is>
+      </c>
+      <c r="AO1" t="inlineStr">
+        <is>
+          <t>2025-10-13</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.21</v>
       </c>
@@ -826,50 +838,56 @@
       </c>
       <c r="AF2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AG2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AH2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AI2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AJ2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="AN2" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AO2" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.25</v>
       </c>
@@ -947,50 +965,56 @@
       </c>
       <c r="AF3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AG3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AH3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AI3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AJ3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.22</v>
       </c>
+      <c r="AN3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AO3" s="1" t="n">
+        <v>0.2</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.14</v>
       </c>
@@ -1068,50 +1092,56 @@
       </c>
       <c r="AF4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AG4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AH4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AJ4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.15</v>
       </c>
+      <c r="AN4" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AO4" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -1189,50 +1219,56 @@
       </c>
       <c r="AF5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AG5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AH5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AJ5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AN5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AO5" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -1310,50 +1346,56 @@
       </c>
       <c r="AF6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AG6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AH6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AJ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AN6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AO6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.27</v>
       </c>
@@ -1431,50 +1473,56 @@
       </c>
       <c r="AF7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AG7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AH7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AI7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AJ7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.29</v>
       </c>
+      <c r="AN7" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="AO7" s="1" t="n">
+        <v>0.27</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.09</v>
       </c>
@@ -1552,50 +1600,56 @@
       </c>
       <c r="AF8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AG8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AH8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AI8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AJ8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.11</v>
       </c>
+      <c r="AN8" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AO8" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -1673,50 +1727,56 @@
       </c>
       <c r="AF9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AG9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AH9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AI9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AJ9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AN9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AO9" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>1691</v>
       </c>
       <c r="C10" t="n">
         <v>1829</v>
       </c>
       <c r="D10" t="n">
         <v>1869</v>
       </c>
       <c r="E10" t="n">
         <v>1836</v>
       </c>
       <c r="F10" t="n">
         <v>1770</v>
       </c>
       <c r="G10" t="n">
         <v>1820</v>
       </c>
@@ -1794,50 +1854,56 @@
       </c>
       <c r="AF10" t="n">
         <v>1827</v>
       </c>
       <c r="AG10" t="n">
         <v>1743</v>
       </c>
       <c r="AH10" t="n">
         <v>1763</v>
       </c>
       <c r="AI10" t="n">
         <v>1815</v>
       </c>
       <c r="AJ10" t="n">
         <v>1874</v>
       </c>
       <c r="AK10" t="n">
         <v>1759</v>
       </c>
       <c r="AL10" t="n">
         <v>1726</v>
       </c>
       <c r="AM10" t="n">
         <v>1909</v>
       </c>
+      <c r="AN10" t="n">
+        <v>1721</v>
+      </c>
+      <c r="AO10" t="n">
+        <v>1671</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>1691</v>
       </c>
       <c r="C11" t="n">
         <v>1829</v>
       </c>
       <c r="D11" t="n">
         <v>1869</v>
       </c>
       <c r="E11" t="n">
         <v>1836</v>
       </c>
       <c r="F11" t="n">
         <v>1770</v>
       </c>
       <c r="G11" t="n">
         <v>1820</v>
       </c>
@@ -1914,110 +1980,118 @@
         <v>1813</v>
       </c>
       <c r="AF11" t="n">
         <v>1827</v>
       </c>
       <c r="AG11" t="n">
         <v>1743</v>
       </c>
       <c r="AH11" t="n">
         <v>1763</v>
       </c>
       <c r="AI11" t="n">
         <v>1815</v>
       </c>
       <c r="AJ11" t="n">
         <v>1874</v>
       </c>
       <c r="AK11" t="n">
         <v>1759</v>
       </c>
       <c r="AL11" t="n">
         <v>1726</v>
       </c>
       <c r="AM11" t="n">
         <v>1909</v>
+      </c>
+      <c r="AN11" t="n">
+        <v>1721</v>
+      </c>
+      <c r="AO11" t="n">
+        <v>1671</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AM11"/>
+  <dimension ref="A1:AO11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
+    <col width="14" customWidth="1" min="40" max="40"/>
+    <col width="14" customWidth="1" min="41" max="41"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -2172,50 +2246,60 @@
       <c r="AI1" t="inlineStr">
         <is>
           <t>2025-09-01</t>
         </is>
       </c>
       <c r="AJ1" t="inlineStr">
         <is>
           <t>2025-09-08</t>
         </is>
       </c>
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
+      <c r="AN1" t="inlineStr">
+        <is>
+          <t>2025-10-06</t>
+        </is>
+      </c>
+      <c r="AO1" t="inlineStr">
+        <is>
+          <t>2025-10-13</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.79</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.74</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.76</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.71</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.6899999999999999</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.72</v>
       </c>
@@ -2293,50 +2377,56 @@
       </c>
       <c r="AF2" s="1" t="n">
         <v>0.61</v>
       </c>
       <c r="AG2" s="1" t="n">
         <v>0.64</v>
       </c>
       <c r="AH2" s="1" t="n">
         <v>0.6</v>
       </c>
       <c r="AI2" s="1" t="n">
         <v>0.62</v>
       </c>
       <c r="AJ2" s="1" t="n">
         <v>0.59</v>
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.6</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.57</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.59</v>
       </c>
+      <c r="AN2" s="1" t="n">
+        <v>0.58</v>
+      </c>
+      <c r="AO2" s="1" t="n">
+        <v>0.6</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.02</v>
       </c>
@@ -2414,50 +2504,56 @@
       </c>
       <c r="AF3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AG3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AH3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AI3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AJ3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AN3" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AO3" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.04</v>
       </c>
@@ -2535,50 +2631,56 @@
       </c>
       <c r="AF4" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AG4" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AH4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AJ4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.05</v>
       </c>
+      <c r="AN4" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AO4" s="1" t="n">
+        <v>0.06</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -2656,50 +2758,56 @@
       </c>
       <c r="AF5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AG5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AH5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AK5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AN5" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AO5" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -2777,50 +2885,56 @@
       </c>
       <c r="AF6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AG6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AH6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AN6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AO6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.22</v>
       </c>
@@ -2898,50 +3012,56 @@
       </c>
       <c r="AF7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AG7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AH7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AI7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AJ7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.35</v>
       </c>
+      <c r="AN7" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="AO7" s="1" t="n">
+        <v>0.32</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -3019,50 +3139,56 @@
       </c>
       <c r="AF8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AG8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AH8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AI8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AJ8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AK8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AN8" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AO8" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0</v>
       </c>
@@ -3140,50 +3266,56 @@
       </c>
       <c r="AF9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AG9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AH9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AI9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AJ9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AN9" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AO9" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>303</v>
       </c>
       <c r="C10" t="n">
         <v>356</v>
       </c>
       <c r="D10" t="n">
         <v>346</v>
       </c>
       <c r="E10" t="n">
         <v>340</v>
       </c>
       <c r="F10" t="n">
         <v>334</v>
       </c>
       <c r="G10" t="n">
         <v>340</v>
       </c>
@@ -3261,50 +3393,56 @@
       </c>
       <c r="AF10" t="n">
         <v>336</v>
       </c>
       <c r="AG10" t="n">
         <v>334</v>
       </c>
       <c r="AH10" t="n">
         <v>278</v>
       </c>
       <c r="AI10" t="n">
         <v>366</v>
       </c>
       <c r="AJ10" t="n">
         <v>358</v>
       </c>
       <c r="AK10" t="n">
         <v>319</v>
       </c>
       <c r="AL10" t="n">
         <v>336</v>
       </c>
       <c r="AM10" t="n">
         <v>332</v>
       </c>
+      <c r="AN10" t="n">
+        <v>283</v>
+      </c>
+      <c r="AO10" t="n">
+        <v>294</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>353</v>
       </c>
       <c r="C11" t="n">
         <v>381</v>
       </c>
       <c r="D11" t="n">
         <v>390</v>
       </c>
       <c r="E11" t="n">
         <v>383</v>
       </c>
       <c r="F11" t="n">
         <v>369</v>
       </c>
       <c r="G11" t="n">
         <v>380</v>
       </c>
@@ -3381,110 +3519,118 @@
         <v>381</v>
       </c>
       <c r="AF11" t="n">
         <v>384</v>
       </c>
       <c r="AG11" t="n">
         <v>366</v>
       </c>
       <c r="AH11" t="n">
         <v>370</v>
       </c>
       <c r="AI11" t="n">
         <v>381</v>
       </c>
       <c r="AJ11" t="n">
         <v>394</v>
       </c>
       <c r="AK11" t="n">
         <v>369</v>
       </c>
       <c r="AL11" t="n">
         <v>362</v>
       </c>
       <c r="AM11" t="n">
         <v>401</v>
+      </c>
+      <c r="AN11" t="n">
+        <v>361</v>
+      </c>
+      <c r="AO11" t="n">
+        <v>351</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AM11"/>
+  <dimension ref="A1:AO11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
+    <col width="14" customWidth="1" min="40" max="40"/>
+    <col width="14" customWidth="1" min="41" max="41"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -3639,50 +3785,60 @@
       <c r="AI1" t="inlineStr">
         <is>
           <t>2025-09-01</t>
         </is>
       </c>
       <c r="AJ1" t="inlineStr">
         <is>
           <t>2025-09-08</t>
         </is>
       </c>
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
+      <c r="AN1" t="inlineStr">
+        <is>
+          <t>2025-10-06</t>
+        </is>
+      </c>
+      <c r="AO1" t="inlineStr">
+        <is>
+          <t>2025-10-13</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.04</v>
       </c>
@@ -3760,50 +3916,56 @@
       </c>
       <c r="AF2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AG2" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AH2" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AI2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AJ2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="AN2" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AO2" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.7</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.6899999999999999</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.7</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.67</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.66</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.66</v>
       </c>
@@ -3881,50 +4043,56 @@
       </c>
       <c r="AF3" s="1" t="n">
         <v>0.57</v>
       </c>
       <c r="AG3" s="1" t="n">
         <v>0.59</v>
       </c>
       <c r="AH3" s="1" t="n">
         <v>0.54</v>
       </c>
       <c r="AI3" s="1" t="n">
         <v>0.55</v>
       </c>
       <c r="AJ3" s="1" t="n">
         <v>0.6</v>
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.57</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.54</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.59</v>
       </c>
+      <c r="AN3" s="1" t="n">
+        <v>0.57</v>
+      </c>
+      <c r="AO3" s="1" t="n">
+        <v>0.52</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.11</v>
       </c>
@@ -4002,50 +4170,56 @@
       </c>
       <c r="AF4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AG4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AH4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AJ4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.13</v>
       </c>
+      <c r="AN4" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AO4" s="1" t="n">
+        <v>0.14</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -4123,50 +4297,56 @@
       </c>
       <c r="AF5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AG5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AH5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AJ5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AN5" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AO5" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -4244,50 +4424,56 @@
       </c>
       <c r="AF6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AG6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AH6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AN6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AO6" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.11</v>
       </c>
@@ -4365,50 +4551,56 @@
       </c>
       <c r="AF7" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AG7" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AH7" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AI7" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AJ7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.1</v>
       </c>
+      <c r="AN7" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AO7" s="1" t="n">
+        <v>0.1</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.06</v>
       </c>
@@ -4486,50 +4678,56 @@
       </c>
       <c r="AF8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AG8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AH8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AI8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AJ8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.1</v>
       </c>
+      <c r="AN8" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AO8" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0</v>
       </c>
@@ -4607,50 +4805,56 @@
       </c>
       <c r="AF9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AG9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AH9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AI9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AJ9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AN9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AO9" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>506</v>
       </c>
       <c r="C10" t="n">
         <v>592</v>
       </c>
       <c r="D10" t="n">
         <v>584</v>
       </c>
       <c r="E10" t="n">
         <v>606</v>
       </c>
       <c r="F10" t="n">
         <v>519</v>
       </c>
       <c r="G10" t="n">
         <v>534</v>
       </c>
@@ -4728,50 +4932,56 @@
       </c>
       <c r="AF10" t="n">
         <v>567</v>
       </c>
       <c r="AG10" t="n">
         <v>526</v>
       </c>
       <c r="AH10" t="n">
         <v>530</v>
       </c>
       <c r="AI10" t="n">
         <v>533</v>
       </c>
       <c r="AJ10" t="n">
         <v>581</v>
       </c>
       <c r="AK10" t="n">
         <v>525</v>
       </c>
       <c r="AL10" t="n">
         <v>507</v>
       </c>
       <c r="AM10" t="n">
         <v>593</v>
       </c>
+      <c r="AN10" t="n">
+        <v>562</v>
+      </c>
+      <c r="AO10" t="n">
+        <v>532</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>486</v>
       </c>
       <c r="C11" t="n">
         <v>526</v>
       </c>
       <c r="D11" t="n">
         <v>537</v>
       </c>
       <c r="E11" t="n">
         <v>528</v>
       </c>
       <c r="F11" t="n">
         <v>509</v>
       </c>
       <c r="G11" t="n">
         <v>523</v>
       </c>
@@ -4848,110 +5058,118 @@
         <v>522</v>
       </c>
       <c r="AF11" t="n">
         <v>526</v>
       </c>
       <c r="AG11" t="n">
         <v>502</v>
       </c>
       <c r="AH11" t="n">
         <v>508</v>
       </c>
       <c r="AI11" t="n">
         <v>523</v>
       </c>
       <c r="AJ11" t="n">
         <v>540</v>
       </c>
       <c r="AK11" t="n">
         <v>507</v>
       </c>
       <c r="AL11" t="n">
         <v>497</v>
       </c>
       <c r="AM11" t="n">
         <v>550</v>
+      </c>
+      <c r="AN11" t="n">
+        <v>496</v>
+      </c>
+      <c r="AO11" t="n">
+        <v>481</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AM11"/>
+  <dimension ref="A1:AO11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
+    <col width="14" customWidth="1" min="40" max="40"/>
+    <col width="14" customWidth="1" min="41" max="41"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -5106,50 +5324,60 @@
       <c r="AI1" t="inlineStr">
         <is>
           <t>2025-09-01</t>
         </is>
       </c>
       <c r="AJ1" t="inlineStr">
         <is>
           <t>2025-09-08</t>
         </is>
       </c>
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
+      <c r="AN1" t="inlineStr">
+        <is>
+          <t>2025-10-06</t>
+        </is>
+      </c>
+      <c r="AO1" t="inlineStr">
+        <is>
+          <t>2025-10-13</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.05</v>
       </c>
@@ -5227,50 +5455,56 @@
       </c>
       <c r="AF2" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AG2" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AH2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AI2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AJ2" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="AN2" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AO2" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.08</v>
       </c>
@@ -5348,50 +5582,56 @@
       </c>
       <c r="AF3" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AG3" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AH3" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AI3" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AJ3" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
+      <c r="AN3" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AO3" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.78</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.73</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.74</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.77</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.74</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.76</v>
       </c>
@@ -5469,50 +5709,56 @@
       </c>
       <c r="AF4" s="1" t="n">
         <v>0.8</v>
       </c>
       <c r="AG4" s="1" t="n">
         <v>0.73</v>
       </c>
       <c r="AH4" s="1" t="n">
         <v>0.78</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>0.77</v>
       </c>
       <c r="AJ4" s="1" t="n">
         <v>0.76</v>
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.72</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.74</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.72</v>
       </c>
+      <c r="AN4" s="1" t="n">
+        <v>0.79</v>
+      </c>
+      <c r="AO4" s="1" t="n">
+        <v>0.74</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -5590,50 +5836,56 @@
       </c>
       <c r="AF5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AG5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AH5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AK5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AN5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AO5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -5711,50 +5963,56 @@
       </c>
       <c r="AF6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AG6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AH6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AK6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AN6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AO6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.05</v>
       </c>
@@ -5832,50 +6090,56 @@
       </c>
       <c r="AF7" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AG7" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AH7" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AI7" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AJ7" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.08</v>
       </c>
+      <c r="AN7" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AO7" s="1" t="n">
+        <v>0.08</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.04</v>
       </c>
@@ -5953,50 +6217,56 @@
       </c>
       <c r="AF8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AG8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AH8" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AI8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AJ8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.08</v>
       </c>
+      <c r="AN8" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AO8" s="1" t="n">
+        <v>0.06</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -6074,50 +6344,56 @@
       </c>
       <c r="AF9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AG9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AH9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AI9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AJ9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AN9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AO9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>198</v>
       </c>
       <c r="C10" t="n">
         <v>200</v>
       </c>
       <c r="D10" t="n">
         <v>214</v>
       </c>
       <c r="E10" t="n">
         <v>230</v>
       </c>
       <c r="F10" t="n">
         <v>196</v>
       </c>
       <c r="G10" t="n">
         <v>210</v>
       </c>
@@ -6195,50 +6471,56 @@
       </c>
       <c r="AF10" t="n">
         <v>206</v>
       </c>
       <c r="AG10" t="n">
         <v>211</v>
       </c>
       <c r="AH10" t="n">
         <v>186</v>
       </c>
       <c r="AI10" t="n">
         <v>208</v>
       </c>
       <c r="AJ10" t="n">
         <v>217</v>
       </c>
       <c r="AK10" t="n">
         <v>197</v>
       </c>
       <c r="AL10" t="n">
         <v>205</v>
       </c>
       <c r="AM10" t="n">
         <v>223</v>
       </c>
+      <c r="AN10" t="n">
+        <v>187</v>
+      </c>
+      <c r="AO10" t="n">
+        <v>183</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>179</v>
       </c>
       <c r="C11" t="n">
         <v>193</v>
       </c>
       <c r="D11" t="n">
         <v>198</v>
       </c>
       <c r="E11" t="n">
         <v>194</v>
       </c>
       <c r="F11" t="n">
         <v>187</v>
       </c>
       <c r="G11" t="n">
         <v>193</v>
       </c>
@@ -6315,110 +6597,118 @@
         <v>192</v>
       </c>
       <c r="AF11" t="n">
         <v>194</v>
       </c>
       <c r="AG11" t="n">
         <v>185</v>
       </c>
       <c r="AH11" t="n">
         <v>187</v>
       </c>
       <c r="AI11" t="n">
         <v>192</v>
       </c>
       <c r="AJ11" t="n">
         <v>199</v>
       </c>
       <c r="AK11" t="n">
         <v>186</v>
       </c>
       <c r="AL11" t="n">
         <v>183</v>
       </c>
       <c r="AM11" t="n">
         <v>202</v>
+      </c>
+      <c r="AN11" t="n">
+        <v>182</v>
+      </c>
+      <c r="AO11" t="n">
+        <v>177</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AM11"/>
+  <dimension ref="A1:AO11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
+    <col width="14" customWidth="1" min="40" max="40"/>
+    <col width="14" customWidth="1" min="41" max="41"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -6573,50 +6863,60 @@
       <c r="AI1" t="inlineStr">
         <is>
           <t>2025-09-01</t>
         </is>
       </c>
       <c r="AJ1" t="inlineStr">
         <is>
           <t>2025-09-08</t>
         </is>
       </c>
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
+      <c r="AN1" t="inlineStr">
+        <is>
+          <t>2025-10-06</t>
+        </is>
+      </c>
+      <c r="AO1" t="inlineStr">
+        <is>
+          <t>2025-10-13</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.05</v>
       </c>
@@ -6694,50 +6994,56 @@
       </c>
       <c r="AF2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AG2" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AH2" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AI2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AJ2" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AN2" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AO2" s="1" t="n">
+        <v>0.08</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0</v>
       </c>
@@ -6815,50 +7121,56 @@
       </c>
       <c r="AF3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AG3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AH3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AI3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AJ3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AK3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AN3" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AO3" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0</v>
       </c>
@@ -6936,50 +7248,56 @@
       </c>
       <c r="AF4" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AG4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AH4" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AN4" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AO4" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -7057,50 +7375,56 @@
       </c>
       <c r="AF5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AG5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AH5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AK5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AN5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AO5" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -7178,50 +7502,56 @@
       </c>
       <c r="AF6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AG6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AH6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AK6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AN6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AO6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.93</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.9</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.88</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.91</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.9399999999999999</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.9399999999999999</v>
       </c>
@@ -7299,50 +7629,56 @@
       </c>
       <c r="AF7" s="1" t="n">
         <v>0.92</v>
       </c>
       <c r="AG7" s="1" t="n">
         <v>0.89</v>
       </c>
       <c r="AH7" s="1" t="n">
         <v>0.93</v>
       </c>
       <c r="AI7" s="1" t="n">
         <v>0.92</v>
       </c>
       <c r="AJ7" s="1" t="n">
         <v>0.85</v>
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.95</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.9</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.91</v>
       </c>
+      <c r="AN7" s="1" t="n">
+        <v>0.9399999999999999</v>
+      </c>
+      <c r="AO7" s="1" t="n">
+        <v>0.9</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -7420,50 +7756,56 @@
       </c>
       <c r="AF8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AG8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AH8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AI8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AN8" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AO8" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0</v>
       </c>
@@ -7541,50 +7883,56 @@
       </c>
       <c r="AF9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AG9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AH9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AI9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AJ9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AN9" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AO9" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>300</v>
       </c>
       <c r="C10" t="n">
         <v>282</v>
       </c>
       <c r="D10" t="n">
         <v>266</v>
       </c>
       <c r="E10" t="n">
         <v>276</v>
       </c>
       <c r="F10" t="n">
         <v>229</v>
       </c>
       <c r="G10" t="n">
         <v>248</v>
       </c>
@@ -7662,50 +8010,56 @@
       </c>
       <c r="AF10" t="n">
         <v>241</v>
       </c>
       <c r="AG10" t="n">
         <v>222</v>
       </c>
       <c r="AH10" t="n">
         <v>219</v>
       </c>
       <c r="AI10" t="n">
         <v>229</v>
       </c>
       <c r="AJ10" t="n">
         <v>248</v>
       </c>
       <c r="AK10" t="n">
         <v>231</v>
       </c>
       <c r="AL10" t="n">
         <v>228</v>
       </c>
       <c r="AM10" t="n">
         <v>264</v>
       </c>
+      <c r="AN10" t="n">
+        <v>236</v>
+      </c>
+      <c r="AO10" t="n">
+        <v>214</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>209</v>
       </c>
       <c r="C11" t="n">
         <v>226</v>
       </c>
       <c r="D11" t="n">
         <v>231</v>
       </c>
       <c r="E11" t="n">
         <v>227</v>
       </c>
       <c r="F11" t="n">
         <v>219</v>
       </c>
       <c r="G11" t="n">
         <v>225</v>
       </c>
@@ -7782,110 +8136,118 @@
         <v>225</v>
       </c>
       <c r="AF11" t="n">
         <v>227</v>
       </c>
       <c r="AG11" t="n">
         <v>216</v>
       </c>
       <c r="AH11" t="n">
         <v>219</v>
       </c>
       <c r="AI11" t="n">
         <v>225</v>
       </c>
       <c r="AJ11" t="n">
         <v>232</v>
       </c>
       <c r="AK11" t="n">
         <v>218</v>
       </c>
       <c r="AL11" t="n">
         <v>214</v>
       </c>
       <c r="AM11" t="n">
         <v>237</v>
+      </c>
+      <c r="AN11" t="n">
+        <v>213</v>
+      </c>
+      <c r="AO11" t="n">
+        <v>207</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AM11"/>
+  <dimension ref="A1:AO11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
+    <col width="14" customWidth="1" min="40" max="40"/>
+    <col width="14" customWidth="1" min="41" max="41"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -8040,50 +8402,60 @@
       <c r="AI1" t="inlineStr">
         <is>
           <t>2025-09-01</t>
         </is>
       </c>
       <c r="AJ1" t="inlineStr">
         <is>
           <t>2025-09-08</t>
         </is>
       </c>
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
+      <c r="AN1" t="inlineStr">
+        <is>
+          <t>2025-10-06</t>
+        </is>
+      </c>
+      <c r="AO1" t="inlineStr">
+        <is>
+          <t>2025-10-13</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.17</v>
       </c>
@@ -8161,50 +8533,56 @@
       </c>
       <c r="AF2" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AG2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AH2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AI2" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AJ2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.14</v>
       </c>
+      <c r="AN2" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AO2" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.39</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.37</v>
       </c>
@@ -8282,50 +8660,56 @@
       </c>
       <c r="AF3" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AG3" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AH3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AI3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AJ3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.31</v>
       </c>
+      <c r="AN3" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="AO3" s="1" t="n">
+        <v>0.29</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.2</v>
       </c>
@@ -8403,50 +8787,56 @@
       </c>
       <c r="AF4" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AG4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AH4" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AJ4" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.24</v>
       </c>
+      <c r="AN4" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="AO4" s="1" t="n">
+        <v>0.22</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.04</v>
       </c>
@@ -8524,50 +8914,56 @@
       </c>
       <c r="AF5" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AG5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AH5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AJ5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0.05</v>
       </c>
+      <c r="AN5" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="AO5" s="1" t="n">
+        <v>0.04</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -8645,50 +9041,56 @@
       </c>
       <c r="AF6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AG6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AH6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AJ6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AN6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AO6" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.08</v>
       </c>
@@ -8766,50 +9168,56 @@
       </c>
       <c r="AF7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AG7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AH7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AI7" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AJ7" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.08</v>
       </c>
+      <c r="AN7" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="AO7" s="1" t="n">
+        <v>0.08</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.11</v>
       </c>
@@ -8887,50 +9295,56 @@
       </c>
       <c r="AF8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AG8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AH8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AI8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AJ8" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.14</v>
       </c>
+      <c r="AN8" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AO8" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.02</v>
       </c>
@@ -9008,50 +9422,56 @@
       </c>
       <c r="AF9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AG9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AH9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AI9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AJ9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="AN9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AO9" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>726</v>
       </c>
       <c r="C10" t="n">
         <v>815</v>
       </c>
       <c r="D10" t="n">
         <v>784</v>
       </c>
       <c r="E10" t="n">
         <v>838</v>
       </c>
       <c r="F10" t="n">
         <v>792</v>
       </c>
       <c r="G10" t="n">
         <v>789</v>
       </c>
@@ -9129,50 +9549,56 @@
       </c>
       <c r="AF10" t="n">
         <v>796</v>
       </c>
       <c r="AG10" t="n">
         <v>768</v>
       </c>
       <c r="AH10" t="n">
         <v>803</v>
       </c>
       <c r="AI10" t="n">
         <v>739</v>
       </c>
       <c r="AJ10" t="n">
         <v>803</v>
       </c>
       <c r="AK10" t="n">
         <v>753</v>
       </c>
       <c r="AL10" t="n">
         <v>745</v>
       </c>
       <c r="AM10" t="n">
         <v>860</v>
       </c>
+      <c r="AN10" t="n">
+        <v>777</v>
+      </c>
+      <c r="AO10" t="n">
+        <v>729</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>653</v>
       </c>
       <c r="C11" t="n">
         <v>706</v>
       </c>
       <c r="D11" t="n">
         <v>721</v>
       </c>
       <c r="E11" t="n">
         <v>709</v>
       </c>
       <c r="F11" t="n">
         <v>683</v>
       </c>
       <c r="G11" t="n">
         <v>702</v>
       </c>
@@ -9249,110 +9675,118 @@
         <v>697</v>
       </c>
       <c r="AF11" t="n">
         <v>702</v>
       </c>
       <c r="AG11" t="n">
         <v>670</v>
       </c>
       <c r="AH11" t="n">
         <v>678</v>
       </c>
       <c r="AI11" t="n">
         <v>698</v>
       </c>
       <c r="AJ11" t="n">
         <v>720</v>
       </c>
       <c r="AK11" t="n">
         <v>676</v>
       </c>
       <c r="AL11" t="n">
         <v>663</v>
       </c>
       <c r="AM11" t="n">
         <v>734</v>
+      </c>
+      <c r="AN11" t="n">
+        <v>662</v>
+      </c>
+      <c r="AO11" t="n">
+        <v>642</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AM11"/>
+  <dimension ref="A1:AO11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
+    <col width="14" customWidth="1" min="40" max="40"/>
+    <col width="14" customWidth="1" min="41" max="41"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -9507,50 +9941,60 @@
       <c r="AI1" t="inlineStr">
         <is>
           <t>2025-09-01</t>
         </is>
       </c>
       <c r="AJ1" t="inlineStr">
         <is>
           <t>2025-09-08</t>
         </is>
       </c>
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
+      <c r="AN1" t="inlineStr">
+        <is>
+          <t>2025-10-06</t>
+        </is>
+      </c>
+      <c r="AO1" t="inlineStr">
+        <is>
+          <t>2025-10-13</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.29</v>
       </c>
@@ -9628,50 +10072,56 @@
       </c>
       <c r="AF2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AG2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AH2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AI2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AJ2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.21</v>
       </c>
+      <c r="AN2" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="AO2" s="1" t="n">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.1</v>
       </c>
@@ -9749,50 +10199,56 @@
       </c>
       <c r="AF3" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AG3" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AH3" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AI3" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AJ3" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.1</v>
       </c>
+      <c r="AN3" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AO3" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
@@ -9870,50 +10326,56 @@
       </c>
       <c r="AF4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AG4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AH4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AJ4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
+      <c r="AN4" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AO4" s="1" t="n">
+        <v>0.09</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -9991,50 +10453,56 @@
       </c>
       <c r="AF5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AG5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AH5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AJ5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AN5" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AO5" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -10112,50 +10580,56 @@
       </c>
       <c r="AF6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AG6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AH6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AK6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AN6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AO6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.45</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.45</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.42</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.46</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.49</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.49</v>
       </c>
@@ -10233,50 +10707,56 @@
       </c>
       <c r="AF7" s="1" t="n">
         <v>0.5</v>
       </c>
       <c r="AG7" s="1" t="n">
         <v>0.54</v>
       </c>
       <c r="AH7" s="1" t="n">
         <v>0.52</v>
       </c>
       <c r="AI7" s="1" t="n">
         <v>0.54</v>
       </c>
       <c r="AJ7" s="1" t="n">
         <v>0.54</v>
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.54</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.55</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.54</v>
       </c>
+      <c r="AN7" s="1" t="n">
+        <v>0.51</v>
+      </c>
+      <c r="AO7" s="1" t="n">
+        <v>0.52</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -10354,50 +10834,56 @@
       </c>
       <c r="AF8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AG8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AH8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AI8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AJ8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AN8" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AO8" s="1" t="n">
+        <v>0.05</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -10475,50 +10961,56 @@
       </c>
       <c r="AF9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AG9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AH9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AI9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AJ9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AN9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AO9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>727</v>
       </c>
       <c r="C10" t="n">
         <v>740</v>
       </c>
       <c r="D10" t="n">
         <v>751</v>
       </c>
       <c r="E10" t="n">
         <v>736</v>
       </c>
       <c r="F10" t="n">
         <v>701</v>
       </c>
       <c r="G10" t="n">
         <v>713</v>
       </c>
@@ -10596,50 +11088,56 @@
       </c>
       <c r="AF10" t="n">
         <v>677</v>
       </c>
       <c r="AG10" t="n">
         <v>644</v>
       </c>
       <c r="AH10" t="n">
         <v>608</v>
       </c>
       <c r="AI10" t="n">
         <v>723</v>
       </c>
       <c r="AJ10" t="n">
         <v>704</v>
       </c>
       <c r="AK10" t="n">
         <v>643</v>
       </c>
       <c r="AL10" t="n">
         <v>631</v>
       </c>
       <c r="AM10" t="n">
         <v>683</v>
       </c>
+      <c r="AN10" t="n">
+        <v>589</v>
+      </c>
+      <c r="AO10" t="n">
+        <v>606</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>670</v>
       </c>
       <c r="C11" t="n">
         <v>724</v>
       </c>
       <c r="D11" t="n">
         <v>740</v>
       </c>
       <c r="E11" t="n">
         <v>727</v>
       </c>
       <c r="F11" t="n">
         <v>701</v>
       </c>
       <c r="G11" t="n">
         <v>721</v>
       </c>
@@ -10716,110 +11214,118 @@
         <v>695</v>
       </c>
       <c r="AF11" t="n">
         <v>700</v>
       </c>
       <c r="AG11" t="n">
         <v>668</v>
       </c>
       <c r="AH11" t="n">
         <v>676</v>
       </c>
       <c r="AI11" t="n">
         <v>696</v>
       </c>
       <c r="AJ11" t="n">
         <v>719</v>
       </c>
       <c r="AK11" t="n">
         <v>674</v>
       </c>
       <c r="AL11" t="n">
         <v>662</v>
       </c>
       <c r="AM11" t="n">
         <v>732</v>
+      </c>
+      <c r="AN11" t="n">
+        <v>660</v>
+      </c>
+      <c r="AO11" t="n">
+        <v>641</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AM11"/>
+  <dimension ref="A1:AO11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
+    <col width="14" customWidth="1" min="40" max="40"/>
+    <col width="14" customWidth="1" min="41" max="41"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -10974,50 +11480,60 @@
       <c r="AI1" t="inlineStr">
         <is>
           <t>2025-09-01</t>
         </is>
       </c>
       <c r="AJ1" t="inlineStr">
         <is>
           <t>2025-09-08</t>
         </is>
       </c>
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
+      <c r="AN1" t="inlineStr">
+        <is>
+          <t>2025-10-06</t>
+        </is>
+      </c>
+      <c r="AO1" t="inlineStr">
+        <is>
+          <t>2025-10-13</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.12</v>
       </c>
@@ -11095,50 +11611,56 @@
       </c>
       <c r="AF2" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AG2" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AH2" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AI2" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AJ2" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.08</v>
       </c>
+      <c r="AN2" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AO2" s="1" t="n">
+        <v>0.11</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.48</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.32</v>
       </c>
@@ -11216,50 +11738,56 @@
       </c>
       <c r="AF3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AG3" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="AH3" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="AI3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AJ3" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.32</v>
       </c>
+      <c r="AN3" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AO3" s="1" t="n">
+        <v>0.23</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.17</v>
       </c>
@@ -11337,50 +11865,56 @@
       </c>
       <c r="AF4" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AG4" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AH4" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AJ4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="AN4" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AO4" s="1" t="n">
+        <v>0.2</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.02</v>
       </c>
@@ -11458,50 +11992,56 @@
       </c>
       <c r="AF5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AG5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AH5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AJ5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AN5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AO5" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -11579,50 +12119,56 @@
       </c>
       <c r="AF6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AG6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AH6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AJ6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AN6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AO6" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.17</v>
       </c>
@@ -11700,50 +12246,56 @@
       </c>
       <c r="AF7" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AG7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AH7" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AI7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AJ7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.12</v>
       </c>
+      <c r="AN7" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AO7" s="1" t="n">
+        <v>0.08</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.21</v>
       </c>
@@ -11821,50 +12373,56 @@
       </c>
       <c r="AF8" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AG8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AH8" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AI8" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AJ8" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.27</v>
       </c>
+      <c r="AN8" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AO8" s="1" t="n">
+        <v>0.3</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -11942,50 +12500,56 @@
       </c>
       <c r="AF9" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AG9" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AH9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AI9" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AJ9" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AN9" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AO9" s="1" t="n">
+        <v>0.05</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>85</v>
       </c>
       <c r="C10" t="n">
         <v>91</v>
       </c>
       <c r="D10" t="n">
         <v>115</v>
       </c>
       <c r="E10" t="n">
         <v>76</v>
       </c>
       <c r="F10" t="n">
         <v>103</v>
       </c>
       <c r="G10" t="n">
         <v>102</v>
       </c>
@@ -12063,50 +12627,56 @@
       </c>
       <c r="AF10" t="n">
         <v>137</v>
       </c>
       <c r="AG10" t="n">
         <v>116</v>
       </c>
       <c r="AH10" t="n">
         <v>119</v>
       </c>
       <c r="AI10" t="n">
         <v>124</v>
       </c>
       <c r="AJ10" t="n">
         <v>121</v>
       </c>
       <c r="AK10" t="n">
         <v>146</v>
       </c>
       <c r="AL10" t="n">
         <v>153</v>
       </c>
       <c r="AM10" t="n">
         <v>141</v>
       </c>
+      <c r="AN10" t="n">
+        <v>136</v>
+      </c>
+      <c r="AO10" t="n">
+        <v>133</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>161</v>
       </c>
       <c r="C11" t="n">
         <v>174</v>
       </c>
       <c r="D11" t="n">
         <v>178</v>
       </c>
       <c r="E11" t="n">
         <v>175</v>
       </c>
       <c r="F11" t="n">
         <v>169</v>
       </c>
       <c r="G11" t="n">
         <v>173</v>
       </c>
@@ -12183,110 +12753,118 @@
         <v>171</v>
       </c>
       <c r="AF11" t="n">
         <v>172</v>
       </c>
       <c r="AG11" t="n">
         <v>164</v>
       </c>
       <c r="AH11" t="n">
         <v>166</v>
       </c>
       <c r="AI11" t="n">
         <v>171</v>
       </c>
       <c r="AJ11" t="n">
         <v>177</v>
       </c>
       <c r="AK11" t="n">
         <v>166</v>
       </c>
       <c r="AL11" t="n">
         <v>163</v>
       </c>
       <c r="AM11" t="n">
         <v>180</v>
+      </c>
+      <c r="AN11" t="n">
+        <v>162</v>
+      </c>
+      <c r="AO11" t="n">
+        <v>157</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AM11"/>
+  <dimension ref="A1:AO11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
+    <col width="14" customWidth="1" min="40" max="40"/>
+    <col width="14" customWidth="1" min="41" max="41"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -12441,50 +13019,60 @@
       <c r="AI1" t="inlineStr">
         <is>
           <t>2025-09-01</t>
         </is>
       </c>
       <c r="AJ1" t="inlineStr">
         <is>
           <t>2025-09-08</t>
         </is>
       </c>
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
+      <c r="AN1" t="inlineStr">
+        <is>
+          <t>2025-10-06</t>
+        </is>
+      </c>
+      <c r="AO1" t="inlineStr">
+        <is>
+          <t>2025-10-13</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.16</v>
       </c>
@@ -12562,50 +13150,56 @@
       </c>
       <c r="AF2" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AG2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AH2" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AI2" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AJ2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.12</v>
       </c>
+      <c r="AN2" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AO2" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.34</v>
       </c>
@@ -12683,50 +13277,56 @@
       </c>
       <c r="AF3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AG3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AH3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AI3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AJ3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.25</v>
       </c>
+      <c r="AN3" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="AO3" s="1" t="n">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.15</v>
       </c>
@@ -12804,50 +13404,56 @@
       </c>
       <c r="AF4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AG4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AH4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AJ4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.13</v>
       </c>
+      <c r="AN4" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AO4" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -12925,50 +13531,56 @@
       </c>
       <c r="AF5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AG5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AH5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AJ5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AN5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AO5" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -13046,50 +13658,56 @@
       </c>
       <c r="AF6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AG6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AH6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AJ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AN6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AO6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.2</v>
       </c>
@@ -13167,50 +13785,56 @@
       </c>
       <c r="AF7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AG7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AH7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AI7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AJ7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.24</v>
       </c>
+      <c r="AN7" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="AO7" s="1" t="n">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.1</v>
       </c>
@@ -13288,50 +13912,56 @@
       </c>
       <c r="AF8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AG8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AH8" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AI8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AJ8" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="AN8" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AO8" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -13409,50 +14039,56 @@
       </c>
       <c r="AF9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AG9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AH9" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AI9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AJ9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.05</v>
       </c>
+      <c r="AN9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AO9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>585</v>
       </c>
       <c r="C10" t="n">
         <v>694</v>
       </c>
       <c r="D10" t="n">
         <v>712</v>
       </c>
       <c r="E10" t="n">
         <v>683</v>
       </c>
       <c r="F10" t="n">
         <v>624</v>
       </c>
       <c r="G10" t="n">
         <v>658</v>
       </c>
@@ -13530,50 +14166,56 @@
       </c>
       <c r="AF10" t="n">
         <v>628</v>
       </c>
       <c r="AG10" t="n">
         <v>599</v>
       </c>
       <c r="AH10" t="n">
         <v>636</v>
       </c>
       <c r="AI10" t="n">
         <v>623</v>
       </c>
       <c r="AJ10" t="n">
         <v>642</v>
       </c>
       <c r="AK10" t="n">
         <v>566</v>
       </c>
       <c r="AL10" t="n">
         <v>584</v>
       </c>
       <c r="AM10" t="n">
         <v>636</v>
       </c>
+      <c r="AN10" t="n">
+        <v>587</v>
+      </c>
+      <c r="AO10" t="n">
+        <v>560</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>659</v>
       </c>
       <c r="C11" t="n">
         <v>713</v>
       </c>
       <c r="D11" t="n">
         <v>729</v>
       </c>
       <c r="E11" t="n">
         <v>716</v>
       </c>
       <c r="F11" t="n">
         <v>690</v>
       </c>
       <c r="G11" t="n">
         <v>709</v>
       </c>
@@ -13650,110 +14292,118 @@
         <v>703</v>
       </c>
       <c r="AF11" t="n">
         <v>708</v>
       </c>
       <c r="AG11" t="n">
         <v>676</v>
       </c>
       <c r="AH11" t="n">
         <v>684</v>
       </c>
       <c r="AI11" t="n">
         <v>704</v>
       </c>
       <c r="AJ11" t="n">
         <v>727</v>
       </c>
       <c r="AK11" t="n">
         <v>682</v>
       </c>
       <c r="AL11" t="n">
         <v>669</v>
       </c>
       <c r="AM11" t="n">
         <v>740</v>
+      </c>
+      <c r="AN11" t="n">
+        <v>667</v>
+      </c>
+      <c r="AO11" t="n">
+        <v>648</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AM11"/>
+  <dimension ref="A1:AO11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
+    <col width="14" customWidth="1" min="40" max="40"/>
+    <col width="14" customWidth="1" min="41" max="41"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -13908,50 +14558,60 @@
       <c r="AI1" t="inlineStr">
         <is>
           <t>2025-09-01</t>
         </is>
       </c>
       <c r="AJ1" t="inlineStr">
         <is>
           <t>2025-09-08</t>
         </is>
       </c>
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
+      <c r="AN1" t="inlineStr">
+        <is>
+          <t>2025-10-06</t>
+        </is>
+      </c>
+      <c r="AO1" t="inlineStr">
+        <is>
+          <t>2025-10-13</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.2</v>
       </c>
@@ -14029,50 +14689,56 @@
       </c>
       <c r="AF2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AG2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AH2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AI2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AJ2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="AN2" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AO2" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.2</v>
       </c>
@@ -14150,50 +14816,56 @@
       </c>
       <c r="AF3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AG3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AH3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AI3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AJ3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.22</v>
       </c>
+      <c r="AN3" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AO3" s="1" t="n">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.14</v>
       </c>
@@ -14271,50 +14943,56 @@
       </c>
       <c r="AF4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AG4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AH4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AJ4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.15</v>
       </c>
+      <c r="AN4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AO4" s="1" t="n">
+        <v>0.14</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.04</v>
       </c>
@@ -14392,50 +15070,56 @@
       </c>
       <c r="AF5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AG5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AH5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AJ5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="AN5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AO5" s="1" t="n">
+        <v>0.04</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -14513,50 +15197,56 @@
       </c>
       <c r="AF6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AG6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AH6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AN6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AO6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.34</v>
       </c>
@@ -14634,50 +15324,56 @@
       </c>
       <c r="AF7" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="AG7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AH7" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AI7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AJ7" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.33</v>
       </c>
+      <c r="AN7" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="AO7" s="1" t="n">
+        <v>0.33</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.06</v>
       </c>
@@ -14755,50 +15451,56 @@
       </c>
       <c r="AF8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AG8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AH8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AI8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AJ8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.06</v>
       </c>
+      <c r="AN8" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AO8" s="1" t="n">
+        <v>0.1</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -14876,50 +15578,56 @@
       </c>
       <c r="AF9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AG9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AH9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AI9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AJ9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AN9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AO9" s="1" t="n">
+        <v>0.04</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>470</v>
       </c>
       <c r="C10" t="n">
         <v>477</v>
       </c>
       <c r="D10" t="n">
         <v>486</v>
       </c>
       <c r="E10" t="n">
         <v>507</v>
       </c>
       <c r="F10" t="n">
         <v>487</v>
       </c>
       <c r="G10" t="n">
         <v>507</v>
       </c>
@@ -14997,50 +15705,56 @@
       </c>
       <c r="AF10" t="n">
         <v>482</v>
       </c>
       <c r="AG10" t="n">
         <v>490</v>
       </c>
       <c r="AH10" t="n">
         <v>499</v>
       </c>
       <c r="AI10" t="n">
         <v>495</v>
       </c>
       <c r="AJ10" t="n">
         <v>512</v>
       </c>
       <c r="AK10" t="n">
         <v>472</v>
       </c>
       <c r="AL10" t="n">
         <v>460</v>
       </c>
       <c r="AM10" t="n">
         <v>537</v>
       </c>
+      <c r="AN10" t="n">
+        <v>464</v>
+      </c>
+      <c r="AO10" t="n">
+        <v>461</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>441</v>
       </c>
       <c r="C11" t="n">
         <v>476</v>
       </c>
       <c r="D11" t="n">
         <v>487</v>
       </c>
       <c r="E11" t="n">
         <v>478</v>
       </c>
       <c r="F11" t="n">
         <v>461</v>
       </c>
       <c r="G11" t="n">
         <v>474</v>
       </c>
@@ -15117,110 +15831,118 @@
         <v>474</v>
       </c>
       <c r="AF11" t="n">
         <v>478</v>
       </c>
       <c r="AG11" t="n">
         <v>456</v>
       </c>
       <c r="AH11" t="n">
         <v>461</v>
       </c>
       <c r="AI11" t="n">
         <v>475</v>
       </c>
       <c r="AJ11" t="n">
         <v>490</v>
       </c>
       <c r="AK11" t="n">
         <v>460</v>
       </c>
       <c r="AL11" t="n">
         <v>451</v>
       </c>
       <c r="AM11" t="n">
         <v>499</v>
+      </c>
+      <c r="AN11" t="n">
+        <v>450</v>
+      </c>
+      <c r="AO11" t="n">
+        <v>437</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AM11"/>
+  <dimension ref="A1:AO11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
+    <col width="14" customWidth="1" min="40" max="40"/>
+    <col width="14" customWidth="1" min="41" max="41"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -15375,50 +16097,60 @@
       <c r="AI1" t="inlineStr">
         <is>
           <t>2025-09-01</t>
         </is>
       </c>
       <c r="AJ1" t="inlineStr">
         <is>
           <t>2025-09-08</t>
         </is>
       </c>
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
+      <c r="AN1" t="inlineStr">
+        <is>
+          <t>2025-10-06</t>
+        </is>
+      </c>
+      <c r="AO1" t="inlineStr">
+        <is>
+          <t>2025-10-13</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.34</v>
       </c>
@@ -15496,50 +16228,56 @@
       </c>
       <c r="AF2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AG2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AH2" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AI2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AJ2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.26</v>
       </c>
+      <c r="AN2" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="AO2" s="1" t="n">
+        <v>0.28</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.12</v>
       </c>
@@ -15617,50 +16355,56 @@
       </c>
       <c r="AF3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AG3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AH3" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AI3" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AJ3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.13</v>
       </c>
+      <c r="AN3" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AO3" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.12</v>
       </c>
@@ -15738,50 +16482,56 @@
       </c>
       <c r="AF4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AG4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AH4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AJ4" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.15</v>
       </c>
+      <c r="AN4" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AO4" s="1" t="n">
+        <v>0.18</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.02</v>
       </c>
@@ -15859,50 +16609,56 @@
       </c>
       <c r="AF5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AG5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AH5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AJ5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AN5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AO5" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -15980,50 +16736,56 @@
       </c>
       <c r="AF6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AG6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AH6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AJ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AN6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AO6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.34</v>
       </c>
@@ -16101,50 +16863,56 @@
       </c>
       <c r="AF7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AG7" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AH7" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AI7" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="AJ7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.37</v>
       </c>
+      <c r="AN7" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="AO7" s="1" t="n">
+        <v>0.31</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.04</v>
       </c>
@@ -16222,50 +16990,56 @@
       </c>
       <c r="AF8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AG8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AH8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AI8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AJ8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AN8" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AO8" s="1" t="n">
+        <v>0.05</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -16343,50 +17117,56 @@
       </c>
       <c r="AF9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AG9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AH9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AI9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AJ9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AN9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AO9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>551</v>
       </c>
       <c r="C10" t="n">
         <v>567</v>
       </c>
       <c r="D10" t="n">
         <v>556</v>
       </c>
       <c r="E10" t="n">
         <v>570</v>
       </c>
       <c r="F10" t="n">
         <v>556</v>
       </c>
       <c r="G10" t="n">
         <v>553</v>
       </c>
@@ -16464,50 +17244,56 @@
       </c>
       <c r="AF10" t="n">
         <v>580</v>
       </c>
       <c r="AG10" t="n">
         <v>538</v>
       </c>
       <c r="AH10" t="n">
         <v>509</v>
       </c>
       <c r="AI10" t="n">
         <v>573</v>
       </c>
       <c r="AJ10" t="n">
         <v>599</v>
       </c>
       <c r="AK10" t="n">
         <v>575</v>
       </c>
       <c r="AL10" t="n">
         <v>529</v>
       </c>
       <c r="AM10" t="n">
         <v>595</v>
       </c>
+      <c r="AN10" t="n">
+        <v>534</v>
+      </c>
+      <c r="AO10" t="n">
+        <v>517</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>430</v>
       </c>
       <c r="C11" t="n">
         <v>466</v>
       </c>
       <c r="D11" t="n">
         <v>476</v>
       </c>
       <c r="E11" t="n">
         <v>467</v>
       </c>
       <c r="F11" t="n">
         <v>450</v>
       </c>
       <c r="G11" t="n">
         <v>463</v>
       </c>
@@ -16584,110 +17370,118 @@
         <v>465</v>
       </c>
       <c r="AF11" t="n">
         <v>469</v>
       </c>
       <c r="AG11" t="n">
         <v>447</v>
       </c>
       <c r="AH11" t="n">
         <v>452</v>
       </c>
       <c r="AI11" t="n">
         <v>466</v>
       </c>
       <c r="AJ11" t="n">
         <v>481</v>
       </c>
       <c r="AK11" t="n">
         <v>451</v>
       </c>
       <c r="AL11" t="n">
         <v>443</v>
       </c>
       <c r="AM11" t="n">
         <v>490</v>
+      </c>
+      <c r="AN11" t="n">
+        <v>441</v>
+      </c>
+      <c r="AO11" t="n">
+        <v>429</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AM11"/>
+  <dimension ref="A1:AO11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
+    <col width="14" customWidth="1" min="40" max="40"/>
+    <col width="14" customWidth="1" min="41" max="41"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -16842,50 +17636,60 @@
       <c r="AI1" t="inlineStr">
         <is>
           <t>2025-09-01</t>
         </is>
       </c>
       <c r="AJ1" t="inlineStr">
         <is>
           <t>2025-09-08</t>
         </is>
       </c>
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
+      <c r="AN1" t="inlineStr">
+        <is>
+          <t>2025-10-06</t>
+        </is>
+      </c>
+      <c r="AO1" t="inlineStr">
+        <is>
+          <t>2025-10-13</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.2</v>
       </c>
@@ -16963,50 +17767,56 @@
       </c>
       <c r="AF2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AG2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AH2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AI2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AJ2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.15</v>
       </c>
+      <c r="AN2" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AO2" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.39</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.36</v>
       </c>
@@ -17084,50 +17894,56 @@
       </c>
       <c r="AF3" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AG3" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="AH3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AI3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AJ3" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.3</v>
       </c>
+      <c r="AN3" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="AO3" s="1" t="n">
+        <v>0.29</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.13</v>
       </c>
@@ -17205,50 +18021,56 @@
       </c>
       <c r="AF4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AG4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AH4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AJ4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="AN4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AO4" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -17326,50 +18148,56 @@
       </c>
       <c r="AF5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AG5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AH5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AK5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AN5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AO5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -17447,50 +18275,56 @@
       </c>
       <c r="AF6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AG6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AH6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AK6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AN6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AO6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.19</v>
       </c>
@@ -17568,50 +18402,56 @@
       </c>
       <c r="AF7" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AG7" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AH7" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AI7" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AJ7" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="AN7" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AO7" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.08</v>
       </c>
@@ -17689,50 +18529,56 @@
       </c>
       <c r="AF8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AG8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AH8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AI8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AJ8" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="AN8" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AO8" s="1" t="n">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.04</v>
       </c>
@@ -17810,50 +18656,56 @@
       </c>
       <c r="AF9" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AG9" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AH9" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AI9" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AJ9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="AN9" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AO9" s="1" t="n">
+        <v>0.06</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>137</v>
       </c>
       <c r="C10" t="n">
         <v>189</v>
       </c>
       <c r="D10" t="n">
         <v>218</v>
       </c>
       <c r="E10" t="n">
         <v>195</v>
       </c>
       <c r="F10" t="n">
         <v>205</v>
       </c>
       <c r="G10" t="n">
         <v>197</v>
       </c>
@@ -17931,50 +18783,56 @@
       </c>
       <c r="AF10" t="n">
         <v>201</v>
       </c>
       <c r="AG10" t="n">
         <v>189</v>
       </c>
       <c r="AH10" t="n">
         <v>201</v>
       </c>
       <c r="AI10" t="n">
         <v>197</v>
       </c>
       <c r="AJ10" t="n">
         <v>213</v>
       </c>
       <c r="AK10" t="n">
         <v>185</v>
       </c>
       <c r="AL10" t="n">
         <v>189</v>
       </c>
       <c r="AM10" t="n">
         <v>206</v>
       </c>
+      <c r="AN10" t="n">
+        <v>192</v>
+      </c>
+      <c r="AO10" t="n">
+        <v>219</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>209</v>
       </c>
       <c r="C11" t="n">
         <v>226</v>
       </c>
       <c r="D11" t="n">
         <v>231</v>
       </c>
       <c r="E11" t="n">
         <v>227</v>
       </c>
       <c r="F11" t="n">
         <v>219</v>
       </c>
       <c r="G11" t="n">
         <v>225</v>
       </c>
@@ -18051,110 +18909,118 @@
         <v>221</v>
       </c>
       <c r="AF11" t="n">
         <v>223</v>
       </c>
       <c r="AG11" t="n">
         <v>213</v>
       </c>
       <c r="AH11" t="n">
         <v>215</v>
       </c>
       <c r="AI11" t="n">
         <v>221</v>
       </c>
       <c r="AJ11" t="n">
         <v>229</v>
       </c>
       <c r="AK11" t="n">
         <v>215</v>
       </c>
       <c r="AL11" t="n">
         <v>211</v>
       </c>
       <c r="AM11" t="n">
         <v>233</v>
+      </c>
+      <c r="AN11" t="n">
+        <v>210</v>
+      </c>
+      <c r="AO11" t="n">
+        <v>204</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AM11"/>
+  <dimension ref="A1:AO11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
+    <col width="14" customWidth="1" min="40" max="40"/>
+    <col width="14" customWidth="1" min="41" max="41"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -18309,50 +19175,60 @@
       <c r="AI1" t="inlineStr">
         <is>
           <t>2025-09-01</t>
         </is>
       </c>
       <c r="AJ1" t="inlineStr">
         <is>
           <t>2025-09-08</t>
         </is>
       </c>
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
+      <c r="AN1" t="inlineStr">
+        <is>
+          <t>2025-10-06</t>
+        </is>
+      </c>
+      <c r="AO1" t="inlineStr">
+        <is>
+          <t>2025-10-13</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.22</v>
       </c>
@@ -18430,50 +19306,56 @@
       </c>
       <c r="AF2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AG2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AH2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AI2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AJ2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="AN2" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AO2" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.29</v>
       </c>
@@ -18551,50 +19433,56 @@
       </c>
       <c r="AF3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AG3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AH3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AI3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AJ3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.23</v>
       </c>
+      <c r="AN3" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="AO3" s="1" t="n">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.15</v>
       </c>
@@ -18672,50 +19560,56 @@
       </c>
       <c r="AF4" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AG4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AH4" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AJ4" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="AN4" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AO4" s="1" t="n">
+        <v>0.18</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -18793,50 +19687,56 @@
       </c>
       <c r="AF5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AG5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AH5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AJ5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AN5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AO5" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -18914,50 +19814,56 @@
       </c>
       <c r="AF6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AG6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AH6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AJ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AN6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AO6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.19</v>
       </c>
@@ -19035,50 +19941,56 @@
       </c>
       <c r="AF7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AG7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AH7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AI7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AJ7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.24</v>
       </c>
+      <c r="AN7" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AO7" s="1" t="n">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.1</v>
       </c>
@@ -19156,50 +20068,56 @@
       </c>
       <c r="AF8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AG8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AH8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AI8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AJ8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.11</v>
       </c>
+      <c r="AN8" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AO8" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -19277,50 +20195,56 @@
       </c>
       <c r="AF9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AG9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AH9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AI9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AJ9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AN9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AO9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>1072</v>
       </c>
       <c r="C10" t="n">
         <v>1182</v>
       </c>
       <c r="D10" t="n">
         <v>1256</v>
       </c>
       <c r="E10" t="n">
         <v>1197</v>
       </c>
       <c r="F10" t="n">
         <v>1118</v>
       </c>
       <c r="G10" t="n">
         <v>1159</v>
       </c>
@@ -19398,50 +20322,56 @@
       </c>
       <c r="AF10" t="n">
         <v>1193</v>
       </c>
       <c r="AG10" t="n">
         <v>1122</v>
       </c>
       <c r="AH10" t="n">
         <v>1156</v>
       </c>
       <c r="AI10" t="n">
         <v>1192</v>
       </c>
       <c r="AJ10" t="n">
         <v>1210</v>
       </c>
       <c r="AK10" t="n">
         <v>1161</v>
       </c>
       <c r="AL10" t="n">
         <v>1151</v>
       </c>
       <c r="AM10" t="n">
         <v>1203</v>
       </c>
+      <c r="AN10" t="n">
+        <v>1102</v>
+      </c>
+      <c r="AO10" t="n">
+        <v>1083</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>1006</v>
       </c>
       <c r="C11" t="n">
         <v>1088</v>
       </c>
       <c r="D11" t="n">
         <v>1112</v>
       </c>
       <c r="E11" t="n">
         <v>1092</v>
       </c>
       <c r="F11" t="n">
         <v>1053</v>
       </c>
       <c r="G11" t="n">
         <v>1083</v>
       </c>
@@ -19518,110 +20448,118 @@
         <v>1076</v>
       </c>
       <c r="AF11" t="n">
         <v>1084</v>
       </c>
       <c r="AG11" t="n">
         <v>1035</v>
       </c>
       <c r="AH11" t="n">
         <v>1047</v>
       </c>
       <c r="AI11" t="n">
         <v>1077</v>
       </c>
       <c r="AJ11" t="n">
         <v>1112</v>
       </c>
       <c r="AK11" t="n">
         <v>1044</v>
       </c>
       <c r="AL11" t="n">
         <v>1023</v>
       </c>
       <c r="AM11" t="n">
         <v>1130</v>
+      </c>
+      <c r="AN11" t="n">
+        <v>1020</v>
+      </c>
+      <c r="AO11" t="n">
+        <v>988</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AM11"/>
+  <dimension ref="A1:AO11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
+    <col width="14" customWidth="1" min="40" max="40"/>
+    <col width="14" customWidth="1" min="41" max="41"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -19776,50 +20714,60 @@
       <c r="AI1" t="inlineStr">
         <is>
           <t>2025-09-01</t>
         </is>
       </c>
       <c r="AJ1" t="inlineStr">
         <is>
           <t>2025-09-08</t>
         </is>
       </c>
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
+      <c r="AN1" t="inlineStr">
+        <is>
+          <t>2025-10-06</t>
+        </is>
+      </c>
+      <c r="AO1" t="inlineStr">
+        <is>
+          <t>2025-10-13</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.19</v>
       </c>
@@ -19897,50 +20845,56 @@
       </c>
       <c r="AF2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AG2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AH2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AI2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AJ2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="AN2" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AO2" s="1" t="n">
+        <v>0.18</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.18</v>
       </c>
@@ -20018,50 +20972,56 @@
       </c>
       <c r="AF3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AG3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AH3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AI3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AJ3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.2</v>
       </c>
+      <c r="AN3" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AO3" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.12</v>
       </c>
@@ -20139,50 +21099,56 @@
       </c>
       <c r="AF4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AG4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AH4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AJ4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.1</v>
       </c>
+      <c r="AN4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AO4" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -20260,50 +21226,56 @@
       </c>
       <c r="AF5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AG5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AH5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AJ5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AN5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AO5" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -20381,50 +21353,56 @@
       </c>
       <c r="AF6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AG6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AH6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AJ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AN6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AO6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.39</v>
       </c>
@@ -20502,50 +21480,56 @@
       </c>
       <c r="AF7" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AG7" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="AH7" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AI7" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="AJ7" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.4</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.36</v>
       </c>
+      <c r="AN7" s="1" t="n">
+        <v>0.37</v>
+      </c>
+      <c r="AO7" s="1" t="n">
+        <v>0.36</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
@@ -20623,50 +21607,56 @@
       </c>
       <c r="AF8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AG8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AH8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AI8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AJ8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.1</v>
       </c>
+      <c r="AN8" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AO8" s="1" t="n">
+        <v>0.09</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -20744,50 +21734,56 @@
       </c>
       <c r="AF9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AG9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AH9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AI9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AJ9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.05</v>
       </c>
+      <c r="AN9" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AO9" s="1" t="n">
+        <v>0.04</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>619</v>
       </c>
       <c r="C10" t="n">
         <v>647</v>
       </c>
       <c r="D10" t="n">
         <v>613</v>
       </c>
       <c r="E10" t="n">
         <v>639</v>
       </c>
       <c r="F10" t="n">
         <v>652</v>
       </c>
       <c r="G10" t="n">
         <v>661</v>
       </c>
@@ -20865,50 +21861,56 @@
       </c>
       <c r="AF10" t="n">
         <v>634</v>
       </c>
       <c r="AG10" t="n">
         <v>621</v>
       </c>
       <c r="AH10" t="n">
         <v>607</v>
       </c>
       <c r="AI10" t="n">
         <v>623</v>
       </c>
       <c r="AJ10" t="n">
         <v>664</v>
       </c>
       <c r="AK10" t="n">
         <v>593</v>
       </c>
       <c r="AL10" t="n">
         <v>570</v>
       </c>
       <c r="AM10" t="n">
         <v>698</v>
       </c>
+      <c r="AN10" t="n">
+        <v>615</v>
+      </c>
+      <c r="AO10" t="n">
+        <v>582</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>685</v>
       </c>
       <c r="C11" t="n">
         <v>741</v>
       </c>
       <c r="D11" t="n">
         <v>757</v>
       </c>
       <c r="E11" t="n">
         <v>744</v>
       </c>
       <c r="F11" t="n">
         <v>717</v>
       </c>
       <c r="G11" t="n">
         <v>737</v>
       </c>
@@ -20985,110 +21987,118 @@
         <v>737</v>
       </c>
       <c r="AF11" t="n">
         <v>743</v>
       </c>
       <c r="AG11" t="n">
         <v>708</v>
       </c>
       <c r="AH11" t="n">
         <v>716</v>
       </c>
       <c r="AI11" t="n">
         <v>738</v>
       </c>
       <c r="AJ11" t="n">
         <v>762</v>
       </c>
       <c r="AK11" t="n">
         <v>708</v>
       </c>
       <c r="AL11" t="n">
         <v>697</v>
       </c>
       <c r="AM11" t="n">
         <v>766</v>
+      </c>
+      <c r="AN11" t="n">
+        <v>696</v>
+      </c>
+      <c r="AO11" t="n">
+        <v>674</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AM11"/>
+  <dimension ref="A1:AO11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
+    <col width="14" customWidth="1" min="40" max="40"/>
+    <col width="14" customWidth="1" min="41" max="41"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -21243,50 +22253,60 @@
       <c r="AI1" t="inlineStr">
         <is>
           <t>2025-09-01</t>
         </is>
       </c>
       <c r="AJ1" t="inlineStr">
         <is>
           <t>2025-09-08</t>
         </is>
       </c>
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
+      <c r="AN1" t="inlineStr">
+        <is>
+          <t>2025-10-06</t>
+        </is>
+      </c>
+      <c r="AO1" t="inlineStr">
+        <is>
+          <t>2025-10-13</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.24</v>
       </c>
@@ -21364,50 +22384,56 @@
       </c>
       <c r="AF2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AG2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AH2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AI2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AJ2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.19</v>
       </c>
+      <c r="AN2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AO2" s="1" t="n">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.17</v>
       </c>
@@ -21485,50 +22511,56 @@
       </c>
       <c r="AF3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AG3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AH3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AI3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AJ3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="AN3" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AO3" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.21</v>
       </c>
@@ -21606,50 +22638,56 @@
       </c>
       <c r="AF4" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AG4" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AH4" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AJ4" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.2</v>
       </c>
+      <c r="AN4" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="AO4" s="1" t="n">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -21727,50 +22765,56 @@
       </c>
       <c r="AF5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AG5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AH5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AK5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AN5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AO5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -21848,50 +22892,56 @@
       </c>
       <c r="AF6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AG6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AH6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AK6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AN6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AO6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.29</v>
       </c>
@@ -21969,50 +23019,56 @@
       </c>
       <c r="AF7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AG7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AH7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AI7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AJ7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.31</v>
       </c>
+      <c r="AN7" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AO7" s="1" t="n">
+        <v>0.3</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.08</v>
       </c>
@@ -22090,50 +23146,56 @@
       </c>
       <c r="AF8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AG8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AH8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AI8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AJ8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.11</v>
       </c>
+      <c r="AN8" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AO8" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -22211,50 +23273,56 @@
       </c>
       <c r="AF9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AG9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AH9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AI9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AJ9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AN9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AO9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>595</v>
       </c>
       <c r="C10" t="n">
         <v>644</v>
       </c>
       <c r="D10" t="n">
         <v>657</v>
       </c>
       <c r="E10" t="n">
         <v>663</v>
       </c>
       <c r="F10" t="n">
         <v>595</v>
       </c>
       <c r="G10" t="n">
         <v>647</v>
       </c>
@@ -22332,50 +23400,56 @@
       </c>
       <c r="AF10" t="n">
         <v>637</v>
       </c>
       <c r="AG10" t="n">
         <v>624</v>
       </c>
       <c r="AH10" t="n">
         <v>647</v>
       </c>
       <c r="AI10" t="n">
         <v>678</v>
       </c>
       <c r="AJ10" t="n">
         <v>685</v>
       </c>
       <c r="AK10" t="n">
         <v>638</v>
       </c>
       <c r="AL10" t="n">
         <v>601</v>
       </c>
       <c r="AM10" t="n">
         <v>686</v>
       </c>
+      <c r="AN10" t="n">
+        <v>610</v>
+      </c>
+      <c r="AO10" t="n">
+        <v>572</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>592</v>
       </c>
       <c r="C11" t="n">
         <v>641</v>
       </c>
       <c r="D11" t="n">
         <v>655</v>
       </c>
       <c r="E11" t="n">
         <v>643</v>
       </c>
       <c r="F11" t="n">
         <v>620</v>
       </c>
       <c r="G11" t="n">
         <v>638</v>
       </c>
@@ -22452,110 +23526,118 @@
         <v>638</v>
       </c>
       <c r="AF11" t="n">
         <v>643</v>
       </c>
       <c r="AG11" t="n">
         <v>614</v>
       </c>
       <c r="AH11" t="n">
         <v>621</v>
       </c>
       <c r="AI11" t="n">
         <v>639</v>
       </c>
       <c r="AJ11" t="n">
         <v>660</v>
       </c>
       <c r="AK11" t="n">
         <v>619</v>
       </c>
       <c r="AL11" t="n">
         <v>608</v>
       </c>
       <c r="AM11" t="n">
         <v>672</v>
+      </c>
+      <c r="AN11" t="n">
+        <v>606</v>
+      </c>
+      <c r="AO11" t="n">
+        <v>588</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AM11"/>
+  <dimension ref="A1:AO11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
+    <col width="14" customWidth="1" min="40" max="40"/>
+    <col width="14" customWidth="1" min="41" max="41"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -22710,50 +23792,60 @@
       <c r="AI1" t="inlineStr">
         <is>
           <t>2025-09-01</t>
         </is>
       </c>
       <c r="AJ1" t="inlineStr">
         <is>
           <t>2025-09-08</t>
         </is>
       </c>
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
+      <c r="AN1" t="inlineStr">
+        <is>
+          <t>2025-10-06</t>
+        </is>
+      </c>
+      <c r="AO1" t="inlineStr">
+        <is>
+          <t>2025-10-13</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.25</v>
       </c>
@@ -22831,50 +23923,56 @@
       </c>
       <c r="AF2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AG2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AH2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AI2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AJ2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.2</v>
       </c>
+      <c r="AN2" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="AO2" s="1" t="n">
+        <v>0.2</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.25</v>
       </c>
@@ -22952,50 +24050,56 @@
       </c>
       <c r="AF3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AG3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AH3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AI3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AJ3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.2</v>
       </c>
+      <c r="AN3" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AO3" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.11</v>
       </c>
@@ -23073,50 +24177,56 @@
       </c>
       <c r="AF4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AG4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AH4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AJ4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.12</v>
       </c>
+      <c r="AN4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AO4" s="1" t="n">
+        <v>0.14</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -23194,50 +24304,56 @@
       </c>
       <c r="AF5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AG5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AH5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AK5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AN5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AO5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -23315,50 +24431,56 @@
       </c>
       <c r="AF6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AG6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AH6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AK6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AN6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AO6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.24</v>
       </c>
@@ -23436,50 +24558,56 @@
       </c>
       <c r="AF7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AG7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AH7" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="AI7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AJ7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.33</v>
       </c>
+      <c r="AN7" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AO7" s="1" t="n">
+        <v>0.35</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.14</v>
       </c>
@@ -23557,50 +24685,56 @@
       </c>
       <c r="AF8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AG8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AH8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AI8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AJ8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.11</v>
       </c>
+      <c r="AN8" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AO8" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -23678,50 +24812,56 @@
       </c>
       <c r="AF9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AG9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AH9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AI9" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AJ9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AN9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AO9" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>312</v>
       </c>
       <c r="C10" t="n">
         <v>325</v>
       </c>
       <c r="D10" t="n">
         <v>302</v>
       </c>
       <c r="E10" t="n">
         <v>296</v>
       </c>
       <c r="F10" t="n">
         <v>297</v>
       </c>
       <c r="G10" t="n">
         <v>299</v>
       </c>
@@ -23799,50 +24939,56 @@
       </c>
       <c r="AF10" t="n">
         <v>298</v>
       </c>
       <c r="AG10" t="n">
         <v>299</v>
       </c>
       <c r="AH10" t="n">
         <v>275</v>
       </c>
       <c r="AI10" t="n">
         <v>278</v>
       </c>
       <c r="AJ10" t="n">
         <v>282</v>
       </c>
       <c r="AK10" t="n">
         <v>290</v>
       </c>
       <c r="AL10" t="n">
         <v>298</v>
       </c>
       <c r="AM10" t="n">
         <v>303</v>
       </c>
+      <c r="AN10" t="n">
+        <v>259</v>
+      </c>
+      <c r="AO10" t="n">
+        <v>275</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>273</v>
       </c>
       <c r="C11" t="n">
         <v>296</v>
       </c>
       <c r="D11" t="n">
         <v>302</v>
       </c>
       <c r="E11" t="n">
         <v>297</v>
       </c>
       <c r="F11" t="n">
         <v>286</v>
       </c>
       <c r="G11" t="n">
         <v>294</v>
       </c>
@@ -23919,110 +25065,118 @@
         <v>296</v>
       </c>
       <c r="AF11" t="n">
         <v>298</v>
       </c>
       <c r="AG11" t="n">
         <v>284</v>
       </c>
       <c r="AH11" t="n">
         <v>287</v>
       </c>
       <c r="AI11" t="n">
         <v>296</v>
       </c>
       <c r="AJ11" t="n">
         <v>305</v>
       </c>
       <c r="AK11" t="n">
         <v>287</v>
       </c>
       <c r="AL11" t="n">
         <v>281</v>
       </c>
       <c r="AM11" t="n">
         <v>311</v>
+      </c>
+      <c r="AN11" t="n">
+        <v>281</v>
+      </c>
+      <c r="AO11" t="n">
+        <v>272</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AM11"/>
+  <dimension ref="A1:AO11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
+    <col width="14" customWidth="1" min="40" max="40"/>
+    <col width="14" customWidth="1" min="41" max="41"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -24177,50 +25331,60 @@
       <c r="AI1" t="inlineStr">
         <is>
           <t>2025-09-01</t>
         </is>
       </c>
       <c r="AJ1" t="inlineStr">
         <is>
           <t>2025-09-08</t>
         </is>
       </c>
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
+      <c r="AN1" t="inlineStr">
+        <is>
+          <t>2025-10-06</t>
+        </is>
+      </c>
+      <c r="AO1" t="inlineStr">
+        <is>
+          <t>2025-10-13</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.18</v>
       </c>
@@ -24298,50 +25462,56 @@
       </c>
       <c r="AF2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AG2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AH2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AI2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AJ2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.15</v>
       </c>
+      <c r="AN2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AO2" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.3</v>
       </c>
@@ -24419,50 +25589,56 @@
       </c>
       <c r="AF3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AG3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AH3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AI3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AJ3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.28</v>
       </c>
+      <c r="AN3" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="AO3" s="1" t="n">
+        <v>0.3</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.11</v>
       </c>
@@ -24540,50 +25716,56 @@
       </c>
       <c r="AF4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AG4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AH4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AJ4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.12</v>
       </c>
+      <c r="AN4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AO4" s="1" t="n">
+        <v>0.09</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -24661,50 +25843,56 @@
       </c>
       <c r="AF5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AG5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AH5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AK5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AN5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AO5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -24782,50 +25970,56 @@
       </c>
       <c r="AF6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AG6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AH6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AK6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AN6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AO6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.32</v>
       </c>
@@ -24903,50 +26097,56 @@
       </c>
       <c r="AF7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AG7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AH7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AI7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AJ7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.3</v>
       </c>
+      <c r="AN7" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AO7" s="1" t="n">
+        <v>0.28</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.08</v>
       </c>
@@ -25024,50 +26224,56 @@
       </c>
       <c r="AF8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AG8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AH8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AI8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AJ8" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.11</v>
       </c>
+      <c r="AN8" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AO8" s="1" t="n">
+        <v>0.14</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -25145,50 +26351,56 @@
       </c>
       <c r="AF9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AG9" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AH9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AI9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AJ9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="AN9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AO9" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>407</v>
       </c>
       <c r="C10" t="n">
         <v>413</v>
       </c>
       <c r="D10" t="n">
         <v>461</v>
       </c>
       <c r="E10" t="n">
         <v>440</v>
       </c>
       <c r="F10" t="n">
         <v>407</v>
       </c>
       <c r="G10" t="n">
         <v>426</v>
       </c>
@@ -25266,50 +26478,56 @@
       </c>
       <c r="AF10" t="n">
         <v>437</v>
       </c>
       <c r="AG10" t="n">
         <v>408</v>
       </c>
       <c r="AH10" t="n">
         <v>398</v>
       </c>
       <c r="AI10" t="n">
         <v>425</v>
       </c>
       <c r="AJ10" t="n">
         <v>450</v>
       </c>
       <c r="AK10" t="n">
         <v>403</v>
       </c>
       <c r="AL10" t="n">
         <v>403</v>
       </c>
       <c r="AM10" t="n">
         <v>457</v>
       </c>
+      <c r="AN10" t="n">
+        <v>430</v>
+      </c>
+      <c r="AO10" t="n">
+        <v>398</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>386</v>
       </c>
       <c r="C11" t="n">
         <v>418</v>
       </c>
       <c r="D11" t="n">
         <v>427</v>
       </c>
       <c r="E11" t="n">
         <v>420</v>
       </c>
       <c r="F11" t="n">
         <v>405</v>
       </c>
       <c r="G11" t="n">
         <v>416</v>
       </c>
@@ -25386,110 +26604,118 @@
         <v>412</v>
       </c>
       <c r="AF11" t="n">
         <v>415</v>
       </c>
       <c r="AG11" t="n">
         <v>396</v>
       </c>
       <c r="AH11" t="n">
         <v>400</v>
       </c>
       <c r="AI11" t="n">
         <v>412</v>
       </c>
       <c r="AJ11" t="n">
         <v>425</v>
       </c>
       <c r="AK11" t="n">
         <v>399</v>
       </c>
       <c r="AL11" t="n">
         <v>392</v>
       </c>
       <c r="AM11" t="n">
         <v>433</v>
+      </c>
+      <c r="AN11" t="n">
+        <v>391</v>
+      </c>
+      <c r="AO11" t="n">
+        <v>379</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AM11"/>
+  <dimension ref="A1:AO11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
+    <col width="14" customWidth="1" min="40" max="40"/>
+    <col width="14" customWidth="1" min="41" max="41"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -25644,50 +26870,60 @@
       <c r="AI1" t="inlineStr">
         <is>
           <t>2025-09-01</t>
         </is>
       </c>
       <c r="AJ1" t="inlineStr">
         <is>
           <t>2025-09-08</t>
         </is>
       </c>
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
+      <c r="AN1" t="inlineStr">
+        <is>
+          <t>2025-10-06</t>
+        </is>
+      </c>
+      <c r="AO1" t="inlineStr">
+        <is>
+          <t>2025-10-13</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.08</v>
       </c>
@@ -25765,50 +27001,56 @@
       </c>
       <c r="AF2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AG2" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AH2" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AI2" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AJ2" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.08</v>
       </c>
+      <c r="AN2" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AO2" s="1" t="n">
+        <v>0.1</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.22</v>
       </c>
@@ -25886,50 +27128,56 @@
       </c>
       <c r="AF3" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AG3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AH3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AI3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AJ3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.2</v>
       </c>
+      <c r="AN3" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AO3" s="1" t="n">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
@@ -26007,50 +27255,56 @@
       </c>
       <c r="AF4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AG4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AH4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AJ4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.1</v>
       </c>
+      <c r="AN4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AO4" s="1" t="n">
+        <v>0.12</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.34</v>
       </c>
@@ -26128,50 +27382,56 @@
       </c>
       <c r="AF5" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="AG5" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="AH5" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AJ5" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0.32</v>
       </c>
+      <c r="AN5" s="1" t="n">
+        <v>0.44</v>
+      </c>
+      <c r="AO5" s="1" t="n">
+        <v>0.35</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -26249,50 +27509,56 @@
       </c>
       <c r="AF6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AG6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AH6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AK6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AN6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AO6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.22</v>
       </c>
@@ -26370,50 +27636,56 @@
       </c>
       <c r="AF7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AG7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AH7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AI7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AJ7" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.2</v>
       </c>
+      <c r="AN7" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AO7" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.06</v>
       </c>
@@ -26491,50 +27763,56 @@
       </c>
       <c r="AF8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AG8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AH8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AI8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AJ8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.06</v>
       </c>
+      <c r="AN8" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AO8" s="1" t="n">
+        <v>0.06</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0</v>
       </c>
@@ -26612,50 +27890,56 @@
       </c>
       <c r="AF9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AG9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AH9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AI9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AJ9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AN9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AO9" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>145</v>
       </c>
       <c r="C10" t="n">
         <v>162</v>
       </c>
       <c r="D10" t="n">
         <v>147</v>
       </c>
       <c r="E10" t="n">
         <v>158</v>
       </c>
       <c r="F10" t="n">
         <v>172</v>
       </c>
       <c r="G10" t="n">
         <v>150</v>
       </c>
@@ -26733,50 +28017,56 @@
       </c>
       <c r="AF10" t="n">
         <v>165</v>
       </c>
       <c r="AG10" t="n">
         <v>134</v>
       </c>
       <c r="AH10" t="n">
         <v>156</v>
       </c>
       <c r="AI10" t="n">
         <v>149</v>
       </c>
       <c r="AJ10" t="n">
         <v>155</v>
       </c>
       <c r="AK10" t="n">
         <v>148</v>
       </c>
       <c r="AL10" t="n">
         <v>158</v>
       </c>
       <c r="AM10" t="n">
         <v>165</v>
       </c>
+      <c r="AN10" t="n">
+        <v>137</v>
+      </c>
+      <c r="AO10" t="n">
+        <v>132</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>147</v>
       </c>
       <c r="C11" t="n">
         <v>159</v>
       </c>
       <c r="D11" t="n">
         <v>162</v>
       </c>
       <c r="E11" t="n">
         <v>159</v>
       </c>
       <c r="F11" t="n">
         <v>154</v>
       </c>
       <c r="G11" t="n">
         <v>158</v>
       </c>
@@ -26853,110 +28143,118 @@
         <v>158</v>
       </c>
       <c r="AF11" t="n">
         <v>159</v>
       </c>
       <c r="AG11" t="n">
         <v>152</v>
       </c>
       <c r="AH11" t="n">
         <v>153</v>
       </c>
       <c r="AI11" t="n">
         <v>158</v>
       </c>
       <c r="AJ11" t="n">
         <v>163</v>
       </c>
       <c r="AK11" t="n">
         <v>153</v>
       </c>
       <c r="AL11" t="n">
         <v>150</v>
       </c>
       <c r="AM11" t="n">
         <v>166</v>
+      </c>
+      <c r="AN11" t="n">
+        <v>150</v>
+      </c>
+      <c r="AO11" t="n">
+        <v>145</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AM11"/>
+  <dimension ref="A1:AO11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
+    <col width="14" customWidth="1" min="40" max="40"/>
+    <col width="14" customWidth="1" min="41" max="41"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -27111,50 +28409,60 @@
       <c r="AI1" t="inlineStr">
         <is>
           <t>2025-09-01</t>
         </is>
       </c>
       <c r="AJ1" t="inlineStr">
         <is>
           <t>2025-09-08</t>
         </is>
       </c>
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
+      <c r="AN1" t="inlineStr">
+        <is>
+          <t>2025-10-06</t>
+        </is>
+      </c>
+      <c r="AO1" t="inlineStr">
+        <is>
+          <t>2025-10-13</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.19</v>
       </c>
@@ -27232,50 +28540,56 @@
       </c>
       <c r="AF2" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AG2" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AH2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AI2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AJ2" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.12</v>
       </c>
+      <c r="AN2" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AO2" s="1" t="n">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.28</v>
       </c>
@@ -27353,50 +28667,56 @@
       </c>
       <c r="AF3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AG3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AH3" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AI3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AJ3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.22</v>
       </c>
+      <c r="AN3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AO3" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.05</v>
       </c>
@@ -27474,50 +28794,56 @@
       </c>
       <c r="AF4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AG4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AH4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AJ4" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.05</v>
       </c>
+      <c r="AN4" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AO4" s="1" t="n">
+        <v>0.05</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -27595,50 +28921,56 @@
       </c>
       <c r="AF5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AG5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AH5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AK5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AN5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AO5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.18</v>
       </c>
@@ -27716,50 +29048,56 @@
       </c>
       <c r="AF6" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AG6" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AH6" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AJ6" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="AN6" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AO6" s="1" t="n">
+        <v>0.27</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.25</v>
       </c>
@@ -27837,50 +29175,56 @@
       </c>
       <c r="AF7" s="1" t="n">
         <v>0.39</v>
       </c>
       <c r="AG7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AH7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AI7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AJ7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.32</v>
       </c>
+      <c r="AN7" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="AO7" s="1" t="n">
+        <v>0.3</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.05</v>
       </c>
@@ -27958,50 +29302,56 @@
       </c>
       <c r="AF8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AG8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AH8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AI8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AJ8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
+      <c r="AN8" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AO8" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0</v>
       </c>
@@ -28079,50 +29429,56 @@
       </c>
       <c r="AF9" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AG9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AH9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AI9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AJ9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="AN9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AO9" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>95</v>
       </c>
       <c r="C10" t="n">
         <v>96</v>
       </c>
       <c r="D10" t="n">
         <v>84</v>
       </c>
       <c r="E10" t="n">
         <v>84</v>
       </c>
       <c r="F10" t="n">
         <v>94</v>
       </c>
       <c r="G10" t="n">
         <v>101</v>
       </c>
@@ -28200,50 +29556,56 @@
       </c>
       <c r="AF10" t="n">
         <v>89</v>
       </c>
       <c r="AG10" t="n">
         <v>89</v>
       </c>
       <c r="AH10" t="n">
         <v>86</v>
       </c>
       <c r="AI10" t="n">
         <v>88</v>
       </c>
       <c r="AJ10" t="n">
         <v>89</v>
       </c>
       <c r="AK10" t="n">
         <v>95</v>
       </c>
       <c r="AL10" t="n">
         <v>77</v>
       </c>
       <c r="AM10" t="n">
         <v>92</v>
       </c>
+      <c r="AN10" t="n">
+        <v>93</v>
+      </c>
+      <c r="AO10" t="n">
+        <v>75</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>83</v>
       </c>
       <c r="C11" t="n">
         <v>89</v>
       </c>
       <c r="D11" t="n">
         <v>91</v>
       </c>
       <c r="E11" t="n">
         <v>90</v>
       </c>
       <c r="F11" t="n">
         <v>87</v>
       </c>
       <c r="G11" t="n">
         <v>89</v>
       </c>
@@ -28320,110 +29682,118 @@
         <v>89</v>
       </c>
       <c r="AF11" t="n">
         <v>90</v>
       </c>
       <c r="AG11" t="n">
         <v>85</v>
       </c>
       <c r="AH11" t="n">
         <v>86</v>
       </c>
       <c r="AI11" t="n">
         <v>89</v>
       </c>
       <c r="AJ11" t="n">
         <v>92</v>
       </c>
       <c r="AK11" t="n">
         <v>86</v>
       </c>
       <c r="AL11" t="n">
         <v>85</v>
       </c>
       <c r="AM11" t="n">
         <v>94</v>
+      </c>
+      <c r="AN11" t="n">
+        <v>84</v>
+      </c>
+      <c r="AO11" t="n">
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AM11"/>
+  <dimension ref="A1:AO11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
+    <col width="14" customWidth="1" min="40" max="40"/>
+    <col width="14" customWidth="1" min="41" max="41"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -28578,50 +29948,60 @@
       <c r="AI1" t="inlineStr">
         <is>
           <t>2025-09-01</t>
         </is>
       </c>
       <c r="AJ1" t="inlineStr">
         <is>
           <t>2025-09-08</t>
         </is>
       </c>
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
+      <c r="AN1" t="inlineStr">
+        <is>
+          <t>2025-10-06</t>
+        </is>
+      </c>
+      <c r="AO1" t="inlineStr">
+        <is>
+          <t>2025-10-13</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.2</v>
       </c>
@@ -28699,50 +30079,56 @@
       </c>
       <c r="AF2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AG2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AH2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AI2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AJ2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.14</v>
       </c>
+      <c r="AN2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AO2" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.23</v>
       </c>
@@ -28820,50 +30206,56 @@
       </c>
       <c r="AF3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AG3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AH3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AI3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AJ3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.23</v>
       </c>
+      <c r="AN3" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AO3" s="1" t="n">
+        <v>0.2</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.14</v>
       </c>
@@ -28941,50 +30333,56 @@
       </c>
       <c r="AF4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AG4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AH4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AJ4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.14</v>
       </c>
+      <c r="AN4" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AO4" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -29062,50 +30460,56 @@
       </c>
       <c r="AF5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AG5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AH5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AJ5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AN5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AO5" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -29183,50 +30587,56 @@
       </c>
       <c r="AF6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AG6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AH6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AJ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AN6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AO6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.33</v>
       </c>
@@ -29304,50 +30714,56 @@
       </c>
       <c r="AF7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AG7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AH7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AI7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AJ7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.33</v>
       </c>
+      <c r="AN7" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="AO7" s="1" t="n">
+        <v>0.3</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
@@ -29425,50 +30841,56 @@
       </c>
       <c r="AF8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AG8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AH8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AI8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AJ8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.08</v>
       </c>
+      <c r="AN8" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AO8" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -29546,50 +30968,56 @@
       </c>
       <c r="AF9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AG9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AH9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AI9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AJ9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="AN9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AO9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>781</v>
       </c>
       <c r="C10" t="n">
         <v>844</v>
       </c>
       <c r="D10" t="n">
         <v>872</v>
       </c>
       <c r="E10" t="n">
         <v>867</v>
       </c>
       <c r="F10" t="n">
         <v>814</v>
       </c>
       <c r="G10" t="n">
         <v>854</v>
       </c>
@@ -29667,50 +31095,56 @@
       </c>
       <c r="AF10" t="n">
         <v>846</v>
       </c>
       <c r="AG10" t="n">
         <v>816</v>
       </c>
       <c r="AH10" t="n">
         <v>841</v>
       </c>
       <c r="AI10" t="n">
         <v>837</v>
       </c>
       <c r="AJ10" t="n">
         <v>854</v>
       </c>
       <c r="AK10" t="n">
         <v>817</v>
       </c>
       <c r="AL10" t="n">
         <v>814</v>
       </c>
       <c r="AM10" t="n">
         <v>902</v>
       </c>
+      <c r="AN10" t="n">
+        <v>798</v>
+      </c>
+      <c r="AO10" t="n">
+        <v>780</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>823</v>
       </c>
       <c r="C11" t="n">
         <v>891</v>
       </c>
       <c r="D11" t="n">
         <v>910</v>
       </c>
       <c r="E11" t="n">
         <v>894</v>
       </c>
       <c r="F11" t="n">
         <v>862</v>
       </c>
       <c r="G11" t="n">
         <v>886</v>
       </c>
@@ -29787,110 +31221,118 @@
         <v>881</v>
       </c>
       <c r="AF11" t="n">
         <v>888</v>
       </c>
       <c r="AG11" t="n">
         <v>847</v>
       </c>
       <c r="AH11" t="n">
         <v>857</v>
       </c>
       <c r="AI11" t="n">
         <v>882</v>
       </c>
       <c r="AJ11" t="n">
         <v>911</v>
       </c>
       <c r="AK11" t="n">
         <v>855</v>
       </c>
       <c r="AL11" t="n">
         <v>839</v>
       </c>
       <c r="AM11" t="n">
         <v>928</v>
+      </c>
+      <c r="AN11" t="n">
+        <v>836</v>
+      </c>
+      <c r="AO11" t="n">
+        <v>812</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AM11"/>
+  <dimension ref="A1:AO11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
+    <col width="14" customWidth="1" min="40" max="40"/>
+    <col width="14" customWidth="1" min="41" max="41"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -30045,50 +31487,60 @@
       <c r="AI1" t="inlineStr">
         <is>
           <t>2025-09-01</t>
         </is>
       </c>
       <c r="AJ1" t="inlineStr">
         <is>
           <t>2025-09-08</t>
         </is>
       </c>
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
+      <c r="AN1" t="inlineStr">
+        <is>
+          <t>2025-10-06</t>
+        </is>
+      </c>
+      <c r="AO1" t="inlineStr">
+        <is>
+          <t>2025-10-13</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.22</v>
       </c>
@@ -30166,50 +31618,56 @@
       </c>
       <c r="AF2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AG2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AH2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AI2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AJ2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="AN2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AO2" s="1" t="n">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.26</v>
       </c>
@@ -30287,50 +31745,56 @@
       </c>
       <c r="AF3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AG3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AH3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AI3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AJ3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.21</v>
       </c>
+      <c r="AN3" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AO3" s="1" t="n">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.14</v>
       </c>
@@ -30408,50 +31872,56 @@
       </c>
       <c r="AF4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AG4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AH4" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AJ4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="AN4" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AO4" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -30529,50 +31999,56 @@
       </c>
       <c r="AF5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AG5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AH5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AJ5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AN5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AO5" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -30650,50 +32126,56 @@
       </c>
       <c r="AF6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AG6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AH6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AN6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AO6" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.22</v>
       </c>
@@ -30771,50 +32253,56 @@
       </c>
       <c r="AF7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AG7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AH7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AI7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AJ7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.25</v>
       </c>
+      <c r="AN7" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="AO7" s="1" t="n">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.1</v>
       </c>
@@ -30892,50 +32380,56 @@
       </c>
       <c r="AF8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AG8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AH8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AI8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AJ8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.14</v>
       </c>
+      <c r="AN8" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AO8" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.02</v>
       </c>
@@ -31013,50 +32507,56 @@
       </c>
       <c r="AF9" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AG9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AH9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AI9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AJ9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AN9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AO9" s="1" t="n">
+        <v>0.04</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>910</v>
       </c>
       <c r="C10" t="n">
         <v>985</v>
       </c>
       <c r="D10" t="n">
         <v>997</v>
       </c>
       <c r="E10" t="n">
         <v>969</v>
       </c>
       <c r="F10" t="n">
         <v>956</v>
       </c>
       <c r="G10" t="n">
         <v>966</v>
       </c>
@@ -31134,50 +32634,56 @@
       </c>
       <c r="AF10" t="n">
         <v>981</v>
       </c>
       <c r="AG10" t="n">
         <v>927</v>
       </c>
       <c r="AH10" t="n">
         <v>922</v>
       </c>
       <c r="AI10" t="n">
         <v>978</v>
       </c>
       <c r="AJ10" t="n">
         <v>1020</v>
       </c>
       <c r="AK10" t="n">
         <v>942</v>
       </c>
       <c r="AL10" t="n">
         <v>912</v>
       </c>
       <c r="AM10" t="n">
         <v>1007</v>
       </c>
+      <c r="AN10" t="n">
+        <v>923</v>
+      </c>
+      <c r="AO10" t="n">
+        <v>891</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>868</v>
       </c>
       <c r="C11" t="n">
         <v>938</v>
       </c>
       <c r="D11" t="n">
         <v>959</v>
       </c>
       <c r="E11" t="n">
         <v>942</v>
       </c>
       <c r="F11" t="n">
         <v>908</v>
       </c>
       <c r="G11" t="n">
         <v>934</v>
       </c>
@@ -31254,46 +32760,52 @@
         <v>932</v>
       </c>
       <c r="AF11" t="n">
         <v>939</v>
       </c>
       <c r="AG11" t="n">
         <v>896</v>
       </c>
       <c r="AH11" t="n">
         <v>906</v>
       </c>
       <c r="AI11" t="n">
         <v>933</v>
       </c>
       <c r="AJ11" t="n">
         <v>963</v>
       </c>
       <c r="AK11" t="n">
         <v>904</v>
       </c>
       <c r="AL11" t="n">
         <v>887</v>
       </c>
       <c r="AM11" t="n">
         <v>981</v>
+      </c>
+      <c r="AN11" t="n">
+        <v>885</v>
+      </c>
+      <c r="AO11" t="n">
+        <v>859</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>