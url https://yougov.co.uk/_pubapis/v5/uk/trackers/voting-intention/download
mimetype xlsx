--- v1 (2025-10-17)
+++ v2 (2025-11-07)
@@ -22,68 +22,68 @@
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="All adults" sheetId="1" state="visible" r:id="rId1"/>
-    <sheet name="London" sheetId="2" state="visible" r:id="rId2"/>
-[...16 lines deleted...]
-    <sheet name="65+" sheetId="19" state="visible" r:id="rId19"/>
+    <sheet name="18-24" sheetId="2" state="visible" r:id="rId2"/>
+    <sheet name="25-49" sheetId="3" state="visible" r:id="rId3"/>
+    <sheet name="50-64" sheetId="4" state="visible" r:id="rId4"/>
+    <sheet name="65+" sheetId="5" state="visible" r:id="rId5"/>
+    <sheet name="Male" sheetId="6" state="visible" r:id="rId6"/>
+    <sheet name="Female" sheetId="7" state="visible" r:id="rId7"/>
+    <sheet name="London" sheetId="8" state="visible" r:id="rId8"/>
+    <sheet name="Rest of South" sheetId="9" state="visible" r:id="rId9"/>
+    <sheet name="Midlands" sheetId="10" state="visible" r:id="rId10"/>
+    <sheet name="North" sheetId="11" state="visible" r:id="rId11"/>
+    <sheet name="Scotland" sheetId="12" state="visible" r:id="rId12"/>
+    <sheet name="Wales" sheetId="13" state="visible" r:id="rId13"/>
+    <sheet name="Conservative" sheetId="14" state="visible" r:id="rId14"/>
+    <sheet name="Labour" sheetId="15" state="visible" r:id="rId15"/>
+    <sheet name="Liberal Democrat" sheetId="16" state="visible" r:id="rId16"/>
+    <sheet name="Reform UK" sheetId="17" state="visible" r:id="rId17"/>
+    <sheet name="I voted to Remain" sheetId="18" state="visible" r:id="rId18"/>
+    <sheet name="I voted to Leave" sheetId="19" state="visible" r:id="rId19"/>
     <sheet name="ABC1" sheetId="20" state="visible" r:id="rId20"/>
     <sheet name="C2DE" sheetId="21" state="visible" r:id="rId21"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="12"/>
       <scheme val="minor"/>
@@ -460,99 +460,102 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AO11"/>
+  <dimension ref="A1:AR11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
+    <col width="14" customWidth="1" min="42" max="42"/>
+    <col width="14" customWidth="1" min="43" max="43"/>
+    <col width="14" customWidth="1" min="44" max="44"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -717,50 +720,65 @@
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
+      <c r="AP1" t="inlineStr">
+        <is>
+          <t>2025-10-20</t>
+        </is>
+      </c>
+      <c r="AQ1" t="inlineStr">
+        <is>
+          <t>2025-10-27</t>
+        </is>
+      </c>
+      <c r="AR1" t="inlineStr">
+        <is>
+          <t>2025-11-03</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.21</v>
       </c>
@@ -844,50 +862,59 @@
       </c>
       <c r="AH2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AI2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AJ2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AN2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AO2" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="AP2" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AQ2" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AR2" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.25</v>
       </c>
@@ -971,50 +998,59 @@
       </c>
       <c r="AH3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AI3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AJ3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AN3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AO3" s="1" t="n">
         <v>0.2</v>
       </c>
+      <c r="AP3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AQ3" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AR3" s="1" t="n">
+        <v>0.2</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.14</v>
       </c>
@@ -1098,50 +1134,59 @@
       </c>
       <c r="AH4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AJ4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AN4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AO4" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="AP4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AQ4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AR4" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -1225,50 +1270,59 @@
       </c>
       <c r="AH5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AJ5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AN5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AO5" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AP5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AQ5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AR5" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -1352,50 +1406,59 @@
       </c>
       <c r="AH6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AJ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AN6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AO6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AP6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AQ6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AR6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.27</v>
       </c>
@@ -1479,50 +1542,59 @@
       </c>
       <c r="AH7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AI7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AJ7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AN7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AO7" s="1" t="n">
         <v>0.27</v>
       </c>
+      <c r="AP7" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="AQ7" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="AR7" s="1" t="n">
+        <v>0.27</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.09</v>
       </c>
@@ -1606,50 +1678,59 @@
       </c>
       <c r="AH8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AI8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AJ8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AN8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AO8" s="1" t="n">
         <v>0.13</v>
       </c>
+      <c r="AP8" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AQ8" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AR8" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -1733,50 +1814,59 @@
       </c>
       <c r="AH9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AI9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AJ9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AO9" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AP9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AQ9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AR9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>1691</v>
       </c>
       <c r="C10" t="n">
         <v>1829</v>
       </c>
       <c r="D10" t="n">
         <v>1869</v>
       </c>
       <c r="E10" t="n">
         <v>1836</v>
       </c>
       <c r="F10" t="n">
         <v>1770</v>
       </c>
       <c r="G10" t="n">
         <v>1820</v>
       </c>
@@ -1860,50 +1950,59 @@
       </c>
       <c r="AH10" t="n">
         <v>1763</v>
       </c>
       <c r="AI10" t="n">
         <v>1815</v>
       </c>
       <c r="AJ10" t="n">
         <v>1874</v>
       </c>
       <c r="AK10" t="n">
         <v>1759</v>
       </c>
       <c r="AL10" t="n">
         <v>1726</v>
       </c>
       <c r="AM10" t="n">
         <v>1909</v>
       </c>
       <c r="AN10" t="n">
         <v>1721</v>
       </c>
       <c r="AO10" t="n">
         <v>1671</v>
       </c>
+      <c r="AP10" t="n">
+        <v>1704</v>
+      </c>
+      <c r="AQ10" t="n">
+        <v>1736</v>
+      </c>
+      <c r="AR10" t="n">
+        <v>1696</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>1691</v>
       </c>
       <c r="C11" t="n">
         <v>1829</v>
       </c>
       <c r="D11" t="n">
         <v>1869</v>
       </c>
       <c r="E11" t="n">
         <v>1836</v>
       </c>
       <c r="F11" t="n">
         <v>1770</v>
       </c>
       <c r="G11" t="n">
         <v>1820</v>
       </c>
@@ -1986,112 +2085,124 @@
         <v>1743</v>
       </c>
       <c r="AH11" t="n">
         <v>1763</v>
       </c>
       <c r="AI11" t="n">
         <v>1815</v>
       </c>
       <c r="AJ11" t="n">
         <v>1874</v>
       </c>
       <c r="AK11" t="n">
         <v>1759</v>
       </c>
       <c r="AL11" t="n">
         <v>1726</v>
       </c>
       <c r="AM11" t="n">
         <v>1909</v>
       </c>
       <c r="AN11" t="n">
         <v>1721</v>
       </c>
       <c r="AO11" t="n">
         <v>1671</v>
+      </c>
+      <c r="AP11" t="n">
+        <v>1704</v>
+      </c>
+      <c r="AQ11" t="n">
+        <v>1736</v>
+      </c>
+      <c r="AR11" t="n">
+        <v>1696</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AO11"/>
+  <dimension ref="A1:AR11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
+    <col width="14" customWidth="1" min="42" max="42"/>
+    <col width="14" customWidth="1" min="43" max="43"/>
+    <col width="14" customWidth="1" min="44" max="44"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -2256,1381 +2367,1489 @@
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
+      <c r="AP1" t="inlineStr">
+        <is>
+          <t>2025-10-20</t>
+        </is>
+      </c>
+      <c r="AQ1" t="inlineStr">
+        <is>
+          <t>2025-10-27</t>
+        </is>
+      </c>
+      <c r="AR1" t="inlineStr">
+        <is>
+          <t>2025-11-03</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.79</v>
+        <v>0.27</v>
       </c>
       <c r="C2" s="1" t="n">
-        <v>0.74</v>
+        <v>0.26</v>
       </c>
       <c r="D2" s="1" t="n">
-        <v>0.76</v>
+        <v>0.25</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>0.71</v>
+        <v>0.29</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>0.6899999999999999</v>
+        <v>0.25</v>
       </c>
       <c r="G2" s="1" t="n">
-        <v>0.72</v>
+        <v>0.25</v>
       </c>
       <c r="H2" s="1" t="n">
-        <v>0.73</v>
+        <v>0.26</v>
       </c>
       <c r="I2" s="1" t="n">
-        <v>0.7</v>
+        <v>0.25</v>
       </c>
       <c r="J2" s="1" t="n">
-        <v>0.74</v>
+        <v>0.24</v>
       </c>
       <c r="K2" s="1" t="n">
-        <v>0.76</v>
+        <v>0.24</v>
       </c>
       <c r="L2" s="1" t="n">
-        <v>0.7</v>
+        <v>0.29</v>
       </c>
       <c r="M2" s="1" t="n">
-        <v>0.72</v>
+        <v>0.25</v>
       </c>
       <c r="N2" s="1" t="n">
-        <v>0.74</v>
+        <v>0.25</v>
       </c>
       <c r="O2" s="1" t="n">
-        <v>0.71</v>
+        <v>0.24</v>
       </c>
       <c r="P2" s="1" t="n">
-        <v>0.6899999999999999</v>
+        <v>0.24</v>
       </c>
       <c r="Q2" s="1" t="n">
-        <v>0.67</v>
+        <v>0.23</v>
       </c>
       <c r="R2" s="1" t="n">
-        <v>0.62</v>
+        <v>0.21</v>
       </c>
       <c r="S2" s="1" t="n">
-        <v>0.6</v>
+        <v>0.18</v>
       </c>
       <c r="T2" s="1" t="n">
-        <v>0.58</v>
+        <v>0.17</v>
       </c>
       <c r="U2" s="1" t="n">
-        <v>0.66</v>
+        <v>0.23</v>
       </c>
       <c r="V2" s="1" t="n">
-        <v>0.61</v>
+        <v>0.19</v>
       </c>
       <c r="W2" s="1" t="n">
-        <v>0.62</v>
+        <v>0.2</v>
       </c>
       <c r="X2" s="1" t="n">
-        <v>0.63</v>
+        <v>0.21</v>
       </c>
       <c r="Y2" s="1" t="n">
-        <v>0.63</v>
+        <v>0.2</v>
       </c>
       <c r="Z2" s="1" t="n">
-        <v>0.61</v>
+        <v>0.17</v>
       </c>
       <c r="AA2" s="1" t="n">
-        <v>0.62</v>
+        <v>0.18</v>
       </c>
       <c r="AB2" s="1" t="n">
-        <v>0.6</v>
+        <v>0.25</v>
       </c>
       <c r="AC2" s="1" t="n">
-        <v>0.63</v>
+        <v>0.16</v>
       </c>
       <c r="AD2" s="1" t="n">
-        <v>0.57</v>
+        <v>0.17</v>
       </c>
       <c r="AE2" s="1" t="n">
-        <v>0.63</v>
+        <v>0.21</v>
       </c>
       <c r="AF2" s="1" t="n">
-        <v>0.61</v>
+        <v>0.21</v>
       </c>
       <c r="AG2" s="1" t="n">
-        <v>0.64</v>
+        <v>0.21</v>
       </c>
       <c r="AH2" s="1" t="n">
-        <v>0.6</v>
+        <v>0.22</v>
       </c>
       <c r="AI2" s="1" t="n">
-        <v>0.62</v>
+        <v>0.21</v>
       </c>
       <c r="AJ2" s="1" t="n">
-        <v>0.59</v>
+        <v>0.24</v>
       </c>
       <c r="AK2" s="1" t="n">
-        <v>0.6</v>
+        <v>0.21</v>
       </c>
       <c r="AL2" s="1" t="n">
-        <v>0.57</v>
+        <v>0.19</v>
       </c>
       <c r="AM2" s="1" t="n">
-        <v>0.59</v>
+        <v>0.2</v>
       </c>
       <c r="AN2" s="1" t="n">
-        <v>0.58</v>
+        <v>0.25</v>
       </c>
       <c r="AO2" s="1" t="n">
-        <v>0.6</v>
+        <v>0.2</v>
+      </c>
+      <c r="AP2" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="AQ2" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AR2" s="1" t="n">
+        <v>0.21</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.01</v>
+        <v>0.26</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>0.03</v>
+        <v>0.27</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>0.03</v>
+        <v>0.25</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>0.02</v>
+        <v>0.25</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>0.02</v>
+        <v>0.26</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>0.02</v>
+        <v>0.25</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>0.01</v>
+        <v>0.22</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>0.02</v>
+        <v>0.25</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>0.01</v>
+        <v>0.23</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>0.03</v>
+        <v>0.24</v>
       </c>
       <c r="L3" s="1" t="n">
-        <v>0.03</v>
+        <v>0.2</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>0.02</v>
+        <v>0.24</v>
       </c>
       <c r="N3" s="1" t="n">
-        <v>0.01</v>
+        <v>0.2</v>
       </c>
       <c r="O3" s="1" t="n">
-        <v>0.02</v>
+        <v>0.22</v>
       </c>
       <c r="P3" s="1" t="n">
-        <v>0.02</v>
+        <v>0.22</v>
       </c>
       <c r="Q3" s="1" t="n">
-        <v>0.03</v>
+        <v>0.25</v>
       </c>
       <c r="R3" s="1" t="n">
-        <v>0.02</v>
+        <v>0.25</v>
       </c>
       <c r="S3" s="1" t="n">
-        <v>0.02</v>
+        <v>0.23</v>
       </c>
       <c r="T3" s="1" t="n">
-        <v>0.02</v>
+        <v>0.21</v>
       </c>
       <c r="U3" s="1" t="n">
-        <v>0.02</v>
+        <v>0.21</v>
       </c>
       <c r="V3" s="1" t="n">
-        <v>0.01</v>
+        <v>0.23</v>
       </c>
       <c r="W3" s="1" t="n">
-        <v>0.02</v>
+        <v>0.24</v>
       </c>
       <c r="X3" s="1" t="n">
-        <v>0.02</v>
+        <v>0.24</v>
       </c>
       <c r="Y3" s="1" t="n">
-        <v>0.02</v>
+        <v>0.24</v>
       </c>
       <c r="Z3" s="1" t="n">
-        <v>0.02</v>
+        <v>0.19</v>
       </c>
       <c r="AA3" s="1" t="n">
-        <v>0.04</v>
+        <v>0.27</v>
       </c>
       <c r="AB3" s="1" t="n">
-        <v>0.02</v>
+        <v>0.2</v>
       </c>
       <c r="AC3" s="1" t="n">
-        <v>0.02</v>
+        <v>0.2</v>
       </c>
       <c r="AD3" s="1" t="n">
-        <v>0.02</v>
+        <v>0.21</v>
       </c>
       <c r="AE3" s="1" t="n">
-        <v>0.03</v>
+        <v>0.19</v>
       </c>
       <c r="AF3" s="1" t="n">
-        <v>0.02</v>
+        <v>0.22</v>
       </c>
       <c r="AG3" s="1" t="n">
-        <v>0.01</v>
+        <v>0.21</v>
       </c>
       <c r="AH3" s="1" t="n">
-        <v>0.01</v>
+        <v>0.19</v>
       </c>
       <c r="AI3" s="1" t="n">
-        <v>0.02</v>
+        <v>0.18</v>
       </c>
       <c r="AJ3" s="1" t="n">
-        <v>0.01</v>
+        <v>0.2</v>
       </c>
       <c r="AK3" s="1" t="n">
-        <v>0.02</v>
+        <v>0.15</v>
       </c>
       <c r="AL3" s="1" t="n">
-        <v>0.01</v>
+        <v>0.17</v>
       </c>
       <c r="AM3" s="1" t="n">
-        <v>0.02</v>
+        <v>0.2</v>
       </c>
       <c r="AN3" s="1" t="n">
-        <v>0.02</v>
+        <v>0.21</v>
       </c>
       <c r="AO3" s="1" t="n">
-        <v>0.01</v>
+        <v>0.15</v>
+      </c>
+      <c r="AP3" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AQ3" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AR3" s="1" t="n">
+        <v>0.17</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.02</v>
+        <v>0.1</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.04</v>
+        <v>0.08</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.02</v>
+        <v>0.1</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.05</v>
+        <v>0.09</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.04</v>
+        <v>0.11</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.04</v>
+        <v>0.15</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>0.05</v>
+        <v>0.09</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>0.03</v>
+        <v>0.14</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.01</v>
+        <v>0.1</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.06</v>
+        <v>0.13</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.03</v>
+        <v>0.1</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>0.06</v>
+        <v>0.14</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>0.03</v>
+        <v>0.11</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.12</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>0.02</v>
+        <v>0.12</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>0.04</v>
+        <v>0.09</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>0.04</v>
+        <v>0.12</v>
       </c>
       <c r="T4" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.14</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>0.04</v>
+        <v>0.12</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>0.05</v>
+        <v>0.14</v>
       </c>
       <c r="W4" s="1" t="n">
-        <v>0.04</v>
+        <v>0.12</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>0.03</v>
+        <v>0.08</v>
       </c>
       <c r="Y4" s="1" t="n">
-        <v>0.05</v>
+        <v>0.12</v>
       </c>
       <c r="Z4" s="1" t="n">
-        <v>0.04</v>
+        <v>0.18</v>
       </c>
       <c r="AA4" s="1" t="n">
-        <v>0.03</v>
+        <v>0.09</v>
       </c>
       <c r="AB4" s="1" t="n">
-        <v>0.04</v>
+        <v>0.11</v>
       </c>
       <c r="AC4" s="1" t="n">
-        <v>0.05</v>
+        <v>0.14</v>
       </c>
       <c r="AD4" s="1" t="n">
-        <v>0.04</v>
+        <v>0.09</v>
       </c>
       <c r="AE4" s="1" t="n">
-        <v>0.02</v>
+        <v>0.11</v>
       </c>
       <c r="AF4" s="1" t="n">
-        <v>0.03</v>
+        <v>0.14</v>
       </c>
       <c r="AG4" s="1" t="n">
-        <v>0.04</v>
+        <v>0.12</v>
       </c>
       <c r="AH4" s="1" t="n">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="AI4" s="1" t="n">
-        <v>0.06</v>
+        <v>0.12</v>
       </c>
       <c r="AJ4" s="1" t="n">
-        <v>0.05</v>
+        <v>0.09</v>
       </c>
       <c r="AK4" s="1" t="n">
-        <v>0.05</v>
+        <v>0.12</v>
       </c>
       <c r="AL4" s="1" t="n">
-        <v>0.03</v>
+        <v>0.15</v>
       </c>
       <c r="AM4" s="1" t="n">
-        <v>0.05</v>
+        <v>0.12</v>
       </c>
       <c r="AN4" s="1" t="n">
-        <v>0.08</v>
+        <v>0.12</v>
       </c>
       <c r="AO4" s="1" t="n">
-        <v>0.06</v>
+        <v>0.14</v>
+      </c>
+      <c r="AP4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AQ4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AR4" s="1" t="n">
+        <v>0.11</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="M5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="N5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="O5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="R5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="S5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="T5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="U5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="V5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="W5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="Y5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="Z5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AB5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AC5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AD5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AE5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AF5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AG5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AH5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AK5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AN5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AO5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
+      </c>
+      <c r="AP5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AR5" s="1" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="L6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="M6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="N6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="O6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="P6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="Q6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="R6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="S6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="T6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="U6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="V6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="W6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="X6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="Y6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="Z6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AA6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AB6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AC6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AD6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AE6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AF6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AG6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AH6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AK6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AN6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AO6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AP6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AR6" s="1" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
-        <v>0.16</v>
+        <v>0.28</v>
       </c>
       <c r="C7" s="1" t="n">
-        <v>0.17</v>
+        <v>0.27</v>
       </c>
       <c r="D7" s="1" t="n">
-        <v>0.18</v>
+        <v>0.28</v>
       </c>
       <c r="E7" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="F7" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="G7" s="1" t="n">
         <v>0.24</v>
       </c>
-      <c r="F7" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H7" s="1" t="n">
-        <v>0.2</v>
+        <v>0.26</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>0.22</v>
+        <v>0.27</v>
       </c>
       <c r="J7" s="1" t="n">
-        <v>0.22</v>
+        <v>0.27</v>
       </c>
       <c r="K7" s="1" t="n">
-        <v>0.18</v>
+        <v>0.3</v>
       </c>
       <c r="L7" s="1" t="n">
-        <v>0.18</v>
+        <v>0.26</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>0.22</v>
+        <v>0.24</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>0.18</v>
+        <v>0.29</v>
       </c>
       <c r="O7" s="1" t="n">
-        <v>0.2</v>
+        <v>0.28</v>
       </c>
       <c r="P7" s="1" t="n">
-        <v>0.2</v>
+        <v>0.28</v>
       </c>
       <c r="Q7" s="1" t="n">
-        <v>0.25</v>
+        <v>0.28</v>
       </c>
       <c r="R7" s="1" t="n">
-        <v>0.3</v>
+        <v>0.33</v>
       </c>
       <c r="S7" s="1" t="n">
-        <v>0.31</v>
+        <v>0.39</v>
       </c>
       <c r="T7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="U7" s="1" t="n">
-        <v>0.27</v>
+        <v>0.33</v>
       </c>
       <c r="V7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="W7" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="X7" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="Y7" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="Z7" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="AA7" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="AB7" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="AC7" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="AD7" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="AE7" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="AF7" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="AG7" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="AH7" s="1" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="AI7" s="1" t="n">
         <v>0.3</v>
       </c>
-      <c r="X7" s="1" t="n">
-[...5 lines deleted...]
-      <c r="Z7" s="1" t="n">
+      <c r="AJ7" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="AK7" s="1" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="AL7" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AM7" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="AN7" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AO7" s="1" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="AP7" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="AQ7" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="AR7" s="1" t="n">
         <v>0.31</v>
-      </c>
-[...43 lines deleted...]
-        <v>0.32</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
       <c r="C8" s="1" t="n">
-        <v>0</v>
+        <v>0.11</v>
       </c>
       <c r="D8" s="1" t="n">
-        <v>0</v>
+        <v>0.09</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>0</v>
+        <v>0.06</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.09</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.14</v>
       </c>
       <c r="H8" s="1" t="n">
-        <v>0</v>
+        <v>0.09</v>
       </c>
       <c r="I8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.1</v>
       </c>
       <c r="J8" s="1" t="n">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="K8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.11</v>
       </c>
       <c r="L8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.09</v>
       </c>
       <c r="M8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.14</v>
       </c>
       <c r="N8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.11</v>
       </c>
       <c r="O8" s="1" t="n">
-        <v>0.02</v>
+        <v>0.12</v>
       </c>
       <c r="P8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.12</v>
       </c>
       <c r="Q8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.11</v>
       </c>
       <c r="R8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.12</v>
       </c>
       <c r="S8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="T8" s="1" t="n">
-        <v>0</v>
+        <v>0.12</v>
       </c>
       <c r="U8" s="1" t="n">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="V8" s="1" t="n">
-        <v>0</v>
+        <v>0.09</v>
       </c>
       <c r="W8" s="1" t="n">
-        <v>0</v>
+        <v>0.11</v>
       </c>
       <c r="X8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.13</v>
       </c>
       <c r="Y8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.08</v>
       </c>
       <c r="Z8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.11</v>
       </c>
       <c r="AA8" s="1" t="n">
-        <v>0.02</v>
+        <v>0.13</v>
       </c>
       <c r="AB8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.13</v>
       </c>
       <c r="AC8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.13</v>
       </c>
       <c r="AD8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.15</v>
       </c>
       <c r="AE8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.12</v>
       </c>
       <c r="AF8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.09</v>
       </c>
       <c r="AG8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.1</v>
       </c>
       <c r="AH8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.11</v>
       </c>
       <c r="AI8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.13</v>
       </c>
       <c r="AJ8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.11</v>
       </c>
       <c r="AK8" s="1" t="n">
-        <v>0</v>
+        <v>0.12</v>
       </c>
       <c r="AL8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.14</v>
       </c>
       <c r="AM8" s="1" t="n">
-        <v>0</v>
+        <v>0.11</v>
       </c>
       <c r="AN8" s="1" t="n">
-        <v>0.02</v>
+        <v>0.1</v>
       </c>
       <c r="AO8" s="1" t="n">
-        <v>0</v>
+        <v>0.13</v>
+      </c>
+      <c r="AP8" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AQ8" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AR8" s="1" t="n">
+        <v>0.14</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="G9" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="H9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="I9" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="J9" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="K9" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="L9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="M9" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="N9" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="O9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="P9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="Q9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="R9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="S9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="T9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="U9" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="V9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
       <c r="W9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="X9" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="Y9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="Z9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AA9" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AB9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="AC9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
       <c r="AD9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="AE9" s="1" t="n">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="AF9" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AG9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
       <c r="AH9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="AI9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
       <c r="AJ9" s="1" t="n">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="AK9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
       <c r="AL9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AN9" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AO9" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
+      </c>
+      <c r="AP9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AQ9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AR9" s="1" t="n">
+        <v>0.05</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
+        <v>312</v>
+      </c>
+      <c r="C10" t="n">
+        <v>325</v>
+      </c>
+      <c r="D10" t="n">
+        <v>302</v>
+      </c>
+      <c r="E10" t="n">
+        <v>296</v>
+      </c>
+      <c r="F10" t="n">
+        <v>297</v>
+      </c>
+      <c r="G10" t="n">
+        <v>299</v>
+      </c>
+      <c r="H10" t="n">
+        <v>302</v>
+      </c>
+      <c r="I10" t="n">
+        <v>260</v>
+      </c>
+      <c r="J10" t="n">
+        <v>265</v>
+      </c>
+      <c r="K10" t="n">
+        <v>284</v>
+      </c>
+      <c r="L10" t="n">
+        <v>279</v>
+      </c>
+      <c r="M10" t="n">
+        <v>278</v>
+      </c>
+      <c r="N10" t="n">
+        <v>274</v>
+      </c>
+      <c r="O10" t="n">
+        <v>285</v>
+      </c>
+      <c r="P10" t="n">
+        <v>247</v>
+      </c>
+      <c r="Q10" t="n">
+        <v>264</v>
+      </c>
+      <c r="R10" t="n">
+        <v>271</v>
+      </c>
+      <c r="S10" t="n">
+        <v>278</v>
+      </c>
+      <c r="T10" t="n">
+        <v>275</v>
+      </c>
+      <c r="U10" t="n">
+        <v>235</v>
+      </c>
+      <c r="V10" t="n">
+        <v>261</v>
+      </c>
+      <c r="W10" t="n">
+        <v>266</v>
+      </c>
+      <c r="X10" t="n">
+        <v>294</v>
+      </c>
+      <c r="Y10" t="n">
+        <v>313</v>
+      </c>
+      <c r="Z10" t="n">
+        <v>287</v>
+      </c>
+      <c r="AA10" t="n">
+        <v>296</v>
+      </c>
+      <c r="AB10" t="n">
+        <v>269</v>
+      </c>
+      <c r="AC10" t="n">
+        <v>268</v>
+      </c>
+      <c r="AD10" t="n">
+        <v>281</v>
+      </c>
+      <c r="AE10" t="n">
+        <v>290</v>
+      </c>
+      <c r="AF10" t="n">
+        <v>298</v>
+      </c>
+      <c r="AG10" t="n">
+        <v>299</v>
+      </c>
+      <c r="AH10" t="n">
+        <v>275</v>
+      </c>
+      <c r="AI10" t="n">
+        <v>278</v>
+      </c>
+      <c r="AJ10" t="n">
+        <v>282</v>
+      </c>
+      <c r="AK10" t="n">
+        <v>290</v>
+      </c>
+      <c r="AL10" t="n">
+        <v>298</v>
+      </c>
+      <c r="AM10" t="n">
         <v>303</v>
       </c>
-      <c r="C10" t="n">
-[...109 lines deleted...]
-      </c>
       <c r="AN10" t="n">
-        <v>283</v>
+        <v>259</v>
       </c>
       <c r="AO10" t="n">
-        <v>294</v>
+        <v>275</v>
+      </c>
+      <c r="AP10" t="n">
+        <v>293</v>
+      </c>
+      <c r="AQ10" t="n">
+        <v>280</v>
+      </c>
+      <c r="AR10" t="n">
+        <v>285</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
-        <v>353</v>
+        <v>273</v>
       </c>
       <c r="C11" t="n">
-        <v>381</v>
+        <v>296</v>
       </c>
       <c r="D11" t="n">
-        <v>390</v>
+        <v>302</v>
       </c>
       <c r="E11" t="n">
-        <v>383</v>
+        <v>297</v>
       </c>
       <c r="F11" t="n">
-        <v>369</v>
+        <v>286</v>
       </c>
       <c r="G11" t="n">
-        <v>380</v>
+        <v>294</v>
       </c>
       <c r="H11" t="n">
-        <v>374</v>
+        <v>290</v>
       </c>
       <c r="I11" t="n">
-        <v>343</v>
+        <v>266</v>
       </c>
       <c r="J11" t="n">
-        <v>360</v>
+        <v>279</v>
       </c>
       <c r="K11" t="n">
-        <v>359</v>
+        <v>278</v>
       </c>
       <c r="L11" t="n">
-        <v>353</v>
+        <v>274</v>
       </c>
       <c r="M11" t="n">
-        <v>364</v>
+        <v>283</v>
       </c>
       <c r="N11" t="n">
-        <v>373</v>
+        <v>289</v>
       </c>
       <c r="O11" t="n">
-        <v>373</v>
+        <v>289</v>
       </c>
       <c r="P11" t="n">
-        <v>319</v>
+        <v>248</v>
       </c>
       <c r="Q11" t="n">
-        <v>356</v>
+        <v>276</v>
       </c>
       <c r="R11" t="n">
-        <v>344</v>
+        <v>267</v>
       </c>
       <c r="S11" t="n">
-        <v>357</v>
+        <v>277</v>
       </c>
       <c r="T11" t="n">
-        <v>353</v>
+        <v>274</v>
       </c>
       <c r="U11" t="n">
-        <v>320</v>
+        <v>248</v>
       </c>
       <c r="V11" t="n">
-        <v>349</v>
+        <v>271</v>
       </c>
       <c r="W11" t="n">
-        <v>338</v>
+        <v>263</v>
       </c>
       <c r="X11" t="n">
-        <v>350</v>
+        <v>271</v>
       </c>
       <c r="Y11" t="n">
-        <v>377</v>
+        <v>292</v>
       </c>
       <c r="Z11" t="n">
-        <v>360</v>
+        <v>279</v>
       </c>
       <c r="AA11" t="n">
-        <v>374</v>
+        <v>290</v>
       </c>
       <c r="AB11" t="n">
-        <v>344</v>
+        <v>267</v>
       </c>
       <c r="AC11" t="n">
-        <v>354</v>
+        <v>275</v>
       </c>
       <c r="AD11" t="n">
-        <v>344</v>
+        <v>267</v>
       </c>
       <c r="AE11" t="n">
-        <v>381</v>
+        <v>296</v>
       </c>
       <c r="AF11" t="n">
-        <v>384</v>
+        <v>298</v>
       </c>
       <c r="AG11" t="n">
-        <v>366</v>
+        <v>284</v>
       </c>
       <c r="AH11" t="n">
-        <v>370</v>
+        <v>287</v>
       </c>
       <c r="AI11" t="n">
-        <v>381</v>
+        <v>296</v>
       </c>
       <c r="AJ11" t="n">
-        <v>394</v>
+        <v>305</v>
       </c>
       <c r="AK11" t="n">
-        <v>369</v>
+        <v>287</v>
       </c>
       <c r="AL11" t="n">
-        <v>362</v>
+        <v>281</v>
       </c>
       <c r="AM11" t="n">
-        <v>401</v>
+        <v>311</v>
       </c>
       <c r="AN11" t="n">
-        <v>361</v>
+        <v>281</v>
       </c>
       <c r="AO11" t="n">
-        <v>351</v>
+        <v>272</v>
+      </c>
+      <c r="AP11" t="n">
+        <v>278</v>
+      </c>
+      <c r="AQ11" t="n">
+        <v>283</v>
+      </c>
+      <c r="AR11" t="n">
+        <v>276</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AO11"/>
+  <dimension ref="A1:AR11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
+    <col width="14" customWidth="1" min="42" max="42"/>
+    <col width="14" customWidth="1" min="43" max="43"/>
+    <col width="14" customWidth="1" min="44" max="44"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -3795,1381 +4014,1489 @@
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
+      <c r="AP1" t="inlineStr">
+        <is>
+          <t>2025-10-20</t>
+        </is>
+      </c>
+      <c r="AQ1" t="inlineStr">
+        <is>
+          <t>2025-10-27</t>
+        </is>
+      </c>
+      <c r="AR1" t="inlineStr">
+        <is>
+          <t>2025-11-03</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.05</v>
+        <v>0.18</v>
       </c>
       <c r="C2" s="1" t="n">
-        <v>0.04</v>
+        <v>0.18</v>
       </c>
       <c r="D2" s="1" t="n">
-        <v>0.04</v>
+        <v>0.14</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>0.04</v>
+        <v>0.14</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>0.04</v>
+        <v>0.18</v>
       </c>
       <c r="G2" s="1" t="n">
-        <v>0.04</v>
+        <v>0.18</v>
       </c>
       <c r="H2" s="1" t="n">
-        <v>0.05</v>
+        <v>0.16</v>
       </c>
       <c r="I2" s="1" t="n">
-        <v>0.05</v>
+        <v>0.18</v>
       </c>
       <c r="J2" s="1" t="n">
-        <v>0.05</v>
+        <v>0.18</v>
       </c>
       <c r="K2" s="1" t="n">
-        <v>0.05</v>
+        <v>0.17</v>
       </c>
       <c r="L2" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.18</v>
       </c>
       <c r="M2" s="1" t="n">
-        <v>0.04</v>
+        <v>0.18</v>
       </c>
       <c r="N2" s="1" t="n">
-        <v>0.08</v>
+        <v>0.16</v>
       </c>
       <c r="O2" s="1" t="n">
-        <v>0.05</v>
+        <v>0.17</v>
       </c>
       <c r="P2" s="1" t="n">
-        <v>0.04</v>
+        <v>0.19</v>
       </c>
       <c r="Q2" s="1" t="n">
-        <v>0.05</v>
+        <v>0.18</v>
       </c>
       <c r="R2" s="1" t="n">
-        <v>0.04</v>
+        <v>0.13</v>
       </c>
       <c r="S2" s="1" t="n">
-        <v>0.05</v>
+        <v>0.16</v>
       </c>
       <c r="T2" s="1" t="n">
-        <v>0.03</v>
+        <v>0.13</v>
       </c>
       <c r="U2" s="1" t="n">
-        <v>0.04</v>
+        <v>0.16</v>
       </c>
       <c r="V2" s="1" t="n">
-        <v>0.04</v>
+        <v>0.16</v>
       </c>
       <c r="W2" s="1" t="n">
-        <v>0.03</v>
+        <v>0.12</v>
       </c>
       <c r="X2" s="1" t="n">
-        <v>0.03</v>
+        <v>0.15</v>
       </c>
       <c r="Y2" s="1" t="n">
-        <v>0.02</v>
+        <v>0.14</v>
       </c>
       <c r="Z2" s="1" t="n">
-        <v>0.03</v>
+        <v>0.13</v>
       </c>
       <c r="AA2" s="1" t="n">
-        <v>0.03</v>
+        <v>0.14</v>
       </c>
       <c r="AB2" s="1" t="n">
-        <v>0.04</v>
+        <v>0.13</v>
       </c>
       <c r="AC2" s="1" t="n">
-        <v>0.04</v>
+        <v>0.14</v>
       </c>
       <c r="AD2" s="1" t="n">
-        <v>0.03</v>
+        <v>0.13</v>
       </c>
       <c r="AE2" s="1" t="n">
-        <v>0.02</v>
+        <v>0.14</v>
       </c>
       <c r="AF2" s="1" t="n">
-        <v>0.04</v>
+        <v>0.14</v>
       </c>
       <c r="AG2" s="1" t="n">
-        <v>0.03</v>
+        <v>0.16</v>
       </c>
       <c r="AH2" s="1" t="n">
-        <v>0.06</v>
+        <v>0.15</v>
       </c>
       <c r="AI2" s="1" t="n">
-        <v>0.04</v>
+        <v>0.15</v>
       </c>
       <c r="AJ2" s="1" t="n">
-        <v>0.04</v>
+        <v>0.14</v>
       </c>
       <c r="AK2" s="1" t="n">
-        <v>0.04</v>
+        <v>0.15</v>
       </c>
       <c r="AL2" s="1" t="n">
-        <v>0.04</v>
+        <v>0.11</v>
       </c>
       <c r="AM2" s="1" t="n">
-        <v>0.04</v>
+        <v>0.15</v>
       </c>
       <c r="AN2" s="1" t="n">
-        <v>0.04</v>
+        <v>0.16</v>
       </c>
       <c r="AO2" s="1" t="n">
-        <v>0.02</v>
+        <v>0.16</v>
+      </c>
+      <c r="AP2" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AQ2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AR2" s="1" t="n">
+        <v>0.14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.7</v>
+        <v>0.35</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>0.6899999999999999</v>
+        <v>0.31</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>0.7</v>
+        <v>0.37</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>0.67</v>
+        <v>0.35</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>0.66</v>
+        <v>0.3</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>0.66</v>
+        <v>0.3</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>0.65</v>
+        <v>0.29</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>0.71</v>
+        <v>0.33</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>0.68</v>
+        <v>0.31</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>0.68</v>
+        <v>0.32</v>
       </c>
       <c r="L3" s="1" t="n">
-        <v>0.63</v>
+        <v>0.3</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>0.67</v>
+        <v>0.31</v>
       </c>
       <c r="N3" s="1" t="n">
-        <v>0.64</v>
+        <v>0.32</v>
       </c>
       <c r="O3" s="1" t="n">
-        <v>0.6899999999999999</v>
+        <v>0.31</v>
       </c>
       <c r="P3" s="1" t="n">
-        <v>0.62</v>
+        <v>0.29</v>
       </c>
       <c r="Q3" s="1" t="n">
-        <v>0.61</v>
+        <v>0.29</v>
       </c>
       <c r="R3" s="1" t="n">
-        <v>0.59</v>
+        <v>0.27</v>
       </c>
       <c r="S3" s="1" t="n">
-        <v>0.63</v>
+        <v>0.31</v>
       </c>
       <c r="T3" s="1" t="n">
-        <v>0.58</v>
+        <v>0.29</v>
       </c>
       <c r="U3" s="1" t="n">
-        <v>0.6</v>
+        <v>0.24</v>
       </c>
       <c r="V3" s="1" t="n">
-        <v>0.6</v>
+        <v>0.27</v>
       </c>
       <c r="W3" s="1" t="n">
-        <v>0.64</v>
+        <v>0.31</v>
       </c>
       <c r="X3" s="1" t="n">
-        <v>0.65</v>
+        <v>0.28</v>
       </c>
       <c r="Y3" s="1" t="n">
-        <v>0.63</v>
+        <v>0.29</v>
       </c>
       <c r="Z3" s="1" t="n">
-        <v>0.63</v>
+        <v>0.32</v>
       </c>
       <c r="AA3" s="1" t="n">
-        <v>0.64</v>
+        <v>0.31</v>
       </c>
       <c r="AB3" s="1" t="n">
-        <v>0.59</v>
+        <v>0.26</v>
       </c>
       <c r="AC3" s="1" t="n">
-        <v>0.6</v>
+        <v>0.32</v>
       </c>
       <c r="AD3" s="1" t="n">
-        <v>0.57</v>
+        <v>0.31</v>
       </c>
       <c r="AE3" s="1" t="n">
-        <v>0.59</v>
+        <v>0.27</v>
       </c>
       <c r="AF3" s="1" t="n">
-        <v>0.57</v>
+        <v>0.27</v>
       </c>
       <c r="AG3" s="1" t="n">
-        <v>0.59</v>
+        <v>0.26</v>
       </c>
       <c r="AH3" s="1" t="n">
-        <v>0.54</v>
+        <v>0.26</v>
       </c>
       <c r="AI3" s="1" t="n">
-        <v>0.55</v>
+        <v>0.25</v>
       </c>
       <c r="AJ3" s="1" t="n">
-        <v>0.6</v>
+        <v>0.28</v>
       </c>
       <c r="AK3" s="1" t="n">
-        <v>0.57</v>
+        <v>0.25</v>
       </c>
       <c r="AL3" s="1" t="n">
-        <v>0.54</v>
+        <v>0.31</v>
       </c>
       <c r="AM3" s="1" t="n">
-        <v>0.59</v>
+        <v>0.28</v>
       </c>
       <c r="AN3" s="1" t="n">
-        <v>0.57</v>
+        <v>0.24</v>
       </c>
       <c r="AO3" s="1" t="n">
-        <v>0.52</v>
+        <v>0.3</v>
+      </c>
+      <c r="AP3" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="AQ3" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AR3" s="1" t="n">
+        <v>0.27</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.1</v>
+        <v>0.11</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.1</v>
+        <v>0.12</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.11</v>
+        <v>0.1</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.11</v>
+        <v>0.09</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="H4" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="I4" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="J4" s="1" t="n">
         <v>0.11</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.12</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="L4" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="M4" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="N4" s="1" t="n">
         <v>0.13</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.14</v>
       </c>
       <c r="O4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>0.12</v>
+        <v>0.11</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.11</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.14</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.08</v>
       </c>
       <c r="T4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.14</v>
       </c>
       <c r="U4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="V4" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="W4" s="1" t="n">
         <v>0.14</v>
       </c>
-      <c r="W4" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="X4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="Y4" s="1" t="n">
         <v>0.13</v>
       </c>
-      <c r="Y4" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Z4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.1</v>
       </c>
       <c r="AA4" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AB4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AC4" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AD4" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AE4" s="1" t="n">
         <v>0.11</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.13</v>
       </c>
       <c r="AF4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AG4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.09</v>
       </c>
       <c r="AH4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AJ4" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AK4" s="1" t="n">
         <v>0.11</v>
       </c>
-      <c r="AK4" s="1" t="n">
+      <c r="AL4" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AM4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AN4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AO4" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AP4" s="1" t="n">
         <v>0.13</v>
       </c>
-      <c r="AL4" s="1" t="n">
+      <c r="AQ4" s="1" t="n">
         <v>0.13</v>
       </c>
-      <c r="AM4" s="1" t="n">
-[...6 lines deleted...]
-        <v>0.14</v>
+      <c r="AR4" s="1" t="n">
+        <v>0.11</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="U5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="X5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AG5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AH5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AI5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AJ5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AK5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AL5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AM5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AN5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AO5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
+      </c>
+      <c r="AP5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AR5" s="1" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="O6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="P6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="Q6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="R6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="S6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="T6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="U6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="V6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="W6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="X6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="Y6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="Z6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AA6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AB6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AC6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AD6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AE6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AF6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AG6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AH6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AK6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AL6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AM6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AN6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AO6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
+      </c>
+      <c r="AP6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AR6" s="1" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.27</v>
       </c>
       <c r="C7" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.27</v>
       </c>
       <c r="D7" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.28</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.28</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>0.1</v>
+        <v>0.31</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>0.11</v>
+        <v>0.32</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>0.09</v>
+        <v>0.31</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>0.06</v>
+        <v>0.29</v>
       </c>
       <c r="J7" s="1" t="n">
-        <v>0.06</v>
+        <v>0.26</v>
       </c>
       <c r="K7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.3</v>
       </c>
       <c r="L7" s="1" t="n">
-        <v>0.06</v>
+        <v>0.29</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.26</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>0.05</v>
+        <v>0.27</v>
       </c>
       <c r="O7" s="1" t="n">
-        <v>0.06</v>
+        <v>0.28</v>
       </c>
       <c r="P7" s="1" t="n">
-        <v>0.11</v>
+        <v>0.3</v>
       </c>
       <c r="Q7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.31</v>
       </c>
       <c r="R7" s="1" t="n">
-        <v>0.12</v>
+        <v>0.35</v>
       </c>
       <c r="S7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.29</v>
       </c>
       <c r="T7" s="1" t="n">
-        <v>0.09</v>
+        <v>0.33</v>
       </c>
       <c r="U7" s="1" t="n">
-        <v>0.15</v>
+        <v>0.34</v>
       </c>
       <c r="V7" s="1" t="n">
-        <v>0.09</v>
+        <v>0.32</v>
       </c>
       <c r="W7" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.33</v>
       </c>
       <c r="X7" s="1" t="n">
-        <v>0.1</v>
+        <v>0.3</v>
       </c>
       <c r="Y7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.29</v>
       </c>
       <c r="Z7" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.32</v>
       </c>
       <c r="AA7" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.31</v>
       </c>
       <c r="AB7" s="1" t="n">
-        <v>0.06</v>
+        <v>0.33</v>
       </c>
       <c r="AC7" s="1" t="n">
-        <v>0.1</v>
+        <v>0.3</v>
       </c>
       <c r="AD7" s="1" t="n">
-        <v>0.1</v>
+        <v>0.32</v>
       </c>
       <c r="AE7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.33</v>
       </c>
       <c r="AF7" s="1" t="n">
-        <v>0.1</v>
+        <v>0.33</v>
       </c>
       <c r="AG7" s="1" t="n">
-        <v>0.1</v>
+        <v>0.32</v>
       </c>
       <c r="AH7" s="1" t="n">
-        <v>0.09</v>
+        <v>0.32</v>
       </c>
       <c r="AI7" s="1" t="n">
-        <v>0.12</v>
+        <v>0.32</v>
       </c>
       <c r="AJ7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.29</v>
       </c>
       <c r="AK7" s="1" t="n">
-        <v>0.09</v>
+        <v>0.34</v>
       </c>
       <c r="AL7" s="1" t="n">
-        <v>0.12</v>
+        <v>0.3</v>
       </c>
       <c r="AM7" s="1" t="n">
-        <v>0.1</v>
+        <v>0.3</v>
       </c>
       <c r="AN7" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.3</v>
       </c>
       <c r="AO7" s="1" t="n">
-        <v>0.1</v>
+        <v>0.28</v>
+      </c>
+      <c r="AP7" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="AQ7" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="AR7" s="1" t="n">
+        <v>0.32</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.08</v>
       </c>
       <c r="C8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.1</v>
       </c>
       <c r="D8" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.09</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.09</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.08</v>
       </c>
       <c r="H8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.11</v>
       </c>
       <c r="I8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.11</v>
       </c>
       <c r="J8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.1</v>
       </c>
       <c r="K8" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.08</v>
       </c>
       <c r="L8" s="1" t="n">
-        <v>0.08</v>
+        <v>0.11</v>
       </c>
       <c r="M8" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="N8" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="O8" s="1" t="n">
         <v>0.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.07000000000000001</v>
       </c>
       <c r="P8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="Q8" s="1" t="n">
-        <v>0.08</v>
+        <v>0.09</v>
       </c>
       <c r="R8" s="1" t="n">
-        <v>0.08</v>
+        <v>0.1</v>
       </c>
       <c r="S8" s="1" t="n">
-        <v>0.08</v>
+        <v>0.11</v>
       </c>
       <c r="T8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="U8" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="V8" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="W8" s="1" t="n">
         <v>0.09</v>
       </c>
-      <c r="V8" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="X8" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.12</v>
       </c>
       <c r="Y8" s="1" t="n">
-        <v>0.09</v>
+        <v>0.12</v>
       </c>
       <c r="Z8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AA8" s="1" t="n">
-        <v>0.1</v>
+        <v>0.11</v>
       </c>
       <c r="AB8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.12</v>
       </c>
       <c r="AC8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AD8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AE8" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AF8" s="1" t="n">
         <v>0.1</v>
       </c>
-      <c r="AF8" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AG8" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AH8" s="1" t="n">
         <v>0.09</v>
       </c>
-      <c r="AH8" s="1" t="n">
+      <c r="AI8" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AJ8" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AK8" s="1" t="n">
         <v>0.12</v>
       </c>
-      <c r="AI8" s="1" t="n">
+      <c r="AL8" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AM8" s="1" t="n">
         <v>0.11</v>
       </c>
-      <c r="AJ8" s="1" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="AN8" s="1" t="n">
-        <v>0.13</v>
+        <v>0.14</v>
       </c>
       <c r="AO8" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AP8" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AQ8" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AR8" s="1" t="n">
         <v>0.15</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="D9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="G9" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="H9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="I9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="J9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
       <c r="K9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="L9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="M9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="N9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="O9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="P9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="Q9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="R9" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="S9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
       <c r="T9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="U9" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="V9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="W9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="X9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="Y9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="Z9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="AA9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
       <c r="AB9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AC9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
       <c r="AD9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AE9" s="1" t="n">
         <v>0.04</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.05</v>
       </c>
       <c r="AF9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AG9" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AH9" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AI9" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AJ9" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AK9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AL9" s="1" t="n">
         <v>0.04</v>
       </c>
-      <c r="AH9" s="1" t="n">
+      <c r="AM9" s="1" t="n">
         <v>0.04</v>
       </c>
-      <c r="AI9" s="1" t="n">
+      <c r="AN9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AO9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AP9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AQ9" s="1" t="n">
         <v>0.04</v>
       </c>
-      <c r="AJ9" s="1" t="n">
-[...15 lines deleted...]
-        <v>0.03</v>
+      <c r="AR9" s="1" t="n">
+        <v>0.01</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
-        <v>506</v>
+        <v>407</v>
       </c>
       <c r="C10" t="n">
-        <v>592</v>
+        <v>413</v>
       </c>
       <c r="D10" t="n">
-        <v>584</v>
+        <v>461</v>
       </c>
       <c r="E10" t="n">
-        <v>606</v>
+        <v>440</v>
       </c>
       <c r="F10" t="n">
-        <v>519</v>
+        <v>407</v>
       </c>
       <c r="G10" t="n">
-        <v>534</v>
+        <v>426</v>
       </c>
       <c r="H10" t="n">
-        <v>547</v>
+        <v>412</v>
       </c>
       <c r="I10" t="n">
-        <v>503</v>
+        <v>393</v>
       </c>
       <c r="J10" t="n">
-        <v>529</v>
+        <v>394</v>
       </c>
       <c r="K10" t="n">
-        <v>565</v>
+        <v>414</v>
       </c>
       <c r="L10" t="n">
-        <v>508</v>
+        <v>383</v>
       </c>
       <c r="M10" t="n">
-        <v>544</v>
+        <v>393</v>
       </c>
       <c r="N10" t="n">
-        <v>551</v>
+        <v>410</v>
       </c>
       <c r="O10" t="n">
-        <v>584</v>
+        <v>407</v>
       </c>
       <c r="P10" t="n">
-        <v>489</v>
+        <v>354</v>
       </c>
       <c r="Q10" t="n">
-        <v>536</v>
+        <v>398</v>
       </c>
       <c r="R10" t="n">
-        <v>476</v>
+        <v>377</v>
       </c>
       <c r="S10" t="n">
-        <v>516</v>
+        <v>393</v>
       </c>
       <c r="T10" t="n">
-        <v>485</v>
+        <v>386</v>
       </c>
       <c r="U10" t="n">
-        <v>452</v>
+        <v>352</v>
       </c>
       <c r="V10" t="n">
-        <v>514</v>
+        <v>396</v>
       </c>
       <c r="W10" t="n">
-        <v>516</v>
+        <v>372</v>
       </c>
       <c r="X10" t="n">
-        <v>516</v>
+        <v>389</v>
       </c>
       <c r="Y10" t="n">
-        <v>525</v>
+        <v>391</v>
       </c>
       <c r="Z10" t="n">
-        <v>534</v>
+        <v>400</v>
       </c>
       <c r="AA10" t="n">
-        <v>524</v>
+        <v>430</v>
       </c>
       <c r="AB10" t="n">
-        <v>486</v>
+        <v>376</v>
       </c>
       <c r="AC10" t="n">
-        <v>508</v>
+        <v>374</v>
       </c>
       <c r="AD10" t="n">
-        <v>492</v>
+        <v>372</v>
       </c>
       <c r="AE10" t="n">
-        <v>562</v>
+        <v>427</v>
       </c>
       <c r="AF10" t="n">
-        <v>567</v>
+        <v>437</v>
       </c>
       <c r="AG10" t="n">
-        <v>526</v>
+        <v>408</v>
       </c>
       <c r="AH10" t="n">
-        <v>530</v>
+        <v>398</v>
       </c>
       <c r="AI10" t="n">
-        <v>533</v>
+        <v>425</v>
       </c>
       <c r="AJ10" t="n">
-        <v>581</v>
+        <v>450</v>
       </c>
       <c r="AK10" t="n">
-        <v>525</v>
+        <v>403</v>
       </c>
       <c r="AL10" t="n">
-        <v>507</v>
+        <v>403</v>
       </c>
       <c r="AM10" t="n">
-        <v>593</v>
+        <v>457</v>
       </c>
       <c r="AN10" t="n">
-        <v>562</v>
+        <v>430</v>
       </c>
       <c r="AO10" t="n">
-        <v>532</v>
+        <v>398</v>
+      </c>
+      <c r="AP10" t="n">
+        <v>405</v>
+      </c>
+      <c r="AQ10" t="n">
+        <v>430</v>
+      </c>
+      <c r="AR10" t="n">
+        <v>386</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
-        <v>486</v>
+        <v>386</v>
       </c>
       <c r="C11" t="n">
-        <v>526</v>
+        <v>418</v>
       </c>
       <c r="D11" t="n">
-        <v>537</v>
+        <v>427</v>
       </c>
       <c r="E11" t="n">
-        <v>528</v>
+        <v>420</v>
       </c>
       <c r="F11" t="n">
-        <v>509</v>
+        <v>405</v>
       </c>
       <c r="G11" t="n">
-        <v>523</v>
+        <v>416</v>
       </c>
       <c r="H11" t="n">
-        <v>516</v>
+        <v>410</v>
       </c>
       <c r="I11" t="n">
-        <v>472</v>
+        <v>376</v>
       </c>
       <c r="J11" t="n">
-        <v>496</v>
+        <v>394</v>
       </c>
       <c r="K11" t="n">
-        <v>495</v>
+        <v>393</v>
       </c>
       <c r="L11" t="n">
-        <v>487</v>
+        <v>387</v>
       </c>
       <c r="M11" t="n">
-        <v>500</v>
+        <v>394</v>
       </c>
       <c r="N11" t="n">
-        <v>511</v>
+        <v>403</v>
       </c>
       <c r="O11" t="n">
-        <v>511</v>
+        <v>403</v>
       </c>
       <c r="P11" t="n">
-        <v>438</v>
+        <v>345</v>
       </c>
       <c r="Q11" t="n">
-        <v>488</v>
+        <v>384</v>
       </c>
       <c r="R11" t="n">
-        <v>471</v>
+        <v>372</v>
       </c>
       <c r="S11" t="n">
-        <v>489</v>
+        <v>385</v>
       </c>
       <c r="T11" t="n">
-        <v>483</v>
+        <v>381</v>
       </c>
       <c r="U11" t="n">
-        <v>439</v>
+        <v>346</v>
       </c>
       <c r="V11" t="n">
-        <v>478</v>
+        <v>377</v>
       </c>
       <c r="W11" t="n">
-        <v>464</v>
+        <v>366</v>
       </c>
       <c r="X11" t="n">
-        <v>480</v>
+        <v>378</v>
       </c>
       <c r="Y11" t="n">
-        <v>517</v>
+        <v>407</v>
       </c>
       <c r="Z11" t="n">
-        <v>493</v>
+        <v>389</v>
       </c>
       <c r="AA11" t="n">
-        <v>513</v>
+        <v>404</v>
       </c>
       <c r="AB11" t="n">
-        <v>471</v>
+        <v>372</v>
       </c>
       <c r="AC11" t="n">
-        <v>486</v>
+        <v>383</v>
       </c>
       <c r="AD11" t="n">
-        <v>471</v>
+        <v>372</v>
       </c>
       <c r="AE11" t="n">
-        <v>522</v>
+        <v>412</v>
       </c>
       <c r="AF11" t="n">
-        <v>526</v>
+        <v>415</v>
       </c>
       <c r="AG11" t="n">
-        <v>502</v>
+        <v>396</v>
       </c>
       <c r="AH11" t="n">
-        <v>508</v>
+        <v>400</v>
       </c>
       <c r="AI11" t="n">
-        <v>523</v>
+        <v>412</v>
       </c>
       <c r="AJ11" t="n">
-        <v>540</v>
+        <v>425</v>
       </c>
       <c r="AK11" t="n">
-        <v>507</v>
+        <v>399</v>
       </c>
       <c r="AL11" t="n">
-        <v>497</v>
+        <v>392</v>
       </c>
       <c r="AM11" t="n">
-        <v>550</v>
+        <v>433</v>
       </c>
       <c r="AN11" t="n">
-        <v>496</v>
+        <v>391</v>
       </c>
       <c r="AO11" t="n">
-        <v>481</v>
+        <v>379</v>
+      </c>
+      <c r="AP11" t="n">
+        <v>387</v>
+      </c>
+      <c r="AQ11" t="n">
+        <v>394</v>
+      </c>
+      <c r="AR11" t="n">
+        <v>385</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AO11"/>
+  <dimension ref="A1:AR11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
+    <col width="14" customWidth="1" min="42" max="42"/>
+    <col width="14" customWidth="1" min="43" max="43"/>
+    <col width="14" customWidth="1" min="44" max="44"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -5334,1381 +5661,1489 @@
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
+      <c r="AP1" t="inlineStr">
+        <is>
+          <t>2025-10-20</t>
+        </is>
+      </c>
+      <c r="AQ1" t="inlineStr">
+        <is>
+          <t>2025-10-27</t>
+        </is>
+      </c>
+      <c r="AR1" t="inlineStr">
+        <is>
+          <t>2025-11-03</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.04</v>
+        <v>0.11</v>
       </c>
       <c r="C2" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="D2" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="E2" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="F2" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="G2" s="1" t="n">
         <v>0.08</v>
       </c>
-      <c r="D2" s="1" t="n">
+      <c r="H2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="I2" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="J2" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="K2" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="L2" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="M2" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="N2" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="O2" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="P2" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="Q2" s="1" t="n">
         <v>0.08</v>
       </c>
-      <c r="E2" s="1" t="n">
+      <c r="R2" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="S2" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="T2" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="U2" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="V2" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="W2" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="X2" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="Y2" s="1" t="n">
         <v>0.06</v>
       </c>
-      <c r="F2" s="1" t="n">
+      <c r="Z2" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AA2" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AB2" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AC2" s="1" t="n">
         <v>0.11</v>
-      </c>
-[...67 lines deleted...]
-        <v>0.04</v>
       </c>
       <c r="AD2" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AE2" s="1" t="n">
-        <v>0.03</v>
+        <v>0.11</v>
       </c>
       <c r="AF2" s="1" t="n">
-        <v>0.03</v>
+        <v>0.11</v>
       </c>
       <c r="AG2" s="1" t="n">
-        <v>0.03</v>
+        <v>0.1</v>
       </c>
       <c r="AH2" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AI2" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="AJ2" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AK2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AL2" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AM2" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AN2" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AO2" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AP2" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AQ2" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AR2" s="1" t="n">
         <v>0.04</v>
-      </c>
-[...19 lines deleted...]
-        <v>0.03</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.08</v>
+        <v>0.23</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>0.08</v>
+        <v>0.16</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>0.06</v>
+        <v>0.21</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>0.05</v>
+        <v>0.15</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>0.05</v>
+        <v>0.17</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>0.08</v>
+        <v>0.22</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>0.04</v>
+        <v>0.17</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>0.06</v>
+        <v>0.21</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>0.04</v>
+        <v>0.16</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>0.05</v>
+        <v>0.23</v>
       </c>
       <c r="L3" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="M3" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="N3" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="O3" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="P3" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="Q3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="R3" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="S3" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="T3" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="U3" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="V3" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="W3" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="X3" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="Y3" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="Z3" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AA3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AB3" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AC3" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AD3" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AE3" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AF3" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AG3" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AH3" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AI3" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AJ3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AK3" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AL3" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AM3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AN3" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AO3" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AP3" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AQ3" s="1" t="n">
         <v>0.09</v>
       </c>
-      <c r="M3" s="1" t="n">
-[...84 lines deleted...]
-        <v>0.07000000000000001</v>
+      <c r="AR3" s="1" t="n">
+        <v>0.18</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.78</v>
+        <v>0.08</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.73</v>
+        <v>0.13</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.74</v>
+        <v>0.13</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.77</v>
+        <v>0.13</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.74</v>
+        <v>0.12</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.76</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.82</v>
+        <v>0.1</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>0.75</v>
+        <v>0.11</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>0.8</v>
+        <v>0.12</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.7</v>
+        <v>0.11</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.74</v>
+        <v>0.14</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.8</v>
+        <v>0.14</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>0.83</v>
+        <v>0.14</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>0.76</v>
+        <v>0.1</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>0.77</v>
+        <v>0.11</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>0.82</v>
+        <v>0.12</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>0.8100000000000001</v>
+        <v>0.09</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>0.77</v>
+        <v>0.14</v>
       </c>
       <c r="T4" s="1" t="n">
-        <v>0.8100000000000001</v>
+        <v>0.15</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>0.73</v>
+        <v>0.12</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>0.8</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="W4" s="1" t="n">
-        <v>0.72</v>
+        <v>0.11</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>0.75</v>
+        <v>0.1</v>
       </c>
       <c r="Y4" s="1" t="n">
-        <v>0.78</v>
+        <v>0.1</v>
       </c>
       <c r="Z4" s="1" t="n">
-        <v>0.79</v>
+        <v>0.08</v>
       </c>
       <c r="AA4" s="1" t="n">
-        <v>0.77</v>
+        <v>0.12</v>
       </c>
       <c r="AB4" s="1" t="n">
-        <v>0.77</v>
+        <v>0.12</v>
       </c>
       <c r="AC4" s="1" t="n">
-        <v>0.74</v>
+        <v>0.09</v>
       </c>
       <c r="AD4" s="1" t="n">
-        <v>0.72</v>
+        <v>0.08</v>
       </c>
       <c r="AE4" s="1" t="n">
-        <v>0.77</v>
+        <v>0.13</v>
       </c>
       <c r="AF4" s="1" t="n">
-        <v>0.8</v>
+        <v>0.13</v>
       </c>
       <c r="AG4" s="1" t="n">
-        <v>0.73</v>
+        <v>0.1</v>
       </c>
       <c r="AH4" s="1" t="n">
-        <v>0.78</v>
+        <v>0.11</v>
       </c>
       <c r="AI4" s="1" t="n">
-        <v>0.77</v>
+        <v>0.09</v>
       </c>
       <c r="AJ4" s="1" t="n">
-        <v>0.76</v>
+        <v>0.12</v>
       </c>
       <c r="AK4" s="1" t="n">
-        <v>0.72</v>
+        <v>0.06</v>
       </c>
       <c r="AL4" s="1" t="n">
-        <v>0.74</v>
+        <v>0.11</v>
       </c>
       <c r="AM4" s="1" t="n">
-        <v>0.72</v>
+        <v>0.1</v>
       </c>
       <c r="AN4" s="1" t="n">
-        <v>0.79</v>
+        <v>0.15</v>
       </c>
       <c r="AO4" s="1" t="n">
-        <v>0.74</v>
+        <v>0.12</v>
+      </c>
+      <c r="AP4" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AQ4" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AR4" s="1" t="n">
+        <v>0.1</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
-        <v>0.01</v>
+        <v>0.33</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>0</v>
+        <v>0.36</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>0</v>
+        <v>0.34</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>0</v>
+        <v>0.34</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>0</v>
+        <v>0.38</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>0</v>
+        <v>0.34</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>0</v>
+        <v>0.39</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>0</v>
+        <v>0.32</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>0</v>
+        <v>0.31</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>0</v>
+        <v>0.3</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>0</v>
+        <v>0.32</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>0</v>
+        <v>0.29</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>0</v>
+        <v>0.31</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>0.02</v>
+        <v>0.4</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>0.01</v>
+        <v>0.32</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>0.01</v>
+        <v>0.35</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>0.01</v>
+        <v>0.35</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>0</v>
+        <v>0.36</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>0</v>
+        <v>0.28</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>0</v>
+        <v>0.23</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>0</v>
+        <v>0.38</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>0</v>
+        <v>0.33</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>0.02</v>
+        <v>0.41</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>0.01</v>
+        <v>0.39</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>0</v>
+        <v>0.32</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>0.01</v>
+        <v>0.4</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>0.01</v>
+        <v>0.33</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>0</v>
+        <v>0.34</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>0.01</v>
+        <v>0.31</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>0</v>
+        <v>0.39</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>0</v>
+        <v>0.37</v>
       </c>
       <c r="AG5" s="1" t="n">
-        <v>0.01</v>
+        <v>0.38</v>
       </c>
       <c r="AH5" s="1" t="n">
-        <v>0.01</v>
+        <v>0.32</v>
       </c>
       <c r="AI5" s="1" t="n">
-        <v>0</v>
+        <v>0.36</v>
       </c>
       <c r="AJ5" s="1" t="n">
-        <v>0.01</v>
+        <v>0.33</v>
       </c>
       <c r="AK5" s="1" t="n">
-        <v>0</v>
+        <v>0.36</v>
       </c>
       <c r="AL5" s="1" t="n">
-        <v>0</v>
+        <v>0.34</v>
       </c>
       <c r="AM5" s="1" t="n">
-        <v>0</v>
+        <v>0.32</v>
       </c>
       <c r="AN5" s="1" t="n">
-        <v>0</v>
+        <v>0.44</v>
       </c>
       <c r="AO5" s="1" t="n">
-        <v>0</v>
+        <v>0.35</v>
+      </c>
+      <c r="AP5" s="1" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="AQ5" s="1" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="AR5" s="1" t="n">
+        <v>0.35</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="L6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="M6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="N6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="O6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="P6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="Q6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="R6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="S6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="T6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="U6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="V6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="W6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="X6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="Y6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="Z6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AA6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AB6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AC6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AD6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AE6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AF6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AG6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AH6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AK6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AN6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AO6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AP6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AR6" s="1" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.18</v>
       </c>
       <c r="C7" s="1" t="n">
-        <v>0.05</v>
+        <v>0.16</v>
       </c>
       <c r="D7" s="1" t="n">
-        <v>0.05</v>
+        <v>0.17</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>0.04</v>
+        <v>0.17</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>0.05</v>
+        <v>0.19</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>0.05</v>
+        <v>0.22</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>0.04</v>
+        <v>0.14</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.16</v>
       </c>
       <c r="J7" s="1" t="n">
-        <v>0.03</v>
+        <v>0.15</v>
       </c>
       <c r="K7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.15</v>
       </c>
       <c r="L7" s="1" t="n">
-        <v>0.02</v>
+        <v>0.13</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>0.03</v>
+        <v>0.2</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>0.04</v>
+        <v>0.14</v>
       </c>
       <c r="O7" s="1" t="n">
-        <v>0.05</v>
+        <v>0.18</v>
       </c>
       <c r="P7" s="1" t="n">
-        <v>0.05</v>
+        <v>0.23</v>
       </c>
       <c r="Q7" s="1" t="n">
-        <v>0.06</v>
+        <v>0.17</v>
       </c>
       <c r="R7" s="1" t="n">
-        <v>0.05</v>
+        <v>0.26</v>
       </c>
       <c r="S7" s="1" t="n">
-        <v>0.04</v>
+        <v>0.18</v>
       </c>
       <c r="T7" s="1" t="n">
-        <v>0.05</v>
+        <v>0.18</v>
       </c>
       <c r="U7" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.24</v>
       </c>
       <c r="V7" s="1" t="n">
-        <v>0.03</v>
+        <v>0.26</v>
       </c>
       <c r="W7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.28</v>
       </c>
       <c r="X7" s="1" t="n">
-        <v>0.03</v>
+        <v>0.13</v>
       </c>
       <c r="Y7" s="1" t="n">
-        <v>0.06</v>
+        <v>0.19</v>
       </c>
       <c r="Z7" s="1" t="n">
-        <v>0.04</v>
+        <v>0.13</v>
       </c>
       <c r="AA7" s="1" t="n">
-        <v>0.06</v>
+        <v>0.17</v>
       </c>
       <c r="AB7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.22</v>
       </c>
       <c r="AC7" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.21</v>
       </c>
       <c r="AD7" s="1" t="n">
-        <v>0.06</v>
+        <v>0.22</v>
       </c>
       <c r="AE7" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.14</v>
       </c>
       <c r="AF7" s="1" t="n">
-        <v>0.06</v>
+        <v>0.19</v>
       </c>
       <c r="AG7" s="1" t="n">
-        <v>0.1</v>
+        <v>0.19</v>
       </c>
       <c r="AH7" s="1" t="n">
-        <v>0.1</v>
+        <v>0.19</v>
       </c>
       <c r="AI7" s="1" t="n">
-        <v>0.04</v>
+        <v>0.26</v>
       </c>
       <c r="AJ7" s="1" t="n">
-        <v>0.04</v>
+        <v>0.16</v>
       </c>
       <c r="AK7" s="1" t="n">
-        <v>0.09</v>
+        <v>0.15</v>
       </c>
       <c r="AL7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.24</v>
       </c>
       <c r="AM7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.2</v>
       </c>
       <c r="AN7" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.12</v>
       </c>
       <c r="AO7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.17</v>
+      </c>
+      <c r="AP7" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AQ7" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AR7" s="1" t="n">
+        <v>0.19</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="C8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.05</v>
       </c>
       <c r="D8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.04</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.03</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.06</v>
       </c>
       <c r="H8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="I8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.06</v>
       </c>
       <c r="J8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="K8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="L8" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.09</v>
       </c>
       <c r="M8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="N8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="O8" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="P8" s="1" t="n">
         <v>0.08</v>
       </c>
-      <c r="P8" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Q8" s="1" t="n">
-        <v>0.02</v>
+        <v>0.08</v>
       </c>
       <c r="R8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.06</v>
       </c>
       <c r="S8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.06</v>
       </c>
       <c r="T8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.11</v>
       </c>
       <c r="U8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="V8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="W8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.04</v>
       </c>
       <c r="X8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="Y8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.06</v>
       </c>
       <c r="Z8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.09</v>
       </c>
       <c r="AA8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.04</v>
       </c>
       <c r="AB8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AC8" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="AD8" s="1" t="n">
         <v>0.09</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.06</v>
       </c>
       <c r="AE8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AF8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AG8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.03</v>
       </c>
       <c r="AH8" s="1" t="n">
-        <v>0.02</v>
+        <v>0.08</v>
       </c>
       <c r="AI8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AJ8" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="AK8" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AL8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
-      <c r="AK8" s="1" t="n">
-[...2 lines deleted...]
-      <c r="AL8" s="1" t="n">
+      <c r="AM8" s="1" t="n">
         <v>0.06</v>
       </c>
-      <c r="AM8" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AN8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
       <c r="AO8" s="1" t="n">
         <v>0.06</v>
+      </c>
+      <c r="AP8" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AQ8" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AR8" s="1" t="n">
+        <v>0.1</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C9" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="D9" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="E9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="H9" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="I9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="J9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="K9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="L9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
       <c r="M9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="N9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="O9" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="P9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
       <c r="Q9" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="R9" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="S9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="T9" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="U9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
       <c r="V9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="W9" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="X9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="Y9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="Z9" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AA9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="AB9" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AC9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="AD9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AE9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="AF9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
       <c r="AG9" s="1" t="n">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
       <c r="AH9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="AI9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AJ9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="AN9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="AO9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AP9" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AR9" s="1" t="n">
         <v>0.02</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
-        <v>198</v>
+        <v>145</v>
       </c>
       <c r="C10" t="n">
-        <v>200</v>
+        <v>162</v>
       </c>
       <c r="D10" t="n">
-        <v>214</v>
+        <v>147</v>
       </c>
       <c r="E10" t="n">
-        <v>230</v>
+        <v>158</v>
       </c>
       <c r="F10" t="n">
-        <v>196</v>
+        <v>172</v>
       </c>
       <c r="G10" t="n">
-        <v>210</v>
+        <v>150</v>
       </c>
       <c r="H10" t="n">
-        <v>198</v>
+        <v>157</v>
       </c>
       <c r="I10" t="n">
-        <v>186</v>
+        <v>152</v>
       </c>
       <c r="J10" t="n">
-        <v>205</v>
+        <v>136</v>
       </c>
       <c r="K10" t="n">
-        <v>190</v>
+        <v>151</v>
       </c>
       <c r="L10" t="n">
-        <v>201</v>
+        <v>140</v>
       </c>
       <c r="M10" t="n">
-        <v>195</v>
+        <v>146</v>
       </c>
       <c r="N10" t="n">
-        <v>192</v>
+        <v>150</v>
       </c>
       <c r="O10" t="n">
-        <v>204</v>
+        <v>155</v>
       </c>
       <c r="P10" t="n">
-        <v>167</v>
+        <v>125</v>
       </c>
       <c r="Q10" t="n">
-        <v>198</v>
+        <v>144</v>
       </c>
       <c r="R10" t="n">
-        <v>191</v>
+        <v>151</v>
       </c>
       <c r="S10" t="n">
-        <v>196</v>
+        <v>162</v>
       </c>
       <c r="T10" t="n">
-        <v>189</v>
+        <v>143</v>
       </c>
       <c r="U10" t="n">
-        <v>176</v>
+        <v>128</v>
       </c>
       <c r="V10" t="n">
-        <v>191</v>
+        <v>140</v>
       </c>
       <c r="W10" t="n">
-        <v>204</v>
+        <v>132</v>
       </c>
       <c r="X10" t="n">
-        <v>190</v>
+        <v>131</v>
       </c>
       <c r="Y10" t="n">
-        <v>224</v>
+        <v>160</v>
       </c>
       <c r="Z10" t="n">
-        <v>188</v>
+        <v>145</v>
       </c>
       <c r="AA10" t="n">
-        <v>204</v>
+        <v>146</v>
       </c>
       <c r="AB10" t="n">
-        <v>190</v>
+        <v>145</v>
       </c>
       <c r="AC10" t="n">
-        <v>189</v>
+        <v>147</v>
       </c>
       <c r="AD10" t="n">
-        <v>192</v>
+        <v>138</v>
       </c>
       <c r="AE10" t="n">
-        <v>213</v>
+        <v>145</v>
       </c>
       <c r="AF10" t="n">
-        <v>206</v>
+        <v>165</v>
       </c>
       <c r="AG10" t="n">
-        <v>211</v>
+        <v>134</v>
       </c>
       <c r="AH10" t="n">
-        <v>186</v>
+        <v>156</v>
       </c>
       <c r="AI10" t="n">
-        <v>208</v>
+        <v>149</v>
       </c>
       <c r="AJ10" t="n">
-        <v>217</v>
+        <v>155</v>
       </c>
       <c r="AK10" t="n">
-        <v>197</v>
+        <v>148</v>
       </c>
       <c r="AL10" t="n">
-        <v>205</v>
+        <v>158</v>
       </c>
       <c r="AM10" t="n">
-        <v>223</v>
+        <v>165</v>
       </c>
       <c r="AN10" t="n">
-        <v>187</v>
+        <v>137</v>
       </c>
       <c r="AO10" t="n">
-        <v>183</v>
+        <v>132</v>
+      </c>
+      <c r="AP10" t="n">
+        <v>137</v>
+      </c>
+      <c r="AQ10" t="n">
+        <v>155</v>
+      </c>
+      <c r="AR10" t="n">
+        <v>128</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
-        <v>179</v>
+        <v>147</v>
       </c>
       <c r="C11" t="n">
-        <v>193</v>
+        <v>159</v>
       </c>
       <c r="D11" t="n">
-        <v>198</v>
+        <v>162</v>
       </c>
       <c r="E11" t="n">
-        <v>194</v>
+        <v>159</v>
       </c>
       <c r="F11" t="n">
-        <v>187</v>
+        <v>154</v>
       </c>
       <c r="G11" t="n">
-        <v>193</v>
+        <v>158</v>
       </c>
       <c r="H11" t="n">
-        <v>190</v>
+        <v>156</v>
       </c>
       <c r="I11" t="n">
-        <v>174</v>
+        <v>143</v>
       </c>
       <c r="J11" t="n">
-        <v>183</v>
+        <v>150</v>
       </c>
       <c r="K11" t="n">
-        <v>182</v>
+        <v>149</v>
       </c>
       <c r="L11" t="n">
-        <v>179</v>
+        <v>147</v>
       </c>
       <c r="M11" t="n">
-        <v>184</v>
+        <v>151</v>
       </c>
       <c r="N11" t="n">
-        <v>188</v>
+        <v>154</v>
       </c>
       <c r="O11" t="n">
-        <v>188</v>
+        <v>154</v>
       </c>
       <c r="P11" t="n">
-        <v>161</v>
+        <v>132</v>
       </c>
       <c r="Q11" t="n">
-        <v>179</v>
+        <v>147</v>
       </c>
       <c r="R11" t="n">
-        <v>174</v>
+        <v>142</v>
       </c>
       <c r="S11" t="n">
-        <v>180</v>
+        <v>148</v>
       </c>
       <c r="T11" t="n">
-        <v>178</v>
+        <v>146</v>
       </c>
       <c r="U11" t="n">
-        <v>162</v>
+        <v>133</v>
       </c>
       <c r="V11" t="n">
-        <v>176</v>
+        <v>144</v>
       </c>
       <c r="W11" t="n">
-        <v>171</v>
+        <v>140</v>
       </c>
       <c r="X11" t="n">
-        <v>176</v>
+        <v>145</v>
       </c>
       <c r="Y11" t="n">
-        <v>190</v>
+        <v>156</v>
       </c>
       <c r="Z11" t="n">
-        <v>182</v>
+        <v>149</v>
       </c>
       <c r="AA11" t="n">
-        <v>189</v>
+        <v>155</v>
       </c>
       <c r="AB11" t="n">
-        <v>174</v>
+        <v>142</v>
       </c>
       <c r="AC11" t="n">
-        <v>179</v>
+        <v>147</v>
       </c>
       <c r="AD11" t="n">
-        <v>174</v>
+        <v>142</v>
       </c>
       <c r="AE11" t="n">
-        <v>192</v>
+        <v>158</v>
       </c>
       <c r="AF11" t="n">
-        <v>194</v>
+        <v>159</v>
       </c>
       <c r="AG11" t="n">
-        <v>185</v>
+        <v>152</v>
       </c>
       <c r="AH11" t="n">
-        <v>187</v>
+        <v>153</v>
       </c>
       <c r="AI11" t="n">
-        <v>192</v>
+        <v>158</v>
       </c>
       <c r="AJ11" t="n">
-        <v>199</v>
+        <v>163</v>
       </c>
       <c r="AK11" t="n">
-        <v>186</v>
+        <v>153</v>
       </c>
       <c r="AL11" t="n">
-        <v>183</v>
+        <v>150</v>
       </c>
       <c r="AM11" t="n">
-        <v>202</v>
+        <v>166</v>
       </c>
       <c r="AN11" t="n">
-        <v>182</v>
+        <v>150</v>
       </c>
       <c r="AO11" t="n">
-        <v>177</v>
+        <v>145</v>
+      </c>
+      <c r="AP11" t="n">
+        <v>148</v>
+      </c>
+      <c r="AQ11" t="n">
+        <v>151</v>
+      </c>
+      <c r="AR11" t="n">
+        <v>148</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AO11"/>
+  <dimension ref="A1:AR11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
+    <col width="14" customWidth="1" min="42" max="42"/>
+    <col width="14" customWidth="1" min="43" max="43"/>
+    <col width="14" customWidth="1" min="44" max="44"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -6873,430 +7308,472 @@
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
+      <c r="AP1" t="inlineStr">
+        <is>
+          <t>2025-10-20</t>
+        </is>
+      </c>
+      <c r="AQ1" t="inlineStr">
+        <is>
+          <t>2025-10-27</t>
+        </is>
+      </c>
+      <c r="AR1" t="inlineStr">
+        <is>
+          <t>2025-11-03</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="C2" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="D2" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="E2" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="F2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="G2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="H2" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="I2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="J2" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="K2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="L2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="M2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="N2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="O2" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="P2" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="Q2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="R2" s="1" t="n">
         <v>0.04</v>
       </c>
-      <c r="C2" s="1" t="n">
-[...2 lines deleted...]
-      <c r="D2" s="1" t="n">
+      <c r="S2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="T2" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="U2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="V2" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="W2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="X2" s="1" t="n">
         <v>0.08</v>
       </c>
-      <c r="E2" s="1" t="n">
+      <c r="Y2" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="Z2" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AA2" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AB2" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AC2" s="1" t="n">
         <v>0.06</v>
       </c>
-      <c r="F2" s="1" t="n">
-[...8 lines deleted...]
-      <c r="I2" s="1" t="n">
+      <c r="AD2" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AE2" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AF2" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AG2" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
-      <c r="J2" s="1" t="n">
-[...17 lines deleted...]
-      <c r="P2" s="1" t="n">
+      <c r="AH2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AI2" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AJ2" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AK2" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AL2" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AM2" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AN2" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AO2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AP2" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AQ2" s="1" t="n">
         <v>0.06</v>
       </c>
-      <c r="Q2" s="1" t="n">
-[...72 lines deleted...]
-        <v>0.08</v>
+      <c r="AR2" s="1" t="n">
+        <v>0.12</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.01</v>
+        <v>0.28</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>0</v>
+        <v>0.3</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>0</v>
+        <v>0.22</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>0.02</v>
+        <v>0.22</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>0</v>
+        <v>0.25</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>0</v>
+        <v>0.28</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>0</v>
+        <v>0.27</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>0.01</v>
+        <v>0.3</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>0</v>
+        <v>0.22</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>0</v>
+        <v>0.3</v>
       </c>
       <c r="L3" s="1" t="n">
-        <v>0.01</v>
+        <v>0.23</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>0</v>
+        <v>0.23</v>
       </c>
       <c r="N3" s="1" t="n">
-        <v>0.01</v>
+        <v>0.23</v>
       </c>
       <c r="O3" s="1" t="n">
-        <v>0</v>
+        <v>0.21</v>
       </c>
       <c r="P3" s="1" t="n">
-        <v>0.01</v>
+        <v>0.18</v>
       </c>
       <c r="Q3" s="1" t="n">
-        <v>0.01</v>
+        <v>0.22</v>
       </c>
       <c r="R3" s="1" t="n">
-        <v>0.02</v>
+        <v>0.32</v>
       </c>
       <c r="S3" s="1" t="n">
-        <v>0.02</v>
+        <v>0.19</v>
       </c>
       <c r="T3" s="1" t="n">
-        <v>0</v>
+        <v>0.17</v>
       </c>
       <c r="U3" s="1" t="n">
-        <v>0</v>
+        <v>0.23</v>
       </c>
       <c r="V3" s="1" t="n">
-        <v>0.01</v>
+        <v>0.29</v>
       </c>
       <c r="W3" s="1" t="n">
-        <v>0.01</v>
+        <v>0.17</v>
       </c>
       <c r="X3" s="1" t="n">
-        <v>0</v>
+        <v>0.25</v>
       </c>
       <c r="Y3" s="1" t="n">
-        <v>0</v>
+        <v>0.24</v>
       </c>
       <c r="Z3" s="1" t="n">
-        <v>0</v>
+        <v>0.18</v>
       </c>
       <c r="AA3" s="1" t="n">
-        <v>0.03</v>
+        <v>0.25</v>
       </c>
       <c r="AB3" s="1" t="n">
-        <v>0.01</v>
+        <v>0.3</v>
       </c>
       <c r="AC3" s="1" t="n">
-        <v>0.02</v>
+        <v>0.22</v>
       </c>
       <c r="AD3" s="1" t="n">
-        <v>0</v>
+        <v>0.24</v>
       </c>
       <c r="AE3" s="1" t="n">
-        <v>0.01</v>
+        <v>0.23</v>
       </c>
       <c r="AF3" s="1" t="n">
-        <v>0</v>
+        <v>0.16</v>
       </c>
       <c r="AG3" s="1" t="n">
-        <v>0</v>
+        <v>0.2</v>
       </c>
       <c r="AH3" s="1" t="n">
-        <v>0.01</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AI3" s="1" t="n">
-        <v>0.01</v>
+        <v>0.28</v>
       </c>
       <c r="AJ3" s="1" t="n">
-        <v>0.01</v>
+        <v>0.2</v>
       </c>
       <c r="AK3" s="1" t="n">
-        <v>0</v>
+        <v>0.25</v>
       </c>
       <c r="AL3" s="1" t="n">
-        <v>0.02</v>
+        <v>0.18</v>
       </c>
       <c r="AM3" s="1" t="n">
-        <v>0</v>
+        <v>0.22</v>
       </c>
       <c r="AN3" s="1" t="n">
-        <v>0</v>
+        <v>0.2</v>
       </c>
       <c r="AO3" s="1" t="n">
-        <v>0</v>
+        <v>0.15</v>
+      </c>
+      <c r="AP3" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AQ3" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AR3" s="1" t="n">
+        <v>0.15</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.01</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.02</v>
+        <v>0.08</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.01</v>
+        <v>0.1</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.02</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>0</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.01</v>
+        <v>0.08</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0</v>
+        <v>0.06</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>0.02</v>
+        <v>0.11</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>0.02</v>
+        <v>0.09</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>0.01</v>
+        <v>0.1</v>
       </c>
       <c r="T4" s="1" t="n">
-        <v>0.01</v>
+        <v>0.14</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
       <c r="W4" s="1" t="n">
-        <v>0.01</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>0.01</v>
+        <v>0.12</v>
       </c>
       <c r="Y4" s="1" t="n">
-        <v>0.02</v>
+        <v>0.06</v>
       </c>
       <c r="Z4" s="1" t="n">
-        <v>0.01</v>
+        <v>0.1</v>
       </c>
       <c r="AA4" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="AB4" s="1" t="n">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
       <c r="AC4" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="AD4" s="1" t="n">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="AE4" s="1" t="n">
-        <v>0.01</v>
+        <v>0.09</v>
       </c>
       <c r="AF4" s="1" t="n">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
       <c r="AG4" s="1" t="n">
-        <v>0.01</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AH4" s="1" t="n">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="AI4" s="1" t="n">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="AJ4" s="1" t="n">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
       <c r="AK4" s="1" t="n">
-        <v>0.01</v>
+        <v>0.11</v>
       </c>
       <c r="AL4" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AM4" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AN4" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AO4" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AP4" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="AQ4" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AR4" s="1" t="n">
         <v>0.04</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.01</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
@@ -7355,899 +7832,965 @@
       <c r="Y5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="Z5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AA5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AB5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AC5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AD5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AE5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AF5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AG5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AH5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AK5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AN5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AO5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
+      </c>
+      <c r="AP5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AR5" s="1" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
-        <v>0</v>
+        <v>0.24</v>
       </c>
       <c r="C6" s="1" t="n">
-        <v>0</v>
+        <v>0.25</v>
       </c>
       <c r="D6" s="1" t="n">
-        <v>0</v>
+        <v>0.16</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>0</v>
+        <v>0.21</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>0</v>
+        <v>0.27</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>0</v>
+        <v>0.18</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>0</v>
+        <v>0.16</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>0</v>
+        <v>0.19</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>0</v>
+        <v>0.21</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>0</v>
+        <v>0.17</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>0</v>
+        <v>0.24</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>0</v>
+        <v>0.23</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>0</v>
+        <v>0.23</v>
       </c>
       <c r="O6" s="1" t="n">
-        <v>0</v>
+        <v>0.22</v>
       </c>
       <c r="P6" s="1" t="n">
-        <v>0</v>
+        <v>0.22</v>
       </c>
       <c r="Q6" s="1" t="n">
-        <v>0</v>
+        <v>0.27</v>
       </c>
       <c r="R6" s="1" t="n">
-        <v>0</v>
+        <v>0.21</v>
       </c>
       <c r="S6" s="1" t="n">
-        <v>0</v>
+        <v>0.17</v>
       </c>
       <c r="T6" s="1" t="n">
-        <v>0</v>
+        <v>0.3</v>
       </c>
       <c r="U6" s="1" t="n">
-        <v>0</v>
+        <v>0.2</v>
       </c>
       <c r="V6" s="1" t="n">
-        <v>0</v>
+        <v>0.18</v>
       </c>
       <c r="W6" s="1" t="n">
-        <v>0.01</v>
+        <v>0.31</v>
       </c>
       <c r="X6" s="1" t="n">
-        <v>0</v>
+        <v>0.22</v>
       </c>
       <c r="Y6" s="1" t="n">
-        <v>0</v>
+        <v>0.22</v>
       </c>
       <c r="Z6" s="1" t="n">
-        <v>0</v>
+        <v>0.23</v>
       </c>
       <c r="AA6" s="1" t="n">
-        <v>0</v>
+        <v>0.24</v>
       </c>
       <c r="AB6" s="1" t="n">
-        <v>0</v>
+        <v>0.2</v>
       </c>
       <c r="AC6" s="1" t="n">
-        <v>0</v>
+        <v>0.27</v>
       </c>
       <c r="AD6" s="1" t="n">
-        <v>0</v>
+        <v>0.22</v>
       </c>
       <c r="AE6" s="1" t="n">
-        <v>0</v>
+        <v>0.27</v>
       </c>
       <c r="AF6" s="1" t="n">
-        <v>0</v>
+        <v>0.2</v>
       </c>
       <c r="AG6" s="1" t="n">
-        <v>0</v>
+        <v>0.25</v>
       </c>
       <c r="AH6" s="1" t="n">
-        <v>0</v>
+        <v>0.23</v>
       </c>
       <c r="AI6" s="1" t="n">
-        <v>0</v>
+        <v>0.17</v>
       </c>
       <c r="AJ6" s="1" t="n">
-        <v>0</v>
+        <v>0.2</v>
       </c>
       <c r="AK6" s="1" t="n">
-        <v>0</v>
+        <v>0.25</v>
       </c>
       <c r="AL6" s="1" t="n">
-        <v>0</v>
+        <v>0.25</v>
       </c>
       <c r="AM6" s="1" t="n">
-        <v>0</v>
+        <v>0.18</v>
       </c>
       <c r="AN6" s="1" t="n">
-        <v>0</v>
+        <v>0.22</v>
       </c>
       <c r="AO6" s="1" t="n">
-        <v>0</v>
+        <v>0.27</v>
+      </c>
+      <c r="AP6" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AQ6" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="AR6" s="1" t="n">
+        <v>0.28</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
-        <v>0.93</v>
+        <v>0.25</v>
       </c>
       <c r="C7" s="1" t="n">
-        <v>0.9</v>
+        <v>0.29</v>
       </c>
       <c r="D7" s="1" t="n">
-        <v>0.88</v>
+        <v>0.25</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>0.91</v>
+        <v>0.19</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>0.9399999999999999</v>
+        <v>0.21</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>0.9399999999999999</v>
+        <v>0.25</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>0.9399999999999999</v>
+        <v>0.27</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>0.9</v>
+        <v>0.24</v>
       </c>
       <c r="J7" s="1" t="n">
-        <v>0.88</v>
+        <v>0.23</v>
       </c>
       <c r="K7" s="1" t="n">
-        <v>0.92</v>
+        <v>0.21</v>
       </c>
       <c r="L7" s="1" t="n">
-        <v>0.87</v>
+        <v>0.25</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>0.89</v>
+        <v>0.23</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>0.91</v>
+        <v>0.24</v>
       </c>
       <c r="O7" s="1" t="n">
-        <v>0.87</v>
+        <v>0.32</v>
       </c>
       <c r="P7" s="1" t="n">
-        <v>0.89</v>
+        <v>0.28</v>
       </c>
       <c r="Q7" s="1" t="n">
-        <v>0.88</v>
+        <v>0.22</v>
       </c>
       <c r="R7" s="1" t="n">
-        <v>0.9399999999999999</v>
+        <v>0.3</v>
       </c>
       <c r="S7" s="1" t="n">
-        <v>0.93</v>
+        <v>0.32</v>
       </c>
       <c r="T7" s="1" t="n">
-        <v>0.9399999999999999</v>
+        <v>0.28</v>
       </c>
       <c r="U7" s="1" t="n">
-        <v>0.91</v>
+        <v>0.22</v>
       </c>
       <c r="V7" s="1" t="n">
-        <v>0.95</v>
+        <v>0.37</v>
       </c>
       <c r="W7" s="1" t="n">
-        <v>0.93</v>
+        <v>0.28</v>
       </c>
       <c r="X7" s="1" t="n">
-        <v>0.9399999999999999</v>
+        <v>0.28</v>
       </c>
       <c r="Y7" s="1" t="n">
-        <v>0.92</v>
+        <v>0.29</v>
       </c>
       <c r="Z7" s="1" t="n">
-        <v>0.88</v>
+        <v>0.35</v>
       </c>
       <c r="AA7" s="1" t="n">
-        <v>0.9</v>
+        <v>0.3</v>
       </c>
       <c r="AB7" s="1" t="n">
-        <v>0.95</v>
+        <v>0.24</v>
       </c>
       <c r="AC7" s="1" t="n">
-        <v>0.89</v>
+        <v>0.26</v>
       </c>
       <c r="AD7" s="1" t="n">
-        <v>0.96</v>
+        <v>0.29</v>
       </c>
       <c r="AE7" s="1" t="n">
-        <v>0.91</v>
+        <v>0.26</v>
       </c>
       <c r="AF7" s="1" t="n">
-        <v>0.92</v>
+        <v>0.39</v>
       </c>
       <c r="AG7" s="1" t="n">
-        <v>0.89</v>
+        <v>0.29</v>
       </c>
       <c r="AH7" s="1" t="n">
-        <v>0.93</v>
+        <v>0.31</v>
       </c>
       <c r="AI7" s="1" t="n">
-        <v>0.92</v>
+        <v>0.26</v>
       </c>
       <c r="AJ7" s="1" t="n">
-        <v>0.85</v>
+        <v>0.32</v>
       </c>
       <c r="AK7" s="1" t="n">
-        <v>0.95</v>
+        <v>0.26</v>
       </c>
       <c r="AL7" s="1" t="n">
-        <v>0.9</v>
+        <v>0.34</v>
       </c>
       <c r="AM7" s="1" t="n">
-        <v>0.91</v>
+        <v>0.32</v>
       </c>
       <c r="AN7" s="1" t="n">
-        <v>0.9399999999999999</v>
+        <v>0.33</v>
       </c>
       <c r="AO7" s="1" t="n">
-        <v>0.9</v>
+        <v>0.3</v>
+      </c>
+      <c r="AP7" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="AQ7" s="1" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="AR7" s="1" t="n">
+        <v>0.21</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="C8" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="D8" s="1" t="n">
-        <v>0</v>
+        <v>0.08</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>0</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>0</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
       <c r="H8" s="1" t="n">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="I8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
       <c r="J8" s="1" t="n">
-        <v>0.02</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="K8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="L8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
       <c r="M8" s="1" t="n">
-        <v>0</v>
+        <v>0.06</v>
       </c>
       <c r="N8" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="O8" s="1" t="n">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="P8" s="1" t="n">
-        <v>0</v>
+        <v>0.11</v>
       </c>
       <c r="Q8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.08</v>
       </c>
       <c r="R8" s="1" t="n">
-        <v>0</v>
+        <v>0.08</v>
       </c>
       <c r="S8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
       <c r="T8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="U8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.14</v>
       </c>
       <c r="V8" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="W8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="X8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
       <c r="Y8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="Z8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="AA8" s="1" t="n">
-        <v>0.02</v>
+        <v>0.06</v>
       </c>
       <c r="AB8" s="1" t="n">
-        <v>0</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AC8" s="1" t="n">
-        <v>0</v>
+        <v>0.14</v>
       </c>
       <c r="AD8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="AE8" s="1" t="n">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="AF8" s="1" t="n">
-        <v>0</v>
+        <v>0.06</v>
       </c>
       <c r="AG8" s="1" t="n">
-        <v>0</v>
+        <v>0.12</v>
       </c>
       <c r="AH8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.16</v>
       </c>
       <c r="AI8" s="1" t="n">
-        <v>0</v>
+        <v>0.08</v>
       </c>
       <c r="AJ8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.11</v>
       </c>
       <c r="AK8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="AL8" s="1" t="n">
-        <v>0</v>
+        <v>0.09</v>
       </c>
       <c r="AM8" s="1" t="n">
-        <v>0.02</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AN8" s="1" t="n">
-        <v>0.01</v>
+        <v>0.09</v>
       </c>
       <c r="AO8" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
+      </c>
+      <c r="AP8" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AQ8" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AR8" s="1" t="n">
+        <v>0.19</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.08</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="I9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="J9" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="K9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="L9" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="M9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="N9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="O9" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="P9" s="1" t="n">
         <v>0.04</v>
       </c>
-      <c r="K9" s="1" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="Q9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="R9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="S9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="T9" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="U9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="V9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="W9" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="X9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="Y9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="Z9" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AA9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AB9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="AC9" s="1" t="n">
-        <v>0.05</v>
+        <v>0.04</v>
       </c>
       <c r="AD9" s="1" t="n">
-        <v>0</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AE9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AF9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.06</v>
       </c>
       <c r="AG9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="AH9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AI9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
       <c r="AJ9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AK9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AL9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AM9" s="1" t="n">
         <v>0.04</v>
       </c>
-      <c r="AK9" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AN9" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AO9" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
+      </c>
+      <c r="AP9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AQ9" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AR9" s="1" t="n">
+        <v>0.02</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
-        <v>300</v>
+        <v>95</v>
       </c>
       <c r="C10" t="n">
-        <v>282</v>
+        <v>96</v>
       </c>
       <c r="D10" t="n">
-        <v>266</v>
+        <v>84</v>
       </c>
       <c r="E10" t="n">
-        <v>276</v>
+        <v>84</v>
       </c>
       <c r="F10" t="n">
-        <v>229</v>
+        <v>94</v>
       </c>
       <c r="G10" t="n">
-        <v>248</v>
+        <v>101</v>
       </c>
       <c r="H10" t="n">
-        <v>240</v>
+        <v>92</v>
       </c>
       <c r="I10" t="n">
-        <v>222</v>
+        <v>83</v>
       </c>
       <c r="J10" t="n">
-        <v>228</v>
+        <v>85</v>
       </c>
       <c r="K10" t="n">
-        <v>221</v>
+        <v>86</v>
       </c>
       <c r="L10" t="n">
-        <v>209</v>
+        <v>87</v>
       </c>
       <c r="M10" t="n">
-        <v>225</v>
+        <v>88</v>
       </c>
       <c r="N10" t="n">
-        <v>225</v>
+        <v>86</v>
       </c>
       <c r="O10" t="n">
-        <v>212</v>
+        <v>99</v>
       </c>
       <c r="P10" t="n">
-        <v>183</v>
+        <v>62</v>
       </c>
       <c r="Q10" t="n">
-        <v>215</v>
+        <v>83</v>
       </c>
       <c r="R10" t="n">
-        <v>232</v>
+        <v>75</v>
       </c>
       <c r="S10" t="n">
-        <v>225</v>
+        <v>85</v>
       </c>
       <c r="T10" t="n">
-        <v>230</v>
+        <v>83</v>
       </c>
       <c r="U10" t="n">
-        <v>207</v>
+        <v>77</v>
       </c>
       <c r="V10" t="n">
-        <v>223</v>
+        <v>86</v>
       </c>
       <c r="W10" t="n">
-        <v>209</v>
+        <v>79</v>
       </c>
       <c r="X10" t="n">
-        <v>211</v>
+        <v>81</v>
       </c>
       <c r="Y10" t="n">
-        <v>231</v>
+        <v>83</v>
       </c>
       <c r="Z10" t="n">
-        <v>223</v>
+        <v>80</v>
       </c>
       <c r="AA10" t="n">
-        <v>238</v>
+        <v>87</v>
       </c>
       <c r="AB10" t="n">
-        <v>223</v>
+        <v>77</v>
       </c>
       <c r="AC10" t="n">
-        <v>227</v>
+        <v>84</v>
       </c>
       <c r="AD10" t="n">
-        <v>205</v>
+        <v>80</v>
       </c>
       <c r="AE10" t="n">
-        <v>235</v>
+        <v>95</v>
       </c>
       <c r="AF10" t="n">
-        <v>241</v>
+        <v>89</v>
       </c>
       <c r="AG10" t="n">
-        <v>222</v>
+        <v>89</v>
       </c>
       <c r="AH10" t="n">
-        <v>219</v>
+        <v>86</v>
       </c>
       <c r="AI10" t="n">
-        <v>229</v>
+        <v>88</v>
       </c>
       <c r="AJ10" t="n">
-        <v>248</v>
+        <v>89</v>
       </c>
       <c r="AK10" t="n">
-        <v>231</v>
+        <v>95</v>
       </c>
       <c r="AL10" t="n">
-        <v>228</v>
+        <v>77</v>
       </c>
       <c r="AM10" t="n">
-        <v>264</v>
+        <v>92</v>
       </c>
       <c r="AN10" t="n">
-        <v>236</v>
+        <v>93</v>
       </c>
       <c r="AO10" t="n">
-        <v>214</v>
+        <v>75</v>
+      </c>
+      <c r="AP10" t="n">
+        <v>93</v>
+      </c>
+      <c r="AQ10" t="n">
+        <v>88</v>
+      </c>
+      <c r="AR10" t="n">
+        <v>85</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
-        <v>209</v>
+        <v>83</v>
       </c>
       <c r="C11" t="n">
-        <v>226</v>
+        <v>89</v>
       </c>
       <c r="D11" t="n">
-        <v>231</v>
+        <v>91</v>
       </c>
       <c r="E11" t="n">
-        <v>227</v>
+        <v>90</v>
       </c>
       <c r="F11" t="n">
-        <v>219</v>
+        <v>87</v>
       </c>
       <c r="G11" t="n">
-        <v>225</v>
+        <v>89</v>
       </c>
       <c r="H11" t="n">
-        <v>222</v>
+        <v>88</v>
       </c>
       <c r="I11" t="n">
-        <v>203</v>
+        <v>80</v>
       </c>
       <c r="J11" t="n">
-        <v>214</v>
+        <v>84</v>
       </c>
       <c r="K11" t="n">
-        <v>213</v>
+        <v>84</v>
       </c>
       <c r="L11" t="n">
-        <v>210</v>
+        <v>83</v>
       </c>
       <c r="M11" t="n">
-        <v>215</v>
+        <v>85</v>
       </c>
       <c r="N11" t="n">
-        <v>220</v>
+        <v>87</v>
       </c>
       <c r="O11" t="n">
-        <v>220</v>
+        <v>87</v>
       </c>
       <c r="P11" t="n">
-        <v>189</v>
+        <v>75</v>
       </c>
       <c r="Q11" t="n">
-        <v>210</v>
+        <v>83</v>
       </c>
       <c r="R11" t="n">
-        <v>203</v>
+        <v>80</v>
       </c>
       <c r="S11" t="n">
-        <v>211</v>
+        <v>83</v>
       </c>
       <c r="T11" t="n">
-        <v>208</v>
+        <v>82</v>
       </c>
       <c r="U11" t="n">
-        <v>189</v>
+        <v>75</v>
       </c>
       <c r="V11" t="n">
-        <v>206</v>
+        <v>81</v>
       </c>
       <c r="W11" t="n">
-        <v>200</v>
+        <v>79</v>
       </c>
       <c r="X11" t="n">
-        <v>206</v>
+        <v>82</v>
       </c>
       <c r="Y11" t="n">
-        <v>222</v>
+        <v>88</v>
       </c>
       <c r="Z11" t="n">
-        <v>212</v>
+        <v>84</v>
       </c>
       <c r="AA11" t="n">
-        <v>221</v>
+        <v>87</v>
       </c>
       <c r="AB11" t="n">
-        <v>203</v>
+        <v>80</v>
       </c>
       <c r="AC11" t="n">
-        <v>209</v>
+        <v>83</v>
       </c>
       <c r="AD11" t="n">
-        <v>203</v>
+        <v>80</v>
       </c>
       <c r="AE11" t="n">
-        <v>225</v>
+        <v>89</v>
       </c>
       <c r="AF11" t="n">
-        <v>227</v>
+        <v>90</v>
       </c>
       <c r="AG11" t="n">
-        <v>216</v>
+        <v>85</v>
       </c>
       <c r="AH11" t="n">
-        <v>219</v>
+        <v>86</v>
       </c>
       <c r="AI11" t="n">
-        <v>225</v>
+        <v>89</v>
       </c>
       <c r="AJ11" t="n">
-        <v>232</v>
+        <v>92</v>
       </c>
       <c r="AK11" t="n">
-        <v>218</v>
+        <v>86</v>
       </c>
       <c r="AL11" t="n">
-        <v>214</v>
+        <v>85</v>
       </c>
       <c r="AM11" t="n">
-        <v>237</v>
+        <v>94</v>
       </c>
       <c r="AN11" t="n">
-        <v>213</v>
+        <v>84</v>
       </c>
       <c r="AO11" t="n">
-        <v>207</v>
+        <v>82</v>
+      </c>
+      <c r="AP11" t="n">
+        <v>83</v>
+      </c>
+      <c r="AQ11" t="n">
+        <v>85</v>
+      </c>
+      <c r="AR11" t="n">
+        <v>83</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AO11"/>
+  <dimension ref="A1:AR11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
+    <col width="14" customWidth="1" min="42" max="42"/>
+    <col width="14" customWidth="1" min="43" max="43"/>
+    <col width="14" customWidth="1" min="44" max="44"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -8412,1381 +8955,1489 @@
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
+      <c r="AP1" t="inlineStr">
+        <is>
+          <t>2025-10-20</t>
+        </is>
+      </c>
+      <c r="AQ1" t="inlineStr">
+        <is>
+          <t>2025-10-27</t>
+        </is>
+      </c>
+      <c r="AR1" t="inlineStr">
+        <is>
+          <t>2025-11-03</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.17</v>
+        <v>0.79</v>
       </c>
       <c r="C2" s="1" t="n">
-        <v>0.17</v>
+        <v>0.74</v>
       </c>
       <c r="D2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.76</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.71</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>0.19</v>
+        <v>0.6899999999999999</v>
       </c>
       <c r="G2" s="1" t="n">
-        <v>0.17</v>
+        <v>0.72</v>
       </c>
       <c r="H2" s="1" t="n">
-        <v>0.19</v>
+        <v>0.73</v>
       </c>
       <c r="I2" s="1" t="n">
-        <v>0.13</v>
+        <v>0.7</v>
       </c>
       <c r="J2" s="1" t="n">
-        <v>0.17</v>
+        <v>0.74</v>
       </c>
       <c r="K2" s="1" t="n">
-        <v>0.13</v>
+        <v>0.76</v>
       </c>
       <c r="L2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.7</v>
       </c>
       <c r="M2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.72</v>
       </c>
       <c r="N2" s="1" t="n">
-        <v>0.18</v>
+        <v>0.74</v>
       </c>
       <c r="O2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.71</v>
       </c>
       <c r="P2" s="1" t="n">
-        <v>0.17</v>
+        <v>0.6899999999999999</v>
       </c>
       <c r="Q2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.67</v>
       </c>
       <c r="R2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.62</v>
       </c>
       <c r="S2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.6</v>
       </c>
       <c r="T2" s="1" t="n">
-        <v>0.14</v>
+        <v>0.58</v>
       </c>
       <c r="U2" s="1" t="n">
-        <v>0.17</v>
+        <v>0.66</v>
       </c>
       <c r="V2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.61</v>
       </c>
       <c r="W2" s="1" t="n">
-        <v>0.13</v>
+        <v>0.62</v>
       </c>
       <c r="X2" s="1" t="n">
-        <v>0.14</v>
+        <v>0.63</v>
       </c>
       <c r="Y2" s="1" t="n">
-        <v>0.14</v>
+        <v>0.63</v>
       </c>
       <c r="Z2" s="1" t="n">
-        <v>0.13</v>
+        <v>0.61</v>
       </c>
       <c r="AA2" s="1" t="n">
-        <v>0.14</v>
+        <v>0.62</v>
       </c>
       <c r="AB2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.6</v>
       </c>
       <c r="AC2" s="1" t="n">
-        <v>0.14</v>
+        <v>0.63</v>
       </c>
       <c r="AD2" s="1" t="n">
-        <v>0.12</v>
+        <v>0.57</v>
       </c>
       <c r="AE2" s="1" t="n">
-        <v>0.13</v>
+        <v>0.63</v>
       </c>
       <c r="AF2" s="1" t="n">
-        <v>0.13</v>
+        <v>0.61</v>
       </c>
       <c r="AG2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.64</v>
       </c>
       <c r="AH2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.6</v>
       </c>
       <c r="AI2" s="1" t="n">
-        <v>0.12</v>
+        <v>0.62</v>
       </c>
       <c r="AJ2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.59</v>
       </c>
       <c r="AK2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.6</v>
       </c>
       <c r="AL2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.57</v>
       </c>
       <c r="AM2" s="1" t="n">
-        <v>0.14</v>
+        <v>0.59</v>
       </c>
       <c r="AN2" s="1" t="n">
-        <v>0.13</v>
+        <v>0.58</v>
       </c>
       <c r="AO2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.6</v>
+      </c>
+      <c r="AP2" s="1" t="n">
+        <v>0.61</v>
+      </c>
+      <c r="AQ2" s="1" t="n">
+        <v>0.61</v>
+      </c>
+      <c r="AR2" s="1" t="n">
+        <v>0.59</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.39</v>
+        <v>0.01</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>0.35</v>
+        <v>0.03</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>0.37</v>
+        <v>0.03</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>0.37</v>
+        <v>0.02</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>0.34</v>
+        <v>0.02</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>0.37</v>
+        <v>0.02</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>0.35</v>
+        <v>0.01</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>0.4</v>
+        <v>0.02</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>0.34</v>
+        <v>0.01</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>0.39</v>
+        <v>0.03</v>
       </c>
       <c r="L3" s="1" t="n">
-        <v>0.35</v>
+        <v>0.03</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>0.34</v>
+        <v>0.02</v>
       </c>
       <c r="N3" s="1" t="n">
-        <v>0.35</v>
+        <v>0.01</v>
       </c>
       <c r="O3" s="1" t="n">
-        <v>0.34</v>
+        <v>0.02</v>
       </c>
       <c r="P3" s="1" t="n">
-        <v>0.34</v>
+        <v>0.02</v>
       </c>
       <c r="Q3" s="1" t="n">
-        <v>0.35</v>
+        <v>0.03</v>
       </c>
       <c r="R3" s="1" t="n">
-        <v>0.32</v>
+        <v>0.02</v>
       </c>
       <c r="S3" s="1" t="n">
-        <v>0.35</v>
+        <v>0.02</v>
       </c>
       <c r="T3" s="1" t="n">
-        <v>0.33</v>
+        <v>0.02</v>
       </c>
       <c r="U3" s="1" t="n">
-        <v>0.3</v>
+        <v>0.02</v>
       </c>
       <c r="V3" s="1" t="n">
-        <v>0.35</v>
+        <v>0.01</v>
       </c>
       <c r="W3" s="1" t="n">
-        <v>0.36</v>
+        <v>0.02</v>
       </c>
       <c r="X3" s="1" t="n">
-        <v>0.36</v>
+        <v>0.02</v>
       </c>
       <c r="Y3" s="1" t="n">
-        <v>0.37</v>
+        <v>0.02</v>
       </c>
       <c r="Z3" s="1" t="n">
-        <v>0.36</v>
+        <v>0.02</v>
       </c>
       <c r="AA3" s="1" t="n">
-        <v>0.34</v>
+        <v>0.04</v>
       </c>
       <c r="AB3" s="1" t="n">
-        <v>0.31</v>
+        <v>0.02</v>
       </c>
       <c r="AC3" s="1" t="n">
-        <v>0.33</v>
+        <v>0.02</v>
       </c>
       <c r="AD3" s="1" t="n">
-        <v>0.33</v>
+        <v>0.02</v>
       </c>
       <c r="AE3" s="1" t="n">
-        <v>0.34</v>
+        <v>0.03</v>
       </c>
       <c r="AF3" s="1" t="n">
-        <v>0.32</v>
+        <v>0.02</v>
       </c>
       <c r="AG3" s="1" t="n">
-        <v>0.32</v>
+        <v>0.01</v>
       </c>
       <c r="AH3" s="1" t="n">
-        <v>0.28</v>
+        <v>0.01</v>
       </c>
       <c r="AI3" s="1" t="n">
-        <v>0.33</v>
+        <v>0.02</v>
       </c>
       <c r="AJ3" s="1" t="n">
-        <v>0.33</v>
+        <v>0.01</v>
       </c>
       <c r="AK3" s="1" t="n">
-        <v>0.28</v>
+        <v>0.02</v>
       </c>
       <c r="AL3" s="1" t="n">
-        <v>0.31</v>
+        <v>0.01</v>
       </c>
       <c r="AM3" s="1" t="n">
-        <v>0.31</v>
+        <v>0.02</v>
       </c>
       <c r="AN3" s="1" t="n">
-        <v>0.29</v>
+        <v>0.02</v>
       </c>
       <c r="AO3" s="1" t="n">
-        <v>0.29</v>
+        <v>0.01</v>
+      </c>
+      <c r="AP3" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AQ3" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AR3" s="1" t="n">
+        <v>0.02</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.23</v>
+        <v>0.02</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.04</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.02</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.23</v>
+        <v>0.01</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.22</v>
+        <v>0.05</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.04</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.22</v>
+        <v>0.04</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.05</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>0.24</v>
+        <v>0.03</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.22</v>
+        <v>0.01</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.23</v>
+        <v>0.06</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.03</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>0.26</v>
+        <v>0.06</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>0.22</v>
+        <v>0.03</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.02</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>0.25</v>
+        <v>0.04</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>0.22</v>
+        <v>0.04</v>
       </c>
       <c r="T4" s="1" t="n">
-        <v>0.25</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>0.23</v>
+        <v>0.04</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>0.25</v>
+        <v>0.05</v>
       </c>
       <c r="W4" s="1" t="n">
-        <v>0.23</v>
+        <v>0.04</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.03</v>
       </c>
       <c r="Y4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.05</v>
       </c>
       <c r="Z4" s="1" t="n">
-        <v>0.24</v>
+        <v>0.04</v>
       </c>
       <c r="AA4" s="1" t="n">
-        <v>0.22</v>
+        <v>0.03</v>
       </c>
       <c r="AB4" s="1" t="n">
-        <v>0.24</v>
+        <v>0.04</v>
       </c>
       <c r="AC4" s="1" t="n">
-        <v>0.23</v>
+        <v>0.05</v>
       </c>
       <c r="AD4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.04</v>
       </c>
       <c r="AE4" s="1" t="n">
-        <v>0.22</v>
+        <v>0.02</v>
       </c>
       <c r="AF4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.03</v>
       </c>
       <c r="AG4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.04</v>
       </c>
       <c r="AH4" s="1" t="n">
-        <v>0.23</v>
+        <v>0.05</v>
       </c>
       <c r="AI4" s="1" t="n">
-        <v>0.22</v>
+        <v>0.06</v>
       </c>
       <c r="AJ4" s="1" t="n">
-        <v>0.23</v>
+        <v>0.05</v>
       </c>
       <c r="AK4" s="1" t="n">
-        <v>0.24</v>
+        <v>0.05</v>
       </c>
       <c r="AL4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.03</v>
       </c>
       <c r="AM4" s="1" t="n">
-        <v>0.24</v>
+        <v>0.05</v>
       </c>
       <c r="AN4" s="1" t="n">
-        <v>0.26</v>
+        <v>0.08</v>
       </c>
       <c r="AO4" s="1" t="n">
-        <v>0.22</v>
+        <v>0.06</v>
+      </c>
+      <c r="AP4" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AQ4" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AR4" s="1" t="n">
+        <v>0.05</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>0.06</v>
+        <v>0</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>0.06</v>
+        <v>0</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>0.08</v>
+        <v>0</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>0.06</v>
+        <v>0.01</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>0.06</v>
+        <v>0</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>0.06</v>
+        <v>0</v>
       </c>
       <c r="AG5" s="1" t="n">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="AH5" s="1" t="n">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="AI5" s="1" t="n">
-        <v>0.06</v>
+        <v>0</v>
       </c>
       <c r="AJ5" s="1" t="n">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
       <c r="AK5" s="1" t="n">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="AL5" s="1" t="n">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
       <c r="AM5" s="1" t="n">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="AN5" s="1" t="n">
-        <v>0.06</v>
+        <v>0.01</v>
       </c>
       <c r="AO5" s="1" t="n">
-        <v>0.04</v>
+        <v>0.01</v>
+      </c>
+      <c r="AP5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AR5" s="1" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="O6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="P6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="Q6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="R6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="S6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="T6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="U6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="V6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="W6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="X6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="Y6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="Z6" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="AA6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AB6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AC6" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="AD6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AE6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AF6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AG6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AH6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AI6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AJ6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AK6" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="AL6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AN6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AO6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
+      </c>
+      <c r="AP6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AR6" s="1" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
-        <v>0.03</v>
+        <v>0.16</v>
       </c>
       <c r="C7" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.17</v>
       </c>
       <c r="D7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.18</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>0.06</v>
+        <v>0.24</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.23</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.22</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>0.06</v>
+        <v>0.2</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>0.06</v>
+        <v>0.22</v>
       </c>
       <c r="J7" s="1" t="n">
-        <v>0.06</v>
+        <v>0.22</v>
       </c>
       <c r="K7" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.18</v>
       </c>
       <c r="L7" s="1" t="n">
-        <v>0.05</v>
+        <v>0.18</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>0.06</v>
+        <v>0.22</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>0.04</v>
+        <v>0.18</v>
       </c>
       <c r="O7" s="1" t="n">
-        <v>0.04</v>
+        <v>0.2</v>
       </c>
       <c r="P7" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.2</v>
       </c>
       <c r="Q7" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.25</v>
       </c>
       <c r="R7" s="1" t="n">
-        <v>0.09</v>
+        <v>0.3</v>
       </c>
       <c r="S7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.31</v>
       </c>
       <c r="T7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.33</v>
       </c>
       <c r="U7" s="1" t="n">
-        <v>0.1</v>
+        <v>0.27</v>
       </c>
       <c r="V7" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.3</v>
       </c>
       <c r="W7" s="1" t="n">
-        <v>0.09</v>
+        <v>0.3</v>
       </c>
       <c r="X7" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.29</v>
       </c>
       <c r="Y7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.28</v>
       </c>
       <c r="Z7" s="1" t="n">
-        <v>0.06</v>
+        <v>0.31</v>
       </c>
       <c r="AA7" s="1" t="n">
-        <v>0.06</v>
+        <v>0.29</v>
       </c>
       <c r="AB7" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.32</v>
       </c>
       <c r="AC7" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.28</v>
       </c>
       <c r="AD7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.35</v>
       </c>
       <c r="AE7" s="1" t="n">
-        <v>0.06</v>
+        <v>0.31</v>
       </c>
       <c r="AF7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.31</v>
       </c>
       <c r="AG7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.29</v>
       </c>
       <c r="AH7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.3</v>
       </c>
       <c r="AI7" s="1" t="n">
-        <v>0.09</v>
+        <v>0.28</v>
       </c>
       <c r="AJ7" s="1" t="n">
-        <v>0.06</v>
+        <v>0.33</v>
       </c>
       <c r="AK7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.32</v>
       </c>
       <c r="AL7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.35</v>
       </c>
       <c r="AM7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.35</v>
       </c>
       <c r="AN7" s="1" t="n">
-        <v>0.06</v>
+        <v>0.29</v>
       </c>
       <c r="AO7" s="1" t="n">
-        <v>0.08</v>
+        <v>0.32</v>
+      </c>
+      <c r="AP7" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="AQ7" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="AR7" s="1" t="n">
+        <v>0.31</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
-        <v>0.1</v>
+        <v>0.01</v>
       </c>
       <c r="C8" s="1" t="n">
-        <v>0.12</v>
+        <v>0</v>
       </c>
       <c r="D8" s="1" t="n">
-        <v>0.1</v>
+        <v>0</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>0.12</v>
+        <v>0</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>0.1</v>
+        <v>0.01</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.01</v>
       </c>
       <c r="H8" s="1" t="n">
-        <v>0.1</v>
+        <v>0</v>
       </c>
       <c r="I8" s="1" t="n">
-        <v>0.12</v>
+        <v>0.01</v>
       </c>
       <c r="J8" s="1" t="n">
-        <v>0.11</v>
+        <v>0</v>
       </c>
       <c r="K8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.01</v>
       </c>
       <c r="L8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.01</v>
       </c>
       <c r="M8" s="1" t="n">
-        <v>0.14</v>
+        <v>0.01</v>
       </c>
       <c r="N8" s="1" t="n">
-        <v>0.1</v>
+        <v>0.01</v>
       </c>
       <c r="O8" s="1" t="n">
-        <v>0.13</v>
+        <v>0.02</v>
       </c>
       <c r="P8" s="1" t="n">
-        <v>0.14</v>
+        <v>0.01</v>
       </c>
       <c r="Q8" s="1" t="n">
-        <v>0.13</v>
+        <v>0.01</v>
       </c>
       <c r="R8" s="1" t="n">
-        <v>0.12</v>
+        <v>0.01</v>
       </c>
       <c r="S8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.01</v>
       </c>
       <c r="T8" s="1" t="n">
-        <v>0.13</v>
+        <v>0</v>
       </c>
       <c r="U8" s="1" t="n">
-        <v>0.14</v>
+        <v>0</v>
       </c>
       <c r="V8" s="1" t="n">
-        <v>0.11</v>
+        <v>0</v>
       </c>
       <c r="W8" s="1" t="n">
-        <v>0.13</v>
+        <v>0</v>
       </c>
       <c r="X8" s="1" t="n">
-        <v>0.13</v>
+        <v>0.01</v>
       </c>
       <c r="Y8" s="1" t="n">
-        <v>0.12</v>
+        <v>0.01</v>
       </c>
       <c r="Z8" s="1" t="n">
-        <v>0.13</v>
+        <v>0.01</v>
       </c>
       <c r="AA8" s="1" t="n">
-        <v>0.13</v>
+        <v>0.02</v>
       </c>
       <c r="AB8" s="1" t="n">
-        <v>0.15</v>
+        <v>0.01</v>
       </c>
       <c r="AC8" s="1" t="n">
-        <v>0.14</v>
+        <v>0.01</v>
       </c>
       <c r="AD8" s="1" t="n">
-        <v>0.15</v>
+        <v>0.01</v>
       </c>
       <c r="AE8" s="1" t="n">
-        <v>0.13</v>
+        <v>0.01</v>
       </c>
       <c r="AF8" s="1" t="n">
-        <v>0.12</v>
+        <v>0.03</v>
       </c>
       <c r="AG8" s="1" t="n">
-        <v>0.14</v>
+        <v>0.01</v>
       </c>
       <c r="AH8" s="1" t="n">
-        <v>0.13</v>
+        <v>0.01</v>
       </c>
       <c r="AI8" s="1" t="n">
-        <v>0.13</v>
+        <v>0.01</v>
       </c>
       <c r="AJ8" s="1" t="n">
-        <v>0.15</v>
+        <v>0.01</v>
       </c>
       <c r="AK8" s="1" t="n">
-        <v>0.15</v>
+        <v>0</v>
       </c>
       <c r="AL8" s="1" t="n">
-        <v>0.15</v>
+        <v>0.01</v>
       </c>
       <c r="AM8" s="1" t="n">
-        <v>0.14</v>
+        <v>0</v>
       </c>
       <c r="AN8" s="1" t="n">
-        <v>0.17</v>
+        <v>0.02</v>
       </c>
       <c r="AO8" s="1" t="n">
-        <v>0.16</v>
+        <v>0</v>
+      </c>
+      <c r="AP8" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AQ8" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AR8" s="1" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="C9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="E9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="G9" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="H9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="I9" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="J9" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="K9" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="L9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="M9" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="N9" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="O9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="P9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="Q9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="R9" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="S9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="T9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="U9" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="V9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="W9" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="X9" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="Y9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="Z9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AA9" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AB9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="AC9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="AD9" s="1" t="n">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
       <c r="AE9" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="AF9" s="1" t="n">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="AG9" s="1" t="n">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
       <c r="AH9" s="1" t="n">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
       <c r="AI9" s="1" t="n">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
       <c r="AJ9" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AK9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="AL9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="AM9" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="AN9" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AO9" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
+      </c>
+      <c r="AP9" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AR9" s="1" t="n">
+        <v>0.01</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
-        <v>726</v>
+        <v>303</v>
       </c>
       <c r="C10" t="n">
-        <v>815</v>
+        <v>356</v>
       </c>
       <c r="D10" t="n">
-        <v>784</v>
+        <v>346</v>
       </c>
       <c r="E10" t="n">
-        <v>838</v>
+        <v>340</v>
       </c>
       <c r="F10" t="n">
-        <v>792</v>
+        <v>334</v>
       </c>
       <c r="G10" t="n">
-        <v>789</v>
+        <v>340</v>
       </c>
       <c r="H10" t="n">
-        <v>793</v>
+        <v>357</v>
       </c>
       <c r="I10" t="n">
-        <v>714</v>
+        <v>328</v>
       </c>
       <c r="J10" t="n">
-        <v>764</v>
+        <v>342</v>
       </c>
       <c r="K10" t="n">
-        <v>798</v>
+        <v>324</v>
       </c>
       <c r="L10" t="n">
-        <v>772</v>
+        <v>332</v>
       </c>
       <c r="M10" t="n">
-        <v>791</v>
+        <v>335</v>
       </c>
       <c r="N10" t="n">
-        <v>791</v>
+        <v>353</v>
       </c>
       <c r="O10" t="n">
-        <v>821</v>
+        <v>328</v>
       </c>
       <c r="P10" t="n">
-        <v>669</v>
+        <v>308</v>
       </c>
       <c r="Q10" t="n">
-        <v>745</v>
+        <v>343</v>
       </c>
       <c r="R10" t="n">
-        <v>694</v>
+        <v>325</v>
       </c>
       <c r="S10" t="n">
-        <v>750</v>
+        <v>320</v>
       </c>
       <c r="T10" t="n">
-        <v>710</v>
+        <v>328</v>
       </c>
       <c r="U10" t="n">
-        <v>678</v>
+        <v>300</v>
       </c>
       <c r="V10" t="n">
-        <v>736</v>
+        <v>317</v>
       </c>
       <c r="W10" t="n">
-        <v>731</v>
+        <v>310</v>
       </c>
       <c r="X10" t="n">
-        <v>715</v>
+        <v>332</v>
       </c>
       <c r="Y10" t="n">
-        <v>765</v>
+        <v>357</v>
       </c>
       <c r="Z10" t="n">
-        <v>762</v>
+        <v>333</v>
       </c>
       <c r="AA10" t="n">
-        <v>762</v>
+        <v>349</v>
       </c>
       <c r="AB10" t="n">
-        <v>673</v>
+        <v>328</v>
       </c>
       <c r="AC10" t="n">
-        <v>719</v>
+        <v>326</v>
       </c>
       <c r="AD10" t="n">
-        <v>745</v>
+        <v>335</v>
       </c>
       <c r="AE10" t="n">
-        <v>775</v>
+        <v>361</v>
       </c>
       <c r="AF10" t="n">
-        <v>796</v>
+        <v>336</v>
       </c>
       <c r="AG10" t="n">
-        <v>768</v>
+        <v>334</v>
       </c>
       <c r="AH10" t="n">
-        <v>803</v>
+        <v>278</v>
       </c>
       <c r="AI10" t="n">
-        <v>739</v>
+        <v>366</v>
       </c>
       <c r="AJ10" t="n">
-        <v>803</v>
+        <v>358</v>
       </c>
       <c r="AK10" t="n">
-        <v>753</v>
+        <v>319</v>
       </c>
       <c r="AL10" t="n">
-        <v>745</v>
+        <v>336</v>
       </c>
       <c r="AM10" t="n">
-        <v>860</v>
+        <v>332</v>
       </c>
       <c r="AN10" t="n">
-        <v>777</v>
+        <v>283</v>
       </c>
       <c r="AO10" t="n">
-        <v>729</v>
+        <v>294</v>
+      </c>
+      <c r="AP10" t="n">
+        <v>328</v>
+      </c>
+      <c r="AQ10" t="n">
+        <v>308</v>
+      </c>
+      <c r="AR10" t="n">
+        <v>320</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
-        <v>653</v>
+        <v>353</v>
       </c>
       <c r="C11" t="n">
-        <v>706</v>
+        <v>381</v>
       </c>
       <c r="D11" t="n">
-        <v>721</v>
+        <v>390</v>
       </c>
       <c r="E11" t="n">
-        <v>709</v>
+        <v>383</v>
       </c>
       <c r="F11" t="n">
-        <v>683</v>
+        <v>369</v>
       </c>
       <c r="G11" t="n">
-        <v>702</v>
+        <v>380</v>
       </c>
       <c r="H11" t="n">
-        <v>693</v>
+        <v>374</v>
       </c>
       <c r="I11" t="n">
-        <v>635</v>
+        <v>343</v>
       </c>
       <c r="J11" t="n">
-        <v>666</v>
+        <v>360</v>
       </c>
       <c r="K11" t="n">
-        <v>664</v>
+        <v>359</v>
       </c>
       <c r="L11" t="n">
-        <v>654</v>
+        <v>353</v>
       </c>
       <c r="M11" t="n">
-        <v>667</v>
+        <v>364</v>
       </c>
       <c r="N11" t="n">
-        <v>682</v>
+        <v>373</v>
       </c>
       <c r="O11" t="n">
-        <v>682</v>
+        <v>373</v>
       </c>
       <c r="P11" t="n">
-        <v>585</v>
+        <v>319</v>
       </c>
       <c r="Q11" t="n">
-        <v>651</v>
+        <v>356</v>
       </c>
       <c r="R11" t="n">
-        <v>629</v>
+        <v>344</v>
       </c>
       <c r="S11" t="n">
-        <v>653</v>
+        <v>357</v>
       </c>
       <c r="T11" t="n">
-        <v>645</v>
+        <v>353</v>
       </c>
       <c r="U11" t="n">
-        <v>586</v>
+        <v>320</v>
       </c>
       <c r="V11" t="n">
-        <v>638</v>
+        <v>349</v>
       </c>
       <c r="W11" t="n">
-        <v>619</v>
+        <v>338</v>
       </c>
       <c r="X11" t="n">
-        <v>640</v>
+        <v>350</v>
       </c>
       <c r="Y11" t="n">
-        <v>690</v>
+        <v>377</v>
       </c>
       <c r="Z11" t="n">
-        <v>658</v>
+        <v>360</v>
       </c>
       <c r="AA11" t="n">
-        <v>684</v>
+        <v>374</v>
       </c>
       <c r="AB11" t="n">
-        <v>629</v>
+        <v>344</v>
       </c>
       <c r="AC11" t="n">
-        <v>648</v>
+        <v>354</v>
       </c>
       <c r="AD11" t="n">
-        <v>629</v>
+        <v>344</v>
       </c>
       <c r="AE11" t="n">
-        <v>697</v>
+        <v>381</v>
       </c>
       <c r="AF11" t="n">
-        <v>702</v>
+        <v>384</v>
       </c>
       <c r="AG11" t="n">
-        <v>670</v>
+        <v>366</v>
       </c>
       <c r="AH11" t="n">
-        <v>678</v>
+        <v>370</v>
       </c>
       <c r="AI11" t="n">
-        <v>698</v>
+        <v>381</v>
       </c>
       <c r="AJ11" t="n">
-        <v>720</v>
+        <v>394</v>
       </c>
       <c r="AK11" t="n">
-        <v>676</v>
+        <v>369</v>
       </c>
       <c r="AL11" t="n">
-        <v>663</v>
+        <v>362</v>
       </c>
       <c r="AM11" t="n">
-        <v>734</v>
+        <v>401</v>
       </c>
       <c r="AN11" t="n">
-        <v>662</v>
+        <v>361</v>
       </c>
       <c r="AO11" t="n">
-        <v>642</v>
+        <v>351</v>
+      </c>
+      <c r="AP11" t="n">
+        <v>358</v>
+      </c>
+      <c r="AQ11" t="n">
+        <v>365</v>
+      </c>
+      <c r="AR11" t="n">
+        <v>356</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AO11"/>
+  <dimension ref="A1:AR11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
+    <col width="14" customWidth="1" min="42" max="42"/>
+    <col width="14" customWidth="1" min="43" max="43"/>
+    <col width="14" customWidth="1" min="44" max="44"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -9951,1381 +10602,1489 @@
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
+      <c r="AP1" t="inlineStr">
+        <is>
+          <t>2025-10-20</t>
+        </is>
+      </c>
+      <c r="AQ1" t="inlineStr">
+        <is>
+          <t>2025-10-27</t>
+        </is>
+      </c>
+      <c r="AR1" t="inlineStr">
+        <is>
+          <t>2025-11-03</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.34</v>
+        <v>0.05</v>
       </c>
       <c r="C2" s="1" t="n">
-        <v>0.31</v>
+        <v>0.04</v>
       </c>
       <c r="D2" s="1" t="n">
-        <v>0.31</v>
+        <v>0.04</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>0.3</v>
+        <v>0.04</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>0.26</v>
+        <v>0.04</v>
       </c>
       <c r="G2" s="1" t="n">
-        <v>0.29</v>
+        <v>0.04</v>
       </c>
       <c r="H2" s="1" t="n">
-        <v>0.26</v>
+        <v>0.05</v>
       </c>
       <c r="I2" s="1" t="n">
-        <v>0.31</v>
+        <v>0.05</v>
       </c>
       <c r="J2" s="1" t="n">
-        <v>0.3</v>
+        <v>0.05</v>
       </c>
       <c r="K2" s="1" t="n">
-        <v>0.33</v>
+        <v>0.05</v>
       </c>
       <c r="L2" s="1" t="n">
-        <v>0.32</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="M2" s="1" t="n">
-        <v>0.32</v>
+        <v>0.04</v>
       </c>
       <c r="N2" s="1" t="n">
-        <v>0.28</v>
+        <v>0.08</v>
       </c>
       <c r="O2" s="1" t="n">
-        <v>0.28</v>
+        <v>0.05</v>
       </c>
       <c r="P2" s="1" t="n">
-        <v>0.27</v>
+        <v>0.04</v>
       </c>
       <c r="Q2" s="1" t="n">
-        <v>0.27</v>
+        <v>0.05</v>
       </c>
       <c r="R2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.04</v>
       </c>
       <c r="S2" s="1" t="n">
-        <v>0.22</v>
+        <v>0.05</v>
       </c>
       <c r="T2" s="1" t="n">
-        <v>0.23</v>
+        <v>0.03</v>
       </c>
       <c r="U2" s="1" t="n">
-        <v>0.24</v>
+        <v>0.04</v>
       </c>
       <c r="V2" s="1" t="n">
-        <v>0.25</v>
+        <v>0.04</v>
       </c>
       <c r="W2" s="1" t="n">
-        <v>0.23</v>
+        <v>0.03</v>
       </c>
       <c r="X2" s="1" t="n">
-        <v>0.25</v>
+        <v>0.03</v>
       </c>
       <c r="Y2" s="1" t="n">
-        <v>0.23</v>
+        <v>0.02</v>
       </c>
       <c r="Z2" s="1" t="n">
-        <v>0.25</v>
+        <v>0.03</v>
       </c>
       <c r="AA2" s="1" t="n">
-        <v>0.22</v>
+        <v>0.03</v>
       </c>
       <c r="AB2" s="1" t="n">
-        <v>0.22</v>
+        <v>0.04</v>
       </c>
       <c r="AC2" s="1" t="n">
-        <v>0.23</v>
+        <v>0.04</v>
       </c>
       <c r="AD2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.03</v>
       </c>
       <c r="AE2" s="1" t="n">
-        <v>0.25</v>
+        <v>0.02</v>
       </c>
       <c r="AF2" s="1" t="n">
-        <v>0.25</v>
+        <v>0.04</v>
       </c>
       <c r="AG2" s="1" t="n">
-        <v>0.24</v>
+        <v>0.03</v>
       </c>
       <c r="AH2" s="1" t="n">
-        <v>0.22</v>
+        <v>0.06</v>
       </c>
       <c r="AI2" s="1" t="n">
-        <v>0.25</v>
+        <v>0.04</v>
       </c>
       <c r="AJ2" s="1" t="n">
-        <v>0.24</v>
+        <v>0.04</v>
       </c>
       <c r="AK2" s="1" t="n">
-        <v>0.22</v>
+        <v>0.04</v>
       </c>
       <c r="AL2" s="1" t="n">
-        <v>0.18</v>
+        <v>0.04</v>
       </c>
       <c r="AM2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.04</v>
       </c>
       <c r="AN2" s="1" t="n">
-        <v>0.24</v>
+        <v>0.04</v>
       </c>
       <c r="AO2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.02</v>
+      </c>
+      <c r="AP2" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AQ2" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AR2" s="1" t="n">
+        <v>0.05</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.1</v>
+        <v>0.7</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>0.1</v>
+        <v>0.6899999999999999</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>0.13</v>
+        <v>0.7</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>0.11</v>
+        <v>0.67</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>0.11</v>
+        <v>0.66</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>0.1</v>
+        <v>0.66</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>0.09</v>
+        <v>0.65</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>0.09</v>
+        <v>0.71</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>0.11</v>
+        <v>0.68</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>0.1</v>
+        <v>0.68</v>
       </c>
       <c r="L3" s="1" t="n">
-        <v>0.08</v>
+        <v>0.63</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>0.09</v>
+        <v>0.67</v>
       </c>
       <c r="N3" s="1" t="n">
-        <v>0.1</v>
+        <v>0.64</v>
       </c>
       <c r="O3" s="1" t="n">
-        <v>0.1</v>
+        <v>0.6899999999999999</v>
       </c>
       <c r="P3" s="1" t="n">
-        <v>0.08</v>
+        <v>0.62</v>
       </c>
       <c r="Q3" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.61</v>
       </c>
       <c r="R3" s="1" t="n">
-        <v>0.11</v>
+        <v>0.59</v>
       </c>
       <c r="S3" s="1" t="n">
-        <v>0.08</v>
+        <v>0.63</v>
       </c>
       <c r="T3" s="1" t="n">
-        <v>0.08</v>
+        <v>0.58</v>
       </c>
       <c r="U3" s="1" t="n">
-        <v>0.08</v>
+        <v>0.6</v>
       </c>
       <c r="V3" s="1" t="n">
-        <v>0.08</v>
+        <v>0.6</v>
       </c>
       <c r="W3" s="1" t="n">
-        <v>0.09</v>
+        <v>0.64</v>
       </c>
       <c r="X3" s="1" t="n">
-        <v>0.09</v>
+        <v>0.65</v>
       </c>
       <c r="Y3" s="1" t="n">
-        <v>0.08</v>
+        <v>0.63</v>
       </c>
       <c r="Z3" s="1" t="n">
-        <v>0.09</v>
+        <v>0.63</v>
       </c>
       <c r="AA3" s="1" t="n">
-        <v>0.1</v>
+        <v>0.64</v>
       </c>
       <c r="AB3" s="1" t="n">
-        <v>0.09</v>
+        <v>0.59</v>
       </c>
       <c r="AC3" s="1" t="n">
-        <v>0.09</v>
+        <v>0.6</v>
       </c>
       <c r="AD3" s="1" t="n">
-        <v>0.1</v>
+        <v>0.57</v>
       </c>
       <c r="AE3" s="1" t="n">
-        <v>0.06</v>
+        <v>0.59</v>
       </c>
       <c r="AF3" s="1" t="n">
-        <v>0.09</v>
+        <v>0.57</v>
       </c>
       <c r="AG3" s="1" t="n">
-        <v>0.06</v>
+        <v>0.59</v>
       </c>
       <c r="AH3" s="1" t="n">
-        <v>0.08</v>
+        <v>0.54</v>
       </c>
       <c r="AI3" s="1" t="n">
-        <v>0.06</v>
+        <v>0.55</v>
       </c>
       <c r="AJ3" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.6</v>
       </c>
       <c r="AK3" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.57</v>
       </c>
       <c r="AL3" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.54</v>
       </c>
       <c r="AM3" s="1" t="n">
-        <v>0.1</v>
+        <v>0.59</v>
       </c>
       <c r="AN3" s="1" t="n">
-        <v>0.08</v>
+        <v>0.57</v>
       </c>
       <c r="AO3" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.52</v>
+      </c>
+      <c r="AP3" s="1" t="n">
+        <v>0.51</v>
+      </c>
+      <c r="AQ3" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="AR3" s="1" t="n">
+        <v>0.5</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.1</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.09</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.06</v>
+        <v>0.11</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.11</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.11</v>
       </c>
       <c r="H4" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="I4" s="1" t="n">
         <v>0.09</v>
       </c>
-      <c r="I4" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="J4" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.12</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="L4" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="M4" s="1" t="n">
         <v>0.08</v>
       </c>
-      <c r="M4" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="N4" s="1" t="n">
-        <v>0.1</v>
+        <v>0.14</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.11</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>0.09</v>
+        <v>0.12</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>0.08</v>
+        <v>0.13</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>0.06</v>
+        <v>0.15</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>0.09</v>
+        <v>0.13</v>
       </c>
       <c r="T4" s="1" t="n">
-        <v>0.09</v>
+        <v>0.17</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>0.08</v>
+        <v>0.12</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.14</v>
       </c>
       <c r="W4" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.15</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>0.08</v>
+        <v>0.13</v>
       </c>
       <c r="Y4" s="1" t="n">
-        <v>0.08</v>
+        <v>0.12</v>
       </c>
       <c r="Z4" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.13</v>
       </c>
       <c r="AA4" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.11</v>
       </c>
       <c r="AB4" s="1" t="n">
-        <v>0.08</v>
+        <v>0.15</v>
       </c>
       <c r="AC4" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.12</v>
       </c>
       <c r="AD4" s="1" t="n">
-        <v>0.06</v>
+        <v>0.12</v>
       </c>
       <c r="AE4" s="1" t="n">
-        <v>0.08</v>
+        <v>0.13</v>
       </c>
       <c r="AF4" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.12</v>
       </c>
       <c r="AG4" s="1" t="n">
-        <v>0.08</v>
+        <v>0.13</v>
       </c>
       <c r="AH4" s="1" t="n">
-        <v>0.1</v>
+        <v>0.13</v>
       </c>
       <c r="AI4" s="1" t="n">
-        <v>0.08</v>
+        <v>0.13</v>
       </c>
       <c r="AJ4" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.11</v>
       </c>
       <c r="AK4" s="1" t="n">
-        <v>0.08</v>
+        <v>0.13</v>
       </c>
       <c r="AL4" s="1" t="n">
-        <v>0.09</v>
+        <v>0.13</v>
       </c>
       <c r="AM4" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.13</v>
       </c>
       <c r="AN4" s="1" t="n">
-        <v>0.09</v>
+        <v>0.13</v>
       </c>
       <c r="AO4" s="1" t="n">
-        <v>0.09</v>
+        <v>0.14</v>
+      </c>
+      <c r="AP4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AQ4" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AR4" s="1" t="n">
+        <v>0.14</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="L5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="M5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="P5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="Q5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="S5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="W5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="Z5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="AB5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="AD5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AE5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="AG5" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="AH5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AJ5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM5" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="AN5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AO5" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
+      </c>
+      <c r="AP5" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AQ5" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AR5" s="1" t="n">
+        <v>0.01</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="M6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="N6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="O6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="P6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="Q6" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="R6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="S6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="T6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="U6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="V6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="W6" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="X6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="Y6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="Z6" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="AA6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AB6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AC6" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="AD6" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="AE6" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="AF6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AG6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AH6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AK6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AL6" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AN6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AO6" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
+      </c>
+      <c r="AP6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AQ6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AR6" s="1" t="n">
+        <v>0.02</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
-        <v>0.45</v>
+        <v>0.08</v>
       </c>
       <c r="C7" s="1" t="n">
-        <v>0.45</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="D7" s="1" t="n">
-        <v>0.42</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>0.46</v>
+        <v>0.08</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>0.49</v>
+        <v>0.1</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>0.49</v>
+        <v>0.11</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>0.48</v>
+        <v>0.09</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>0.48</v>
+        <v>0.06</v>
       </c>
       <c r="J7" s="1" t="n">
-        <v>0.44</v>
+        <v>0.06</v>
       </c>
       <c r="K7" s="1" t="n">
-        <v>0.46</v>
+        <v>0.08</v>
       </c>
       <c r="L7" s="1" t="n">
-        <v>0.44</v>
+        <v>0.06</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>0.44</v>
+        <v>0.08</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>0.44</v>
+        <v>0.05</v>
       </c>
       <c r="O7" s="1" t="n">
-        <v>0.46</v>
+        <v>0.06</v>
       </c>
       <c r="P7" s="1" t="n">
-        <v>0.48</v>
+        <v>0.11</v>
       </c>
       <c r="Q7" s="1" t="n">
-        <v>0.51</v>
+        <v>0.08</v>
       </c>
       <c r="R7" s="1" t="n">
-        <v>0.54</v>
+        <v>0.12</v>
       </c>
       <c r="S7" s="1" t="n">
-        <v>0.52</v>
+        <v>0.08</v>
       </c>
       <c r="T7" s="1" t="n">
-        <v>0.54</v>
+        <v>0.09</v>
       </c>
       <c r="U7" s="1" t="n">
-        <v>0.53</v>
+        <v>0.15</v>
       </c>
       <c r="V7" s="1" t="n">
-        <v>0.52</v>
+        <v>0.09</v>
       </c>
       <c r="W7" s="1" t="n">
-        <v>0.54</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="X7" s="1" t="n">
-        <v>0.5</v>
+        <v>0.1</v>
       </c>
       <c r="Y7" s="1" t="n">
-        <v>0.52</v>
+        <v>0.08</v>
       </c>
       <c r="Z7" s="1" t="n">
-        <v>0.5</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AA7" s="1" t="n">
-        <v>0.51</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AB7" s="1" t="n">
-        <v>0.54</v>
+        <v>0.06</v>
       </c>
       <c r="AC7" s="1" t="n">
-        <v>0.51</v>
+        <v>0.1</v>
       </c>
       <c r="AD7" s="1" t="n">
-        <v>0.55</v>
+        <v>0.1</v>
       </c>
       <c r="AE7" s="1" t="n">
-        <v>0.52</v>
+        <v>0.08</v>
       </c>
       <c r="AF7" s="1" t="n">
-        <v>0.5</v>
+        <v>0.1</v>
       </c>
       <c r="AG7" s="1" t="n">
-        <v>0.54</v>
+        <v>0.1</v>
       </c>
       <c r="AH7" s="1" t="n">
-        <v>0.52</v>
+        <v>0.09</v>
       </c>
       <c r="AI7" s="1" t="n">
-        <v>0.54</v>
+        <v>0.12</v>
       </c>
       <c r="AJ7" s="1" t="n">
-        <v>0.54</v>
+        <v>0.08</v>
       </c>
       <c r="AK7" s="1" t="n">
-        <v>0.54</v>
+        <v>0.09</v>
       </c>
       <c r="AL7" s="1" t="n">
-        <v>0.55</v>
+        <v>0.12</v>
       </c>
       <c r="AM7" s="1" t="n">
-        <v>0.54</v>
+        <v>0.1</v>
       </c>
       <c r="AN7" s="1" t="n">
-        <v>0.51</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AO7" s="1" t="n">
-        <v>0.52</v>
+        <v>0.1</v>
+      </c>
+      <c r="AP7" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AQ7" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AR7" s="1" t="n">
+        <v>0.08</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
       <c r="C8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.06</v>
       </c>
       <c r="D8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.06</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.05</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.06</v>
       </c>
       <c r="H8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.06</v>
       </c>
       <c r="I8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.05</v>
       </c>
       <c r="J8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.06</v>
       </c>
       <c r="K8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="L8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.08</v>
       </c>
       <c r="M8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.1</v>
       </c>
       <c r="N8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="O8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="P8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.09</v>
       </c>
       <c r="Q8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.08</v>
       </c>
       <c r="R8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.08</v>
       </c>
       <c r="S8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.08</v>
       </c>
       <c r="T8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.1</v>
       </c>
       <c r="U8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.09</v>
       </c>
       <c r="V8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.08</v>
       </c>
       <c r="W8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.08</v>
       </c>
       <c r="X8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="Y8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.09</v>
       </c>
       <c r="Z8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="AA8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="AB8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.11</v>
       </c>
       <c r="AC8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="AD8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.11</v>
       </c>
       <c r="AE8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.1</v>
       </c>
       <c r="AF8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.08</v>
       </c>
       <c r="AG8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.09</v>
       </c>
       <c r="AH8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.12</v>
       </c>
       <c r="AI8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.11</v>
       </c>
       <c r="AJ8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.11</v>
       </c>
       <c r="AK8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.11</v>
       </c>
       <c r="AL8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.12</v>
       </c>
       <c r="AM8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.1</v>
       </c>
       <c r="AN8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.13</v>
       </c>
       <c r="AO8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.15</v>
+      </c>
+      <c r="AP8" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AQ8" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AR8" s="1" t="n">
+        <v>0.18</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="H9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="I9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="J9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="K9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="L9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="M9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="N9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="O9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="P9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="Q9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="R9" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="S9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="T9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="U9" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="V9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="W9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="X9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="Y9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="Z9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="AA9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AB9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="AC9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="AD9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
       <c r="AE9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
       <c r="AF9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
       <c r="AG9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
       <c r="AH9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
       <c r="AI9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
       <c r="AJ9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AK9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="AL9" s="1" t="n">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="AN9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="AO9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
+      </c>
+      <c r="AP9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AQ9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AR9" s="1" t="n">
+        <v>0.03</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
-        <v>727</v>
+        <v>506</v>
       </c>
       <c r="C10" t="n">
-        <v>740</v>
+        <v>592</v>
       </c>
       <c r="D10" t="n">
-        <v>751</v>
+        <v>584</v>
       </c>
       <c r="E10" t="n">
-        <v>736</v>
+        <v>606</v>
       </c>
       <c r="F10" t="n">
-        <v>701</v>
+        <v>519</v>
       </c>
       <c r="G10" t="n">
-        <v>713</v>
+        <v>534</v>
       </c>
       <c r="H10" t="n">
-        <v>692</v>
+        <v>547</v>
       </c>
       <c r="I10" t="n">
-        <v>632</v>
+        <v>503</v>
       </c>
       <c r="J10" t="n">
-        <v>677</v>
+        <v>529</v>
       </c>
       <c r="K10" t="n">
-        <v>667</v>
+        <v>565</v>
       </c>
       <c r="L10" t="n">
-        <v>624</v>
+        <v>508</v>
       </c>
       <c r="M10" t="n">
-        <v>645</v>
+        <v>544</v>
       </c>
       <c r="N10" t="n">
-        <v>653</v>
+        <v>551</v>
       </c>
       <c r="O10" t="n">
-        <v>646</v>
+        <v>584</v>
       </c>
       <c r="P10" t="n">
-        <v>566</v>
+        <v>489</v>
       </c>
       <c r="Q10" t="n">
-        <v>637</v>
+        <v>536</v>
       </c>
       <c r="R10" t="n">
-        <v>640</v>
+        <v>476</v>
       </c>
       <c r="S10" t="n">
-        <v>645</v>
+        <v>516</v>
       </c>
       <c r="T10" t="n">
-        <v>643</v>
+        <v>485</v>
       </c>
       <c r="U10" t="n">
-        <v>572</v>
+        <v>452</v>
       </c>
       <c r="V10" t="n">
-        <v>622</v>
+        <v>514</v>
       </c>
       <c r="W10" t="n">
-        <v>603</v>
+        <v>516</v>
       </c>
       <c r="X10" t="n">
-        <v>623</v>
+        <v>516</v>
       </c>
       <c r="Y10" t="n">
-        <v>688</v>
+        <v>525</v>
       </c>
       <c r="Z10" t="n">
-        <v>649</v>
+        <v>534</v>
       </c>
       <c r="AA10" t="n">
-        <v>663</v>
+        <v>524</v>
       </c>
       <c r="AB10" t="n">
-        <v>650</v>
+        <v>486</v>
       </c>
       <c r="AC10" t="n">
-        <v>679</v>
+        <v>508</v>
       </c>
       <c r="AD10" t="n">
-        <v>604</v>
+        <v>492</v>
       </c>
       <c r="AE10" t="n">
-        <v>689</v>
+        <v>562</v>
       </c>
       <c r="AF10" t="n">
-        <v>677</v>
+        <v>567</v>
       </c>
       <c r="AG10" t="n">
-        <v>644</v>
+        <v>526</v>
       </c>
       <c r="AH10" t="n">
-        <v>608</v>
+        <v>530</v>
       </c>
       <c r="AI10" t="n">
-        <v>723</v>
+        <v>533</v>
       </c>
       <c r="AJ10" t="n">
-        <v>704</v>
+        <v>581</v>
       </c>
       <c r="AK10" t="n">
-        <v>643</v>
+        <v>525</v>
       </c>
       <c r="AL10" t="n">
-        <v>631</v>
+        <v>507</v>
       </c>
       <c r="AM10" t="n">
-        <v>683</v>
+        <v>593</v>
       </c>
       <c r="AN10" t="n">
-        <v>589</v>
+        <v>562</v>
       </c>
       <c r="AO10" t="n">
-        <v>606</v>
+        <v>532</v>
+      </c>
+      <c r="AP10" t="n">
+        <v>531</v>
+      </c>
+      <c r="AQ10" t="n">
+        <v>564</v>
+      </c>
+      <c r="AR10" t="n">
+        <v>516</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
-        <v>670</v>
+        <v>486</v>
       </c>
       <c r="C11" t="n">
-        <v>724</v>
+        <v>526</v>
       </c>
       <c r="D11" t="n">
-        <v>740</v>
+        <v>537</v>
       </c>
       <c r="E11" t="n">
-        <v>727</v>
+        <v>528</v>
       </c>
       <c r="F11" t="n">
-        <v>701</v>
+        <v>509</v>
       </c>
       <c r="G11" t="n">
-        <v>721</v>
+        <v>523</v>
       </c>
       <c r="H11" t="n">
-        <v>711</v>
+        <v>516</v>
       </c>
       <c r="I11" t="n">
-        <v>651</v>
+        <v>472</v>
       </c>
       <c r="J11" t="n">
-        <v>684</v>
+        <v>496</v>
       </c>
       <c r="K11" t="n">
-        <v>682</v>
+        <v>495</v>
       </c>
       <c r="L11" t="n">
-        <v>671</v>
+        <v>487</v>
       </c>
       <c r="M11" t="n">
-        <v>665</v>
+        <v>500</v>
       </c>
       <c r="N11" t="n">
-        <v>681</v>
+        <v>511</v>
       </c>
       <c r="O11" t="n">
-        <v>680</v>
+        <v>511</v>
       </c>
       <c r="P11" t="n">
-        <v>583</v>
+        <v>438</v>
       </c>
       <c r="Q11" t="n">
-        <v>649</v>
+        <v>488</v>
       </c>
       <c r="R11" t="n">
-        <v>628</v>
+        <v>471</v>
       </c>
       <c r="S11" t="n">
-        <v>651</v>
+        <v>489</v>
       </c>
       <c r="T11" t="n">
-        <v>644</v>
+        <v>483</v>
       </c>
       <c r="U11" t="n">
-        <v>584</v>
+        <v>439</v>
       </c>
       <c r="V11" t="n">
-        <v>636</v>
+        <v>478</v>
       </c>
       <c r="W11" t="n">
-        <v>618</v>
+        <v>464</v>
       </c>
       <c r="X11" t="n">
-        <v>638</v>
+        <v>480</v>
       </c>
       <c r="Y11" t="n">
-        <v>688</v>
+        <v>517</v>
       </c>
       <c r="Z11" t="n">
-        <v>657</v>
+        <v>493</v>
       </c>
       <c r="AA11" t="n">
-        <v>682</v>
+        <v>513</v>
       </c>
       <c r="AB11" t="n">
-        <v>628</v>
+        <v>471</v>
       </c>
       <c r="AC11" t="n">
-        <v>646</v>
+        <v>486</v>
       </c>
       <c r="AD11" t="n">
-        <v>628</v>
+        <v>471</v>
       </c>
       <c r="AE11" t="n">
-        <v>695</v>
+        <v>522</v>
       </c>
       <c r="AF11" t="n">
-        <v>700</v>
+        <v>526</v>
       </c>
       <c r="AG11" t="n">
-        <v>668</v>
+        <v>502</v>
       </c>
       <c r="AH11" t="n">
-        <v>676</v>
+        <v>508</v>
       </c>
       <c r="AI11" t="n">
-        <v>696</v>
+        <v>523</v>
       </c>
       <c r="AJ11" t="n">
-        <v>719</v>
+        <v>540</v>
       </c>
       <c r="AK11" t="n">
-        <v>674</v>
+        <v>507</v>
       </c>
       <c r="AL11" t="n">
-        <v>662</v>
+        <v>497</v>
       </c>
       <c r="AM11" t="n">
-        <v>732</v>
+        <v>550</v>
       </c>
       <c r="AN11" t="n">
-        <v>660</v>
+        <v>496</v>
       </c>
       <c r="AO11" t="n">
-        <v>641</v>
+        <v>481</v>
+      </c>
+      <c r="AP11" t="n">
+        <v>491</v>
+      </c>
+      <c r="AQ11" t="n">
+        <v>500</v>
+      </c>
+      <c r="AR11" t="n">
+        <v>488</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AO11"/>
+  <dimension ref="A1:AR11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
+    <col width="14" customWidth="1" min="42" max="42"/>
+    <col width="14" customWidth="1" min="43" max="43"/>
+    <col width="14" customWidth="1" min="44" max="44"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -11490,1381 +12249,1489 @@
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
+      <c r="AP1" t="inlineStr">
+        <is>
+          <t>2025-10-20</t>
+        </is>
+      </c>
+      <c r="AQ1" t="inlineStr">
+        <is>
+          <t>2025-10-27</t>
+        </is>
+      </c>
+      <c r="AR1" t="inlineStr">
+        <is>
+          <t>2025-11-03</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="C2" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="D2" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="E2" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="F2" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="G2" s="1" t="n">
         <v>0.05</v>
       </c>
-      <c r="C2" s="1" t="n">
-[...8 lines deleted...]
-      <c r="F2" s="1" t="n">
+      <c r="H2" s="1" t="n">
         <v>0.06</v>
       </c>
-      <c r="G2" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="I2" s="1" t="n">
-        <v>0.12</v>
+        <v>0.08</v>
       </c>
       <c r="J2" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="K2" s="1" t="n">
         <v>0.09</v>
       </c>
-      <c r="K2" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L2" s="1" t="n">
-        <v>0.09</v>
+        <v>0.06</v>
       </c>
       <c r="M2" s="1" t="n">
-        <v>0.08</v>
+        <v>0.05</v>
       </c>
       <c r="N2" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="O2" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="P2" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="Q2" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="R2" s="1" t="n">
         <v>0.06</v>
       </c>
-      <c r="O2" s="1" t="n">
-[...5 lines deleted...]
-      <c r="Q2" s="1" t="n">
+      <c r="S2" s="1" t="n">
         <v>0.04</v>
       </c>
-      <c r="R2" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="T2" s="1" t="n">
-        <v>0.12</v>
+        <v>0.03</v>
       </c>
       <c r="U2" s="1" t="n">
-        <v>0.12</v>
+        <v>0.05</v>
       </c>
       <c r="V2" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="W2" s="1" t="n">
         <v>0.05</v>
       </c>
-      <c r="W2" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="X2" s="1" t="n">
-        <v>0.06</v>
+        <v>0.04</v>
       </c>
       <c r="Y2" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.05</v>
       </c>
       <c r="Z2" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AA2" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AB2" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AC2" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AD2" s="1" t="n">
         <v>0.06</v>
       </c>
-      <c r="AB2" s="1" t="n">
-[...2 lines deleted...]
-      <c r="AC2" s="1" t="n">
+      <c r="AE2" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AF2" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AG2" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AH2" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AI2" s="1" t="n">
         <v>0.05</v>
       </c>
-      <c r="AD2" s="1" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="AJ2" s="1" t="n">
-        <v>0.08</v>
+        <v>0.03</v>
       </c>
       <c r="AK2" s="1" t="n">
-        <v>0.04</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AM2" s="1" t="n">
-        <v>0.08</v>
+        <v>0.04</v>
       </c>
       <c r="AN2" s="1" t="n">
-        <v>0.08</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AO2" s="1" t="n">
-        <v>0.11</v>
+        <v>0.03</v>
+      </c>
+      <c r="AP2" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AQ2" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AR2" s="1" t="n">
+        <v>0.04</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.36</v>
+        <v>0.08</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>0.48</v>
+        <v>0.08</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>0.34</v>
+        <v>0.06</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>0.28</v>
+        <v>0.05</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>0.35</v>
+        <v>0.05</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>0.32</v>
+        <v>0.08</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>0.32</v>
+        <v>0.04</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>0.33</v>
+        <v>0.06</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>0.34</v>
+        <v>0.04</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>0.38</v>
+        <v>0.05</v>
       </c>
       <c r="L3" s="1" t="n">
-        <v>0.35</v>
+        <v>0.09</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>0.38</v>
+        <v>0.06</v>
       </c>
       <c r="N3" s="1" t="n">
-        <v>0.39</v>
+        <v>0.05</v>
       </c>
       <c r="O3" s="1" t="n">
-        <v>0.42</v>
+        <v>0.05</v>
       </c>
       <c r="P3" s="1" t="n">
-        <v>0.39</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="Q3" s="1" t="n">
-        <v>0.36</v>
+        <v>0.06</v>
       </c>
       <c r="R3" s="1" t="n">
-        <v>0.24</v>
+        <v>0.04</v>
       </c>
       <c r="S3" s="1" t="n">
-        <v>0.29</v>
+        <v>0.08</v>
       </c>
       <c r="T3" s="1" t="n">
-        <v>0.2</v>
+        <v>0.06</v>
       </c>
       <c r="U3" s="1" t="n">
-        <v>0.34</v>
+        <v>0.08</v>
       </c>
       <c r="V3" s="1" t="n">
-        <v>0.28</v>
+        <v>0.08</v>
       </c>
       <c r="W3" s="1" t="n">
-        <v>0.34</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="X3" s="1" t="n">
-        <v>0.35</v>
+        <v>0.11</v>
       </c>
       <c r="Y3" s="1" t="n">
-        <v>0.28</v>
+        <v>0.04</v>
       </c>
       <c r="Z3" s="1" t="n">
-        <v>0.35</v>
+        <v>0.06</v>
       </c>
       <c r="AA3" s="1" t="n">
-        <v>0.33</v>
+        <v>0.04</v>
       </c>
       <c r="AB3" s="1" t="n">
-        <v>0.28</v>
+        <v>0.05</v>
       </c>
       <c r="AC3" s="1" t="n">
-        <v>0.27</v>
+        <v>0.04</v>
       </c>
       <c r="AD3" s="1" t="n">
-        <v>0.21</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AE3" s="1" t="n">
-        <v>0.26</v>
+        <v>0.06</v>
       </c>
       <c r="AF3" s="1" t="n">
-        <v>0.2</v>
+        <v>0.05</v>
       </c>
       <c r="AG3" s="1" t="n">
-        <v>0.38</v>
+        <v>0.03</v>
       </c>
       <c r="AH3" s="1" t="n">
-        <v>0.38</v>
+        <v>0.03</v>
       </c>
       <c r="AI3" s="1" t="n">
-        <v>0.23</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AJ3" s="1" t="n">
-        <v>0.35</v>
+        <v>0.09</v>
       </c>
       <c r="AK3" s="1" t="n">
-        <v>0.36</v>
+        <v>0.03</v>
       </c>
       <c r="AL3" s="1" t="n">
-        <v>0.3</v>
+        <v>0.05</v>
       </c>
       <c r="AM3" s="1" t="n">
-        <v>0.32</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AN3" s="1" t="n">
-        <v>0.3</v>
+        <v>0.02</v>
       </c>
       <c r="AO3" s="1" t="n">
-        <v>0.23</v>
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AP3" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AQ3" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AR3" s="1" t="n">
+        <v>0.05</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.12</v>
+        <v>0.78</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.73</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.23</v>
+        <v>0.74</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.77</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.74</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.76</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.28</v>
+        <v>0.82</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.75</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.8</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.7</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.74</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.18</v>
+        <v>0.8</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>0.19</v>
+        <v>0.83</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>0.12</v>
+        <v>0.76</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.77</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>0.24</v>
+        <v>0.82</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>0.26</v>
+        <v>0.8100000000000001</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>0.19</v>
+        <v>0.77</v>
       </c>
       <c r="T4" s="1" t="n">
-        <v>0.27</v>
+        <v>0.8100000000000001</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.73</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>0.23</v>
+        <v>0.8</v>
       </c>
       <c r="W4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.72</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.75</v>
       </c>
       <c r="Y4" s="1" t="n">
-        <v>0.23</v>
+        <v>0.78</v>
       </c>
       <c r="Z4" s="1" t="n">
-        <v>0.22</v>
+        <v>0.79</v>
       </c>
       <c r="AA4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.77</v>
       </c>
       <c r="AB4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.77</v>
       </c>
       <c r="AC4" s="1" t="n">
-        <v>0.22</v>
+        <v>0.74</v>
       </c>
       <c r="AD4" s="1" t="n">
-        <v>0.26</v>
+        <v>0.72</v>
       </c>
       <c r="AE4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.77</v>
       </c>
       <c r="AF4" s="1" t="n">
-        <v>0.25</v>
+        <v>0.8</v>
       </c>
       <c r="AG4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.73</v>
       </c>
       <c r="AH4" s="1" t="n">
-        <v>0.18</v>
+        <v>0.78</v>
       </c>
       <c r="AI4" s="1" t="n">
-        <v>0.19</v>
+        <v>0.77</v>
       </c>
       <c r="AJ4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.76</v>
       </c>
       <c r="AK4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.72</v>
       </c>
       <c r="AL4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.74</v>
       </c>
       <c r="AM4" s="1" t="n">
-        <v>0.18</v>
+        <v>0.72</v>
       </c>
       <c r="AN4" s="1" t="n">
-        <v>0.19</v>
+        <v>0.79</v>
       </c>
       <c r="AO4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.74</v>
+      </c>
+      <c r="AP4" s="1" t="n">
+        <v>0.71</v>
+      </c>
+      <c r="AQ4" s="1" t="n">
+        <v>0.74</v>
+      </c>
+      <c r="AR4" s="1" t="n">
+        <v>0.6899999999999999</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="O5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="P5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="R5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>0.06</v>
+        <v>0</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AC5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AG5" s="1" t="n">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
       <c r="AH5" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="AI5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AJ5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AK5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AL5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AN5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AO5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
+      </c>
+      <c r="AP5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AR5" s="1" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="O6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="P6" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="Q6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="R6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="S6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="T6" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="U6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="V6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="W6" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="X6" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="Y6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="Z6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AA6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AB6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AC6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AD6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AE6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AF6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AG6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AH6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AI6" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="AJ6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AK6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AN6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AO6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
+      </c>
+      <c r="AP6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AR6" s="1" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
-        <v>0.19</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="C7" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="D7" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="E7" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="F7" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="G7" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="H7" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="I7" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="J7" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="K7" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="L7" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="M7" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="N7" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="O7" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="P7" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="Q7" s="1" t="n">
         <v>0.06</v>
       </c>
-      <c r="D7" s="1" t="n">
-[...20 lines deleted...]
-      <c r="K7" s="1" t="n">
+      <c r="R7" s="1" t="n">
         <v>0.05</v>
       </c>
-      <c r="L7" s="1" t="n">
-[...2 lines deleted...]
-      <c r="M7" s="1" t="n">
+      <c r="S7" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="T7" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="U7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
-      <c r="N7" s="1" t="n">
-[...5 lines deleted...]
-      <c r="P7" s="1" t="n">
+      <c r="V7" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="W7" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="X7" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="Y7" s="1" t="n">
         <v>0.06</v>
       </c>
-      <c r="Q7" s="1" t="n">
-[...2 lines deleted...]
-      <c r="R7" s="1" t="n">
+      <c r="Z7" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AA7" s="1" t="n">
         <v>0.06</v>
-      </c>
-[...25 lines deleted...]
-        <v>0.09</v>
       </c>
       <c r="AB7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AC7" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AD7" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="AE7" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AF7" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="AG7" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AH7" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AI7" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AJ7" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AK7" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AL7" s="1" t="n">
         <v>0.08</v>
       </c>
-      <c r="AD7" s="1" t="n">
-[...8 lines deleted...]
-      <c r="AG7" s="1" t="n">
+      <c r="AM7" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AN7" s="1" t="n">
         <v>0.07000000000000001</v>
-      </c>
-[...19 lines deleted...]
-        <v>0.13</v>
       </c>
       <c r="AO7" s="1" t="n">
         <v>0.08</v>
+      </c>
+      <c r="AP7" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AQ7" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AR7" s="1" t="n">
+        <v>0.11</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
-        <v>0.22</v>
+        <v>0.03</v>
       </c>
       <c r="C8" s="1" t="n">
-        <v>0.19</v>
+        <v>0.06</v>
       </c>
       <c r="D8" s="1" t="n">
-        <v>0.16</v>
+        <v>0.06</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>0.2</v>
+        <v>0.05</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>0.25</v>
+        <v>0.05</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>0.21</v>
+        <v>0.04</v>
       </c>
       <c r="H8" s="1" t="n">
-        <v>0.15</v>
+        <v>0.04</v>
       </c>
       <c r="I8" s="1" t="n">
-        <v>0.17</v>
+        <v>0.03</v>
       </c>
       <c r="J8" s="1" t="n">
-        <v>0.21</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="K8" s="1" t="n">
-        <v>0.27</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="L8" s="1" t="n">
-        <v>0.2</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="M8" s="1" t="n">
-        <v>0.21</v>
+        <v>0.05</v>
       </c>
       <c r="N8" s="1" t="n">
-        <v>0.15</v>
+        <v>0.04</v>
       </c>
       <c r="O8" s="1" t="n">
-        <v>0.2</v>
+        <v>0.08</v>
       </c>
       <c r="P8" s="1" t="n">
-        <v>0.14</v>
+        <v>0.05</v>
       </c>
       <c r="Q8" s="1" t="n">
-        <v>0.2</v>
+        <v>0.02</v>
       </c>
       <c r="R8" s="1" t="n">
-        <v>0.26</v>
+        <v>0.03</v>
       </c>
       <c r="S8" s="1" t="n">
-        <v>0.21</v>
+        <v>0.03</v>
       </c>
       <c r="T8" s="1" t="n">
-        <v>0.26</v>
+        <v>0.04</v>
       </c>
       <c r="U8" s="1" t="n">
-        <v>0.25</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="V8" s="1" t="n">
-        <v>0.22</v>
+        <v>0.03</v>
       </c>
       <c r="W8" s="1" t="n">
-        <v>0.25</v>
+        <v>0.06</v>
       </c>
       <c r="X8" s="1" t="n">
-        <v>0.26</v>
+        <v>0.05</v>
       </c>
       <c r="Y8" s="1" t="n">
-        <v>0.22</v>
+        <v>0.05</v>
       </c>
       <c r="Z8" s="1" t="n">
-        <v>0.24</v>
+        <v>0.05</v>
       </c>
       <c r="AA8" s="1" t="n">
-        <v>0.25</v>
+        <v>0.05</v>
       </c>
       <c r="AB8" s="1" t="n">
-        <v>0.26</v>
+        <v>0.06</v>
       </c>
       <c r="AC8" s="1" t="n">
-        <v>0.31</v>
+        <v>0.09</v>
       </c>
       <c r="AD8" s="1" t="n">
-        <v>0.14</v>
+        <v>0.06</v>
       </c>
       <c r="AE8" s="1" t="n">
-        <v>0.25</v>
+        <v>0.05</v>
       </c>
       <c r="AF8" s="1" t="n">
-        <v>0.2</v>
+        <v>0.04</v>
       </c>
       <c r="AG8" s="1" t="n">
-        <v>0.14</v>
+        <v>0.05</v>
       </c>
       <c r="AH8" s="1" t="n">
-        <v>0.21</v>
+        <v>0.02</v>
       </c>
       <c r="AI8" s="1" t="n">
-        <v>0.27</v>
+        <v>0.04</v>
       </c>
       <c r="AJ8" s="1" t="n">
-        <v>0.26</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AK8" s="1" t="n">
-        <v>0.21</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AL8" s="1" t="n">
-        <v>0.27</v>
+        <v>0.06</v>
       </c>
       <c r="AM8" s="1" t="n">
-        <v>0.27</v>
+        <v>0.08</v>
       </c>
       <c r="AN8" s="1" t="n">
-        <v>0.22</v>
+        <v>0.04</v>
       </c>
       <c r="AO8" s="1" t="n">
-        <v>0.3</v>
+        <v>0.06</v>
+      </c>
+      <c r="AP8" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AQ8" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AR8" s="1" t="n">
+        <v>0.11</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="E9" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="H9" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="I9" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="J9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="K9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="L9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="M9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="N9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="O9" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="P9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="Q9" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="R9" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="S9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="T9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="U9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="V9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="W9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="X9" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="Z9" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AA9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AB9" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AC9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AD9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AE9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AF9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AG9" s="1" t="n">
         <v>0.04</v>
       </c>
-      <c r="I9" s="1" t="n">
-[...73 lines deleted...]
-      </c>
       <c r="AH9" s="1" t="n">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
       <c r="AI9" s="1" t="n">
-        <v>0.09</v>
+        <v>0.02</v>
       </c>
       <c r="AJ9" s="1" t="n">
-        <v>0.08</v>
+        <v>0.02</v>
       </c>
       <c r="AK9" s="1" t="n">
-        <v>0.11</v>
+        <v>0.02</v>
       </c>
       <c r="AL9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="AM9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="AN9" s="1" t="n">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
       <c r="AO9" s="1" t="n">
-        <v>0.05</v>
+        <v>0.02</v>
+      </c>
+      <c r="AP9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AQ9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AR9" s="1" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
-        <v>85</v>
+        <v>198</v>
       </c>
       <c r="C10" t="n">
-        <v>91</v>
+        <v>200</v>
       </c>
       <c r="D10" t="n">
-        <v>115</v>
+        <v>214</v>
       </c>
       <c r="E10" t="n">
-        <v>76</v>
+        <v>230</v>
       </c>
       <c r="F10" t="n">
-        <v>103</v>
+        <v>196</v>
       </c>
       <c r="G10" t="n">
-        <v>102</v>
+        <v>210</v>
       </c>
       <c r="H10" t="n">
-        <v>102</v>
+        <v>198</v>
       </c>
       <c r="I10" t="n">
-        <v>111</v>
+        <v>186</v>
       </c>
       <c r="J10" t="n">
-        <v>87</v>
+        <v>205</v>
       </c>
       <c r="K10" t="n">
-        <v>81</v>
+        <v>190</v>
       </c>
       <c r="L10" t="n">
-        <v>91</v>
+        <v>201</v>
       </c>
       <c r="M10" t="n">
-        <v>114</v>
+        <v>195</v>
       </c>
       <c r="N10" t="n">
-        <v>113</v>
+        <v>192</v>
       </c>
       <c r="O10" t="n">
-        <v>100</v>
+        <v>204</v>
       </c>
       <c r="P10" t="n">
-        <v>99</v>
+        <v>167</v>
       </c>
       <c r="Q10" t="n">
-        <v>110</v>
+        <v>198</v>
       </c>
       <c r="R10" t="n">
-        <v>97</v>
+        <v>191</v>
       </c>
       <c r="S10" t="n">
-        <v>98</v>
+        <v>196</v>
       </c>
       <c r="T10" t="n">
-        <v>116</v>
+        <v>189</v>
       </c>
       <c r="U10" t="n">
-        <v>97</v>
+        <v>176</v>
       </c>
       <c r="V10" t="n">
-        <v>105</v>
+        <v>191</v>
       </c>
       <c r="W10" t="n">
-        <v>98</v>
+        <v>204</v>
       </c>
       <c r="X10" t="n">
-        <v>117</v>
+        <v>190</v>
       </c>
       <c r="Y10" t="n">
-        <v>123</v>
+        <v>224</v>
       </c>
       <c r="Z10" t="n">
-        <v>98</v>
+        <v>188</v>
       </c>
       <c r="AA10" t="n">
-        <v>134</v>
+        <v>204</v>
       </c>
       <c r="AB10" t="n">
-        <v>101</v>
+        <v>190</v>
       </c>
       <c r="AC10" t="n">
-        <v>102</v>
+        <v>189</v>
       </c>
       <c r="AD10" t="n">
-        <v>104</v>
+        <v>192</v>
       </c>
       <c r="AE10" t="n">
-        <v>122</v>
+        <v>213</v>
       </c>
       <c r="AF10" t="n">
-        <v>137</v>
+        <v>206</v>
       </c>
       <c r="AG10" t="n">
-        <v>116</v>
+        <v>211</v>
       </c>
       <c r="AH10" t="n">
-        <v>119</v>
+        <v>186</v>
       </c>
       <c r="AI10" t="n">
-        <v>124</v>
+        <v>208</v>
       </c>
       <c r="AJ10" t="n">
-        <v>121</v>
+        <v>217</v>
       </c>
       <c r="AK10" t="n">
-        <v>146</v>
+        <v>197</v>
       </c>
       <c r="AL10" t="n">
-        <v>153</v>
+        <v>205</v>
       </c>
       <c r="AM10" t="n">
-        <v>141</v>
+        <v>223</v>
       </c>
       <c r="AN10" t="n">
-        <v>136</v>
+        <v>187</v>
       </c>
       <c r="AO10" t="n">
-        <v>133</v>
+        <v>183</v>
+      </c>
+      <c r="AP10" t="n">
+        <v>180</v>
+      </c>
+      <c r="AQ10" t="n">
+        <v>196</v>
+      </c>
+      <c r="AR10" t="n">
+        <v>203</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
+        <v>179</v>
+      </c>
+      <c r="C11" t="n">
+        <v>193</v>
+      </c>
+      <c r="D11" t="n">
+        <v>198</v>
+      </c>
+      <c r="E11" t="n">
+        <v>194</v>
+      </c>
+      <c r="F11" t="n">
+        <v>187</v>
+      </c>
+      <c r="G11" t="n">
+        <v>193</v>
+      </c>
+      <c r="H11" t="n">
+        <v>190</v>
+      </c>
+      <c r="I11" t="n">
+        <v>174</v>
+      </c>
+      <c r="J11" t="n">
+        <v>183</v>
+      </c>
+      <c r="K11" t="n">
+        <v>182</v>
+      </c>
+      <c r="L11" t="n">
+        <v>179</v>
+      </c>
+      <c r="M11" t="n">
+        <v>184</v>
+      </c>
+      <c r="N11" t="n">
+        <v>188</v>
+      </c>
+      <c r="O11" t="n">
+        <v>188</v>
+      </c>
+      <c r="P11" t="n">
         <v>161</v>
       </c>
-      <c r="C11" t="n">
+      <c r="Q11" t="n">
+        <v>179</v>
+      </c>
+      <c r="R11" t="n">
         <v>174</v>
       </c>
-      <c r="D11" t="n">
+      <c r="S11" t="n">
+        <v>180</v>
+      </c>
+      <c r="T11" t="n">
         <v>178</v>
       </c>
-      <c r="E11" t="n">
-[...8 lines deleted...]
-      <c r="H11" t="n">
+      <c r="U11" t="n">
+        <v>162</v>
+      </c>
+      <c r="V11" t="n">
+        <v>176</v>
+      </c>
+      <c r="W11" t="n">
         <v>171</v>
       </c>
-      <c r="I11" t="n">
-[...43 lines deleted...]
-      </c>
       <c r="X11" t="n">
-        <v>157</v>
+        <v>176</v>
       </c>
       <c r="Y11" t="n">
-        <v>169</v>
+        <v>190</v>
       </c>
       <c r="Z11" t="n">
-        <v>161</v>
+        <v>182</v>
       </c>
       <c r="AA11" t="n">
-        <v>168</v>
+        <v>189</v>
       </c>
       <c r="AB11" t="n">
-        <v>154</v>
+        <v>174</v>
       </c>
       <c r="AC11" t="n">
-        <v>159</v>
+        <v>179</v>
       </c>
       <c r="AD11" t="n">
-        <v>154</v>
+        <v>174</v>
       </c>
       <c r="AE11" t="n">
-        <v>171</v>
+        <v>192</v>
       </c>
       <c r="AF11" t="n">
-        <v>172</v>
+        <v>194</v>
       </c>
       <c r="AG11" t="n">
-        <v>164</v>
+        <v>185</v>
       </c>
       <c r="AH11" t="n">
-        <v>166</v>
+        <v>187</v>
       </c>
       <c r="AI11" t="n">
-        <v>171</v>
+        <v>192</v>
       </c>
       <c r="AJ11" t="n">
+        <v>199</v>
+      </c>
+      <c r="AK11" t="n">
+        <v>186</v>
+      </c>
+      <c r="AL11" t="n">
+        <v>183</v>
+      </c>
+      <c r="AM11" t="n">
+        <v>202</v>
+      </c>
+      <c r="AN11" t="n">
+        <v>182</v>
+      </c>
+      <c r="AO11" t="n">
         <v>177</v>
       </c>
-      <c r="AK11" t="n">
-[...5 lines deleted...]
-      <c r="AM11" t="n">
+      <c r="AP11" t="n">
+        <v>181</v>
+      </c>
+      <c r="AQ11" t="n">
+        <v>184</v>
+      </c>
+      <c r="AR11" t="n">
         <v>180</v>
-      </c>
-[...4 lines deleted...]
-        <v>157</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AO11"/>
+  <dimension ref="A1:AR11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
+    <col width="14" customWidth="1" min="42" max="42"/>
+    <col width="14" customWidth="1" min="43" max="43"/>
+    <col width="14" customWidth="1" min="44" max="44"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -13029,1381 +13896,1489 @@
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
+      <c r="AP1" t="inlineStr">
+        <is>
+          <t>2025-10-20</t>
+        </is>
+      </c>
+      <c r="AQ1" t="inlineStr">
+        <is>
+          <t>2025-10-27</t>
+        </is>
+      </c>
+      <c r="AR1" t="inlineStr">
+        <is>
+          <t>2025-11-03</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.04</v>
       </c>
       <c r="C2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.05</v>
       </c>
       <c r="D2" s="1" t="n">
-        <v>0.14</v>
+        <v>0.08</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.06</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>0.19</v>
+        <v>0.04</v>
       </c>
       <c r="G2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.05</v>
       </c>
       <c r="H2" s="1" t="n">
-        <v>0.18</v>
+        <v>0.04</v>
       </c>
       <c r="I2" s="1" t="n">
-        <v>0.14</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="J2" s="1" t="n">
-        <v>0.17</v>
+        <v>0.05</v>
       </c>
       <c r="K2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.04</v>
       </c>
       <c r="L2" s="1" t="n">
-        <v>0.2</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="M2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.05</v>
       </c>
       <c r="N2" s="1" t="n">
-        <v>0.18</v>
+        <v>0.05</v>
       </c>
       <c r="O2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="P2" s="1" t="n">
-        <v>0.13</v>
+        <v>0.06</v>
       </c>
       <c r="Q2" s="1" t="n">
-        <v>0.14</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="R2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.03</v>
       </c>
       <c r="S2" s="1" t="n">
-        <v>0.14</v>
+        <v>0.02</v>
       </c>
       <c r="T2" s="1" t="n">
-        <v>0.14</v>
+        <v>0.03</v>
       </c>
       <c r="U2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.05</v>
       </c>
       <c r="V2" s="1" t="n">
-        <v>0.13</v>
+        <v>0.03</v>
       </c>
       <c r="W2" s="1" t="n">
-        <v>0.12</v>
+        <v>0.02</v>
       </c>
       <c r="X2" s="1" t="n">
-        <v>0.12</v>
+        <v>0.03</v>
       </c>
       <c r="Y2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.04</v>
       </c>
       <c r="Z2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AA2" s="1" t="n">
-        <v>0.13</v>
+        <v>0.02</v>
       </c>
       <c r="AB2" s="1" t="n">
-        <v>0.13</v>
+        <v>0.02</v>
       </c>
       <c r="AC2" s="1" t="n">
-        <v>0.13</v>
+        <v>0.02</v>
       </c>
       <c r="AD2" s="1" t="n">
-        <v>0.13</v>
+        <v>0.03</v>
       </c>
       <c r="AE2" s="1" t="n">
-        <v>0.12</v>
+        <v>0.06</v>
       </c>
       <c r="AF2" s="1" t="n">
-        <v>0.13</v>
+        <v>0.04</v>
       </c>
       <c r="AG2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.06</v>
       </c>
       <c r="AH2" s="1" t="n">
-        <v>0.12</v>
+        <v>0.03</v>
       </c>
       <c r="AI2" s="1" t="n">
-        <v>0.13</v>
+        <v>0.04</v>
       </c>
       <c r="AJ2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.06</v>
       </c>
       <c r="AK2" s="1" t="n">
-        <v>0.14</v>
+        <v>0.02</v>
       </c>
       <c r="AL2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.02</v>
       </c>
       <c r="AM2" s="1" t="n">
-        <v>0.12</v>
+        <v>0.03</v>
       </c>
       <c r="AN2" s="1" t="n">
-        <v>0.13</v>
+        <v>0.04</v>
       </c>
       <c r="AO2" s="1" t="n">
-        <v>0.13</v>
+        <v>0.08</v>
+      </c>
+      <c r="AP2" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AQ2" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AR2" s="1" t="n">
+        <v>0.03</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.33</v>
+        <v>0.01</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>0.33</v>
+        <v>0</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>0.33</v>
+        <v>0</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>0.29</v>
+        <v>0.02</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>0.33</v>
+        <v>0</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>0.34</v>
+        <v>0</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>0.29</v>
+        <v>0</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>0.34</v>
+        <v>0.01</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>0.3</v>
+        <v>0</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>0.33</v>
+        <v>0</v>
       </c>
       <c r="L3" s="1" t="n">
-        <v>0.28</v>
+        <v>0.01</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>0.3</v>
+        <v>0</v>
       </c>
       <c r="N3" s="1" t="n">
-        <v>0.28</v>
+        <v>0.01</v>
       </c>
       <c r="O3" s="1" t="n">
-        <v>0.3</v>
+        <v>0</v>
       </c>
       <c r="P3" s="1" t="n">
-        <v>0.26</v>
+        <v>0.01</v>
       </c>
       <c r="Q3" s="1" t="n">
-        <v>0.29</v>
+        <v>0.01</v>
       </c>
       <c r="R3" s="1" t="n">
-        <v>0.27</v>
+        <v>0.02</v>
       </c>
       <c r="S3" s="1" t="n">
-        <v>0.28</v>
+        <v>0.02</v>
       </c>
       <c r="T3" s="1" t="n">
-        <v>0.27</v>
+        <v>0</v>
       </c>
       <c r="U3" s="1" t="n">
-        <v>0.24</v>
+        <v>0</v>
       </c>
       <c r="V3" s="1" t="n">
-        <v>0.3</v>
+        <v>0.01</v>
       </c>
       <c r="W3" s="1" t="n">
-        <v>0.29</v>
+        <v>0.01</v>
       </c>
       <c r="X3" s="1" t="n">
-        <v>0.3</v>
+        <v>0</v>
       </c>
       <c r="Y3" s="1" t="n">
-        <v>0.3</v>
+        <v>0</v>
       </c>
       <c r="Z3" s="1" t="n">
-        <v>0.28</v>
+        <v>0</v>
       </c>
       <c r="AA3" s="1" t="n">
-        <v>0.31</v>
+        <v>0.03</v>
       </c>
       <c r="AB3" s="1" t="n">
-        <v>0.27</v>
+        <v>0.01</v>
       </c>
       <c r="AC3" s="1" t="n">
-        <v>0.27</v>
+        <v>0.02</v>
       </c>
       <c r="AD3" s="1" t="n">
-        <v>0.29</v>
+        <v>0</v>
       </c>
       <c r="AE3" s="1" t="n">
-        <v>0.25</v>
+        <v>0.01</v>
       </c>
       <c r="AF3" s="1" t="n">
-        <v>0.24</v>
+        <v>0</v>
       </c>
       <c r="AG3" s="1" t="n">
-        <v>0.23</v>
+        <v>0</v>
       </c>
       <c r="AH3" s="1" t="n">
-        <v>0.24</v>
+        <v>0.01</v>
       </c>
       <c r="AI3" s="1" t="n">
-        <v>0.23</v>
+        <v>0.01</v>
       </c>
       <c r="AJ3" s="1" t="n">
-        <v>0.25</v>
+        <v>0.01</v>
       </c>
       <c r="AK3" s="1" t="n">
-        <v>0.25</v>
+        <v>0</v>
       </c>
       <c r="AL3" s="1" t="n">
-        <v>0.22</v>
+        <v>0.02</v>
       </c>
       <c r="AM3" s="1" t="n">
-        <v>0.25</v>
+        <v>0</v>
       </c>
       <c r="AN3" s="1" t="n">
-        <v>0.24</v>
+        <v>0</v>
       </c>
       <c r="AO3" s="1" t="n">
-        <v>0.24</v>
+        <v>0</v>
+      </c>
+      <c r="AP3" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AQ3" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AR3" s="1" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.01</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.12</v>
+        <v>0.03</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.02</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.01</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.01</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.15</v>
+        <v>0</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.02</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>0.13</v>
+        <v>0</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.12</v>
+        <v>0.01</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.01</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.02</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.02</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.02</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.02</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.01</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.01</v>
       </c>
       <c r="T4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.01</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>0.14</v>
+        <v>0</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>0.18</v>
+        <v>0.01</v>
       </c>
       <c r="W4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.01</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.01</v>
       </c>
       <c r="Y4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.02</v>
       </c>
       <c r="Z4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.01</v>
       </c>
       <c r="AA4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.01</v>
       </c>
       <c r="AB4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.01</v>
       </c>
       <c r="AC4" s="1" t="n">
-        <v>0.12</v>
+        <v>0.01</v>
       </c>
       <c r="AD4" s="1" t="n">
-        <v>0.12</v>
+        <v>0</v>
       </c>
       <c r="AE4" s="1" t="n">
-        <v>0.18</v>
+        <v>0.01</v>
       </c>
       <c r="AF4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.02</v>
       </c>
       <c r="AG4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.01</v>
       </c>
       <c r="AH4" s="1" t="n">
-        <v>0.15</v>
+        <v>0</v>
       </c>
       <c r="AI4" s="1" t="n">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="AJ4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.01</v>
       </c>
       <c r="AK4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.01</v>
       </c>
       <c r="AL4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.04</v>
       </c>
       <c r="AM4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.02</v>
       </c>
       <c r="AN4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.01</v>
       </c>
       <c r="AO4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.01</v>
+      </c>
+      <c r="AP4" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AQ4" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AR4" s="1" t="n">
+        <v>0.02</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AG5" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="AH5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="AI5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="AJ5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="AK5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="AL5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AM5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AN5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="AO5" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
+      </c>
+      <c r="AP5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ5" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AR5" s="1" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="O6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="P6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="Q6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="R6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="S6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="T6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="U6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="V6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="W6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="X6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="Y6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="Z6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AA6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AB6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AC6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AD6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AE6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AF6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AG6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AH6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AI6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AJ6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AK6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AL6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AM6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AN6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AO6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
+      </c>
+      <c r="AP6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AQ6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AR6" s="1" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
-        <v>0.2</v>
+        <v>0.93</v>
       </c>
       <c r="C7" s="1" t="n">
-        <v>0.22</v>
+        <v>0.9</v>
       </c>
       <c r="D7" s="1" t="n">
-        <v>0.22</v>
+        <v>0.88</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>0.25</v>
+        <v>0.91</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>0.18</v>
+        <v>0.9399999999999999</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>0.2</v>
+        <v>0.9399999999999999</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>0.22</v>
+        <v>0.9399999999999999</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>0.22</v>
+        <v>0.9</v>
       </c>
       <c r="J7" s="1" t="n">
-        <v>0.18</v>
+        <v>0.88</v>
       </c>
       <c r="K7" s="1" t="n">
-        <v>0.21</v>
+        <v>0.92</v>
       </c>
       <c r="L7" s="1" t="n">
-        <v>0.19</v>
+        <v>0.87</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>0.19</v>
+        <v>0.89</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>0.2</v>
+        <v>0.91</v>
       </c>
       <c r="O7" s="1" t="n">
-        <v>0.16</v>
+        <v>0.87</v>
       </c>
       <c r="P7" s="1" t="n">
-        <v>0.24</v>
+        <v>0.89</v>
       </c>
       <c r="Q7" s="1" t="n">
-        <v>0.22</v>
+        <v>0.88</v>
       </c>
       <c r="R7" s="1" t="n">
-        <v>0.24</v>
+        <v>0.9399999999999999</v>
       </c>
       <c r="S7" s="1" t="n">
-        <v>0.23</v>
+        <v>0.93</v>
       </c>
       <c r="T7" s="1" t="n">
-        <v>0.24</v>
+        <v>0.9399999999999999</v>
       </c>
       <c r="U7" s="1" t="n">
-        <v>0.27</v>
+        <v>0.91</v>
       </c>
       <c r="V7" s="1" t="n">
-        <v>0.2</v>
+        <v>0.95</v>
       </c>
       <c r="W7" s="1" t="n">
-        <v>0.24</v>
+        <v>0.93</v>
       </c>
       <c r="X7" s="1" t="n">
-        <v>0.22</v>
+        <v>0.9399999999999999</v>
       </c>
       <c r="Y7" s="1" t="n">
-        <v>0.19</v>
+        <v>0.92</v>
       </c>
       <c r="Z7" s="1" t="n">
-        <v>0.21</v>
+        <v>0.88</v>
       </c>
       <c r="AA7" s="1" t="n">
-        <v>0.23</v>
+        <v>0.9</v>
       </c>
       <c r="AB7" s="1" t="n">
-        <v>0.22</v>
+        <v>0.95</v>
       </c>
       <c r="AC7" s="1" t="n">
-        <v>0.27</v>
+        <v>0.89</v>
       </c>
       <c r="AD7" s="1" t="n">
-        <v>0.22</v>
+        <v>0.96</v>
       </c>
       <c r="AE7" s="1" t="n">
-        <v>0.22</v>
+        <v>0.91</v>
       </c>
       <c r="AF7" s="1" t="n">
-        <v>0.24</v>
+        <v>0.92</v>
       </c>
       <c r="AG7" s="1" t="n">
-        <v>0.25</v>
+        <v>0.89</v>
       </c>
       <c r="AH7" s="1" t="n">
-        <v>0.23</v>
+        <v>0.93</v>
       </c>
       <c r="AI7" s="1" t="n">
-        <v>0.26</v>
+        <v>0.92</v>
       </c>
       <c r="AJ7" s="1" t="n">
-        <v>0.22</v>
+        <v>0.85</v>
       </c>
       <c r="AK7" s="1" t="n">
-        <v>0.23</v>
+        <v>0.95</v>
       </c>
       <c r="AL7" s="1" t="n">
-        <v>0.25</v>
+        <v>0.9</v>
       </c>
       <c r="AM7" s="1" t="n">
-        <v>0.24</v>
+        <v>0.91</v>
       </c>
       <c r="AN7" s="1" t="n">
-        <v>0.24</v>
+        <v>0.9399999999999999</v>
       </c>
       <c r="AO7" s="1" t="n">
-        <v>0.25</v>
+        <v>0.9</v>
+      </c>
+      <c r="AP7" s="1" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="AQ7" s="1" t="n">
+        <v>0.92</v>
+      </c>
+      <c r="AR7" s="1" t="n">
+        <v>0.92</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
-        <v>0.09</v>
+        <v>0</v>
       </c>
       <c r="C8" s="1" t="n">
-        <v>0.11</v>
+        <v>0</v>
       </c>
       <c r="D8" s="1" t="n">
-        <v>0.11</v>
+        <v>0</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>0.09</v>
+        <v>0</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>0.11</v>
+        <v>0</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>0.1</v>
+        <v>0.01</v>
       </c>
       <c r="H8" s="1" t="n">
-        <v>0.12</v>
+        <v>0</v>
       </c>
       <c r="I8" s="1" t="n">
-        <v>0.12</v>
+        <v>0.01</v>
       </c>
       <c r="J8" s="1" t="n">
-        <v>0.12</v>
+        <v>0.02</v>
       </c>
       <c r="K8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.01</v>
       </c>
       <c r="L8" s="1" t="n">
-        <v>0.13</v>
+        <v>0.01</v>
       </c>
       <c r="M8" s="1" t="n">
-        <v>0.14</v>
+        <v>0</v>
       </c>
       <c r="N8" s="1" t="n">
-        <v>0.13</v>
+        <v>0</v>
       </c>
       <c r="O8" s="1" t="n">
-        <v>0.15</v>
+        <v>0</v>
       </c>
       <c r="P8" s="1" t="n">
-        <v>0.14</v>
+        <v>0</v>
       </c>
       <c r="Q8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.01</v>
       </c>
       <c r="R8" s="1" t="n">
-        <v>0.13</v>
+        <v>0</v>
       </c>
       <c r="S8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.01</v>
       </c>
       <c r="T8" s="1" t="n">
-        <v>0.14</v>
+        <v>0.01</v>
       </c>
       <c r="U8" s="1" t="n">
-        <v>0.14</v>
+        <v>0.03</v>
       </c>
       <c r="V8" s="1" t="n">
-        <v>0.12</v>
+        <v>0</v>
       </c>
       <c r="W8" s="1" t="n">
-        <v>0.12</v>
+        <v>0.01</v>
       </c>
       <c r="X8" s="1" t="n">
-        <v>0.12</v>
+        <v>0.01</v>
       </c>
       <c r="Y8" s="1" t="n">
-        <v>0.13</v>
+        <v>0.01</v>
       </c>
       <c r="Z8" s="1" t="n">
-        <v>0.13</v>
+        <v>0.01</v>
       </c>
       <c r="AA8" s="1" t="n">
-        <v>0.14</v>
+        <v>0.02</v>
       </c>
       <c r="AB8" s="1" t="n">
-        <v>0.15</v>
+        <v>0</v>
       </c>
       <c r="AC8" s="1" t="n">
-        <v>0.13</v>
+        <v>0</v>
       </c>
       <c r="AD8" s="1" t="n">
-        <v>0.15</v>
+        <v>0.01</v>
       </c>
       <c r="AE8" s="1" t="n">
-        <v>0.13</v>
+        <v>0</v>
       </c>
       <c r="AF8" s="1" t="n">
-        <v>0.13</v>
+        <v>0</v>
       </c>
       <c r="AG8" s="1" t="n">
-        <v>0.14</v>
+        <v>0</v>
       </c>
       <c r="AH8" s="1" t="n">
-        <v>0.15</v>
+        <v>0.01</v>
       </c>
       <c r="AI8" s="1" t="n">
-        <v>0.12</v>
+        <v>0</v>
       </c>
       <c r="AJ8" s="1" t="n">
-        <v>0.15</v>
+        <v>0.03</v>
       </c>
       <c r="AK8" s="1" t="n">
-        <v>0.14</v>
+        <v>0.01</v>
       </c>
       <c r="AL8" s="1" t="n">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="AM8" s="1" t="n">
-        <v>0.16</v>
+        <v>0.02</v>
       </c>
       <c r="AN8" s="1" t="n">
-        <v>0.14</v>
+        <v>0.01</v>
       </c>
       <c r="AO8" s="1" t="n">
-        <v>0.16</v>
+        <v>0</v>
+      </c>
+      <c r="AP8" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ8" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AR8" s="1" t="n">
+        <v>0.01</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="E9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="G9" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="H9" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="I9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="J9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
       <c r="K9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="L9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="M9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
       <c r="N9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="O9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="P9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="Q9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="R9" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="S9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="T9" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="U9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="V9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="W9" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="X9" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="Y9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="Z9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="AA9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="AB9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AC9" s="1" t="n">
-        <v>0.04</v>
+        <v>0.05</v>
       </c>
       <c r="AD9" s="1" t="n">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="AE9" s="1" t="n">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
       <c r="AF9" s="1" t="n">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
       <c r="AG9" s="1" t="n">
-        <v>0.05</v>
+        <v>0.03</v>
       </c>
       <c r="AH9" s="1" t="n">
-        <v>0.06</v>
+        <v>0.02</v>
       </c>
       <c r="AI9" s="1" t="n">
-        <v>0.05</v>
+        <v>0.03</v>
       </c>
       <c r="AJ9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AK9" s="1" t="n">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
       <c r="AL9" s="1" t="n">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
       <c r="AM9" s="1" t="n">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
       <c r="AN9" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AO9" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
+      </c>
+      <c r="AP9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AQ9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AR9" s="1" t="n">
+        <v>0.01</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
-        <v>585</v>
+        <v>300</v>
       </c>
       <c r="C10" t="n">
-        <v>694</v>
+        <v>282</v>
       </c>
       <c r="D10" t="n">
-        <v>712</v>
+        <v>266</v>
       </c>
       <c r="E10" t="n">
-        <v>683</v>
+        <v>276</v>
       </c>
       <c r="F10" t="n">
-        <v>624</v>
+        <v>229</v>
       </c>
       <c r="G10" t="n">
-        <v>658</v>
+        <v>248</v>
       </c>
       <c r="H10" t="n">
-        <v>605</v>
+        <v>240</v>
       </c>
       <c r="I10" t="n">
-        <v>582</v>
+        <v>222</v>
       </c>
       <c r="J10" t="n">
-        <v>614</v>
+        <v>228</v>
       </c>
       <c r="K10" t="n">
-        <v>613</v>
+        <v>221</v>
       </c>
       <c r="L10" t="n">
-        <v>601</v>
+        <v>209</v>
       </c>
       <c r="M10" t="n">
-        <v>609</v>
+        <v>225</v>
       </c>
       <c r="N10" t="n">
-        <v>607</v>
+        <v>225</v>
       </c>
       <c r="O10" t="n">
-        <v>651</v>
+        <v>212</v>
       </c>
       <c r="P10" t="n">
-        <v>545</v>
+        <v>183</v>
       </c>
       <c r="Q10" t="n">
-        <v>587</v>
+        <v>215</v>
       </c>
       <c r="R10" t="n">
-        <v>558</v>
+        <v>232</v>
       </c>
       <c r="S10" t="n">
-        <v>600</v>
+        <v>225</v>
       </c>
       <c r="T10" t="n">
-        <v>593</v>
+        <v>230</v>
       </c>
       <c r="U10" t="n">
-        <v>521</v>
+        <v>207</v>
       </c>
       <c r="V10" t="n">
-        <v>579</v>
+        <v>223</v>
       </c>
       <c r="W10" t="n">
-        <v>572</v>
+        <v>209</v>
       </c>
       <c r="X10" t="n">
-        <v>592</v>
+        <v>211</v>
       </c>
       <c r="Y10" t="n">
-        <v>622</v>
+        <v>231</v>
       </c>
       <c r="Z10" t="n">
-        <v>616</v>
+        <v>223</v>
       </c>
       <c r="AA10" t="n">
-        <v>587</v>
+        <v>238</v>
       </c>
       <c r="AB10" t="n">
-        <v>575</v>
+        <v>223</v>
       </c>
       <c r="AC10" t="n">
-        <v>570</v>
+        <v>227</v>
       </c>
       <c r="AD10" t="n">
-        <v>579</v>
+        <v>205</v>
       </c>
       <c r="AE10" t="n">
-        <v>616</v>
+        <v>235</v>
       </c>
       <c r="AF10" t="n">
-        <v>628</v>
+        <v>241</v>
       </c>
       <c r="AG10" t="n">
-        <v>599</v>
+        <v>222</v>
       </c>
       <c r="AH10" t="n">
-        <v>636</v>
+        <v>219</v>
       </c>
       <c r="AI10" t="n">
-        <v>623</v>
+        <v>229</v>
       </c>
       <c r="AJ10" t="n">
-        <v>642</v>
+        <v>248</v>
       </c>
       <c r="AK10" t="n">
-        <v>566</v>
+        <v>231</v>
       </c>
       <c r="AL10" t="n">
-        <v>584</v>
+        <v>228</v>
       </c>
       <c r="AM10" t="n">
-        <v>636</v>
+        <v>264</v>
       </c>
       <c r="AN10" t="n">
-        <v>587</v>
+        <v>236</v>
       </c>
       <c r="AO10" t="n">
-        <v>560</v>
+        <v>214</v>
+      </c>
+      <c r="AP10" t="n">
+        <v>220</v>
+      </c>
+      <c r="AQ10" t="n">
+        <v>209</v>
+      </c>
+      <c r="AR10" t="n">
+        <v>235</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
-        <v>659</v>
+        <v>209</v>
       </c>
       <c r="C11" t="n">
-        <v>713</v>
+        <v>226</v>
       </c>
       <c r="D11" t="n">
-        <v>729</v>
+        <v>231</v>
       </c>
       <c r="E11" t="n">
-        <v>716</v>
+        <v>227</v>
       </c>
       <c r="F11" t="n">
-        <v>690</v>
+        <v>219</v>
       </c>
       <c r="G11" t="n">
-        <v>709</v>
+        <v>225</v>
       </c>
       <c r="H11" t="n">
-        <v>700</v>
+        <v>222</v>
       </c>
       <c r="I11" t="n">
-        <v>641</v>
+        <v>203</v>
       </c>
       <c r="J11" t="n">
-        <v>673</v>
+        <v>214</v>
       </c>
       <c r="K11" t="n">
-        <v>671</v>
+        <v>213</v>
       </c>
       <c r="L11" t="n">
-        <v>660</v>
+        <v>210</v>
       </c>
       <c r="M11" t="n">
-        <v>673</v>
+        <v>215</v>
       </c>
       <c r="N11" t="n">
-        <v>688</v>
+        <v>220</v>
       </c>
       <c r="O11" t="n">
-        <v>688</v>
+        <v>220</v>
       </c>
       <c r="P11" t="n">
-        <v>590</v>
+        <v>189</v>
       </c>
       <c r="Q11" t="n">
-        <v>656</v>
+        <v>210</v>
       </c>
       <c r="R11" t="n">
-        <v>635</v>
+        <v>203</v>
       </c>
       <c r="S11" t="n">
-        <v>658</v>
+        <v>211</v>
       </c>
       <c r="T11" t="n">
-        <v>651</v>
+        <v>208</v>
       </c>
       <c r="U11" t="n">
-        <v>591</v>
+        <v>189</v>
       </c>
       <c r="V11" t="n">
-        <v>644</v>
+        <v>206</v>
       </c>
       <c r="W11" t="n">
-        <v>625</v>
+        <v>200</v>
       </c>
       <c r="X11" t="n">
-        <v>646</v>
+        <v>206</v>
       </c>
       <c r="Y11" t="n">
-        <v>696</v>
+        <v>222</v>
       </c>
       <c r="Z11" t="n">
-        <v>664</v>
+        <v>212</v>
       </c>
       <c r="AA11" t="n">
-        <v>690</v>
+        <v>221</v>
       </c>
       <c r="AB11" t="n">
-        <v>635</v>
+        <v>203</v>
       </c>
       <c r="AC11" t="n">
-        <v>654</v>
+        <v>209</v>
       </c>
       <c r="AD11" t="n">
-        <v>635</v>
+        <v>203</v>
       </c>
       <c r="AE11" t="n">
-        <v>703</v>
+        <v>225</v>
       </c>
       <c r="AF11" t="n">
-        <v>708</v>
+        <v>227</v>
       </c>
       <c r="AG11" t="n">
-        <v>676</v>
+        <v>216</v>
       </c>
       <c r="AH11" t="n">
-        <v>684</v>
+        <v>219</v>
       </c>
       <c r="AI11" t="n">
-        <v>704</v>
+        <v>225</v>
       </c>
       <c r="AJ11" t="n">
-        <v>727</v>
+        <v>232</v>
       </c>
       <c r="AK11" t="n">
-        <v>682</v>
+        <v>218</v>
       </c>
       <c r="AL11" t="n">
-        <v>669</v>
+        <v>214</v>
       </c>
       <c r="AM11" t="n">
-        <v>740</v>
+        <v>237</v>
       </c>
       <c r="AN11" t="n">
-        <v>667</v>
+        <v>213</v>
       </c>
       <c r="AO11" t="n">
-        <v>648</v>
+        <v>207</v>
+      </c>
+      <c r="AP11" t="n">
+        <v>211</v>
+      </c>
+      <c r="AQ11" t="n">
+        <v>215</v>
+      </c>
+      <c r="AR11" t="n">
+        <v>210</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AO11"/>
+  <dimension ref="A1:AR11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
+    <col width="14" customWidth="1" min="42" max="42"/>
+    <col width="14" customWidth="1" min="43" max="43"/>
+    <col width="14" customWidth="1" min="44" max="44"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -14568,1381 +15543,1489 @@
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
+      <c r="AP1" t="inlineStr">
+        <is>
+          <t>2025-10-20</t>
+        </is>
+      </c>
+      <c r="AQ1" t="inlineStr">
+        <is>
+          <t>2025-10-27</t>
+        </is>
+      </c>
+      <c r="AR1" t="inlineStr">
+        <is>
+          <t>2025-11-03</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.25</v>
+        <v>0.17</v>
       </c>
       <c r="C2" s="1" t="n">
-        <v>0.25</v>
+        <v>0.17</v>
       </c>
       <c r="D2" s="1" t="n">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.15</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>0.2</v>
+        <v>0.19</v>
       </c>
       <c r="G2" s="1" t="n">
-        <v>0.2</v>
+        <v>0.17</v>
       </c>
       <c r="H2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.19</v>
       </c>
       <c r="I2" s="1" t="n">
-        <v>0.19</v>
+        <v>0.13</v>
       </c>
       <c r="J2" s="1" t="n">
-        <v>0.22</v>
+        <v>0.17</v>
       </c>
       <c r="K2" s="1" t="n">
-        <v>0.23</v>
+        <v>0.13</v>
       </c>
       <c r="L2" s="1" t="n">
-        <v>0.2</v>
+        <v>0.16</v>
       </c>
       <c r="M2" s="1" t="n">
-        <v>0.19</v>
+        <v>0.16</v>
       </c>
       <c r="N2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.18</v>
       </c>
       <c r="O2" s="1" t="n">
-        <v>0.19</v>
+        <v>0.16</v>
       </c>
       <c r="P2" s="1" t="n">
-        <v>0.2</v>
+        <v>0.17</v>
       </c>
       <c r="Q2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.15</v>
       </c>
       <c r="R2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="S2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="T2" s="1" t="n">
         <v>0.14</v>
       </c>
-      <c r="T2" s="1" t="n">
+      <c r="U2" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="V2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="W2" s="1" t="n">
         <v>0.13</v>
       </c>
-      <c r="U2" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="X2" s="1" t="n">
-        <v>0.2</v>
+        <v>0.14</v>
       </c>
       <c r="Y2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.14</v>
       </c>
       <c r="Z2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.13</v>
       </c>
       <c r="AA2" s="1" t="n">
-        <v>0.17</v>
+        <v>0.14</v>
       </c>
       <c r="AB2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AC2" s="1" t="n">
-        <v>0.18</v>
+        <v>0.14</v>
       </c>
       <c r="AD2" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AE2" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AF2" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AG2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AH2" s="1" t="n">
         <v>0.16</v>
       </c>
-      <c r="AE2" s="1" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="AI2" s="1" t="n">
-        <v>0.19</v>
+        <v>0.12</v>
       </c>
       <c r="AJ2" s="1" t="n">
-        <v>0.17</v>
+        <v>0.15</v>
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AL2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.16</v>
       </c>
       <c r="AM2" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AN2" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AO2" s="1" t="n">
         <v>0.16</v>
       </c>
-      <c r="AN2" s="1" t="n">
+      <c r="AP2" s="1" t="n">
         <v>0.17</v>
       </c>
-      <c r="AO2" s="1" t="n">
-        <v>0.15</v>
+      <c r="AQ2" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AR2" s="1" t="n">
+        <v>0.13</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.23</v>
+        <v>0.39</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>0.2</v>
+        <v>0.35</v>
       </c>
       <c r="D3" s="1" t="n">
+        <v>0.37</v>
+      </c>
+      <c r="E3" s="1" t="n">
+        <v>0.37</v>
+      </c>
+      <c r="F3" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="G3" s="1" t="n">
+        <v>0.37</v>
+      </c>
+      <c r="H3" s="1" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="I3" s="1" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="J3" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="K3" s="1" t="n">
+        <v>0.39</v>
+      </c>
+      <c r="L3" s="1" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="M3" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="N3" s="1" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="O3" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="P3" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="Q3" s="1" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="R3" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="S3" s="1" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="T3" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="U3" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="V3" s="1" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="W3" s="1" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="X3" s="1" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="Y3" s="1" t="n">
+        <v>0.37</v>
+      </c>
+      <c r="Z3" s="1" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="AA3" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="AB3" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="AC3" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="AD3" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="AE3" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="AF3" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="AG3" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="AH3" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="AI3" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="AJ3" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="AK3" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="AL3" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="AM3" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="AN3" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="AO3" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="AP3" s="1" t="n">
         <v>0.27</v>
       </c>
-      <c r="E3" s="1" t="n">
-[...108 lines deleted...]
-        <v>0.19</v>
+      <c r="AQ3" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="AR3" s="1" t="n">
+        <v>0.27</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.12</v>
+        <v>0.23</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.2</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.21</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.23</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.22</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.2</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.22</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.21</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.24</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.22</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.19</v>
+        <v>0.23</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.21</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>0.19</v>
+        <v>0.26</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.22</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.21</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.21</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.25</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.22</v>
       </c>
       <c r="T4" s="1" t="n">
-        <v>0.18</v>
+        <v>0.25</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.23</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.25</v>
       </c>
       <c r="W4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.23</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.21</v>
       </c>
       <c r="Y4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.2</v>
       </c>
       <c r="Z4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.24</v>
       </c>
       <c r="AA4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.22</v>
       </c>
       <c r="AB4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.24</v>
       </c>
       <c r="AC4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.23</v>
       </c>
       <c r="AD4" s="1" t="n">
-        <v>0.12</v>
+        <v>0.2</v>
       </c>
       <c r="AE4" s="1" t="n">
-        <v>0.12</v>
+        <v>0.22</v>
       </c>
       <c r="AF4" s="1" t="n">
-        <v>0.11</v>
+        <v>0.21</v>
       </c>
       <c r="AG4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.2</v>
       </c>
       <c r="AH4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.23</v>
       </c>
       <c r="AI4" s="1" t="n">
-        <v>0.12</v>
+        <v>0.22</v>
       </c>
       <c r="AJ4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.23</v>
       </c>
       <c r="AK4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.24</v>
       </c>
       <c r="AL4" s="1" t="n">
-        <v>0.12</v>
+        <v>0.2</v>
       </c>
       <c r="AM4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.24</v>
       </c>
       <c r="AN4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.26</v>
       </c>
       <c r="AO4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.22</v>
+      </c>
+      <c r="AP4" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AQ4" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="AR4" s="1" t="n">
+        <v>0.23</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="C5" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="D5" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="E5" s="1" t="n">
         <v>0.04</v>
       </c>
-      <c r="D5" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="1" t="n">
-        <v>0.04</v>
+        <v>0.05</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="H5" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="I5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="J5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="K5" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="L5" s="1" t="n">
         <v>0.05</v>
       </c>
-      <c r="I5" s="1" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="M5" s="1" t="n">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
       <c r="N5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="O5" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="P5" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="Q5" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="R5" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="S5" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="T5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="U5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="V5" s="1" t="n">
         <v>0.04</v>
       </c>
-      <c r="O5" s="1" t="n">
+      <c r="W5" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="X5" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="Y5" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="Z5" s="1" t="n">
         <v>0.04</v>
       </c>
-      <c r="P5" s="1" t="n">
+      <c r="AA5" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AB5" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AC5" s="1" t="n">
         <v>0.04</v>
       </c>
-      <c r="Q5" s="1" t="n">
-[...37 lines deleted...]
-      </c>
       <c r="AD5" s="1" t="n">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>0.04</v>
+        <v>0.06</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>0.04</v>
+        <v>0.06</v>
       </c>
       <c r="AG5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AH5" s="1" t="n">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
       <c r="AI5" s="1" t="n">
-        <v>0.03</v>
+        <v>0.06</v>
       </c>
       <c r="AJ5" s="1" t="n">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
       <c r="AK5" s="1" t="n">
-        <v>0.04</v>
+        <v>0.05</v>
       </c>
       <c r="AL5" s="1" t="n">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
       <c r="AM5" s="1" t="n">
-        <v>0.04</v>
+        <v>0.05</v>
       </c>
       <c r="AN5" s="1" t="n">
-        <v>0.04</v>
+        <v>0.06</v>
       </c>
       <c r="AO5" s="1" t="n">
         <v>0.04</v>
+      </c>
+      <c r="AP5" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AQ5" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AR5" s="1" t="n">
+        <v>0.06</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="L6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="M6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="O6" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="P6" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="Q6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="R6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="S6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="T6" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="U6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="V6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="W6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="X6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="Y6" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="Z6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AA6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AB6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AC6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AD6" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="AE6" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="AF6" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="AG6" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="AH6" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="AI6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AJ6" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="AK6" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AN6" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="AO6" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
+      </c>
+      <c r="AP6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AQ6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AR6" s="1" t="n">
+        <v>0.02</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
-        <v>0.28</v>
+        <v>0.03</v>
       </c>
       <c r="C7" s="1" t="n">
-        <v>0.25</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="D7" s="1" t="n">
-        <v>0.29</v>
+        <v>0.08</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>0.26</v>
+        <v>0.06</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>0.31</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>0.34</v>
+        <v>0.08</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>0.3</v>
+        <v>0.06</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>0.32</v>
+        <v>0.06</v>
       </c>
       <c r="J7" s="1" t="n">
-        <v>0.29</v>
+        <v>0.06</v>
       </c>
       <c r="K7" s="1" t="n">
-        <v>0.28</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="L7" s="1" t="n">
-        <v>0.26</v>
+        <v>0.05</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>0.3</v>
+        <v>0.06</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>0.26</v>
+        <v>0.04</v>
       </c>
       <c r="O7" s="1" t="n">
-        <v>0.32</v>
+        <v>0.04</v>
       </c>
       <c r="P7" s="1" t="n">
-        <v>0.3</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="Q7" s="1" t="n">
-        <v>0.31</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="R7" s="1" t="n">
-        <v>0.36</v>
+        <v>0.09</v>
       </c>
       <c r="S7" s="1" t="n">
-        <v>0.33</v>
+        <v>0.08</v>
       </c>
       <c r="T7" s="1" t="n">
-        <v>0.36</v>
+        <v>0.08</v>
       </c>
       <c r="U7" s="1" t="n">
-        <v>0.35</v>
+        <v>0.1</v>
       </c>
       <c r="V7" s="1" t="n">
-        <v>0.4</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="W7" s="1" t="n">
-        <v>0.37</v>
+        <v>0.09</v>
       </c>
       <c r="X7" s="1" t="n">
-        <v>0.31</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="Y7" s="1" t="n">
-        <v>0.34</v>
+        <v>0.08</v>
       </c>
       <c r="Z7" s="1" t="n">
-        <v>0.32</v>
+        <v>0.06</v>
       </c>
       <c r="AA7" s="1" t="n">
-        <v>0.29</v>
+        <v>0.06</v>
       </c>
       <c r="AB7" s="1" t="n">
-        <v>0.34</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AC7" s="1" t="n">
-        <v>0.29</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AD7" s="1" t="n">
-        <v>0.38</v>
+        <v>0.08</v>
       </c>
       <c r="AE7" s="1" t="n">
-        <v>0.32</v>
+        <v>0.06</v>
       </c>
       <c r="AF7" s="1" t="n">
-        <v>0.35</v>
+        <v>0.08</v>
       </c>
       <c r="AG7" s="1" t="n">
-        <v>0.31</v>
+        <v>0.08</v>
       </c>
       <c r="AH7" s="1" t="n">
-        <v>0.36</v>
+        <v>0.08</v>
       </c>
       <c r="AI7" s="1" t="n">
-        <v>0.31</v>
+        <v>0.09</v>
       </c>
       <c r="AJ7" s="1" t="n">
-        <v>0.35</v>
+        <v>0.06</v>
       </c>
       <c r="AK7" s="1" t="n">
-        <v>0.37</v>
+        <v>0.08</v>
       </c>
       <c r="AL7" s="1" t="n">
-        <v>0.34</v>
+        <v>0.08</v>
       </c>
       <c r="AM7" s="1" t="n">
-        <v>0.33</v>
+        <v>0.08</v>
       </c>
       <c r="AN7" s="1" t="n">
-        <v>0.32</v>
+        <v>0.06</v>
       </c>
       <c r="AO7" s="1" t="n">
-        <v>0.33</v>
+        <v>0.08</v>
+      </c>
+      <c r="AP7" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AQ7" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AR7" s="1" t="n">
+        <v>0.08</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.1</v>
       </c>
       <c r="C8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.12</v>
       </c>
       <c r="D8" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.1</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.12</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.1</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.11</v>
       </c>
       <c r="H8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="I8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.12</v>
       </c>
       <c r="J8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.11</v>
       </c>
       <c r="K8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.11</v>
       </c>
       <c r="L8" s="1" t="n">
-        <v>0.08</v>
+        <v>0.11</v>
       </c>
       <c r="M8" s="1" t="n">
-        <v>0.08</v>
+        <v>0.14</v>
       </c>
       <c r="N8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="O8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.13</v>
       </c>
       <c r="P8" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.14</v>
       </c>
       <c r="Q8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.13</v>
       </c>
       <c r="R8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.12</v>
       </c>
       <c r="S8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.11</v>
       </c>
       <c r="T8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.13</v>
       </c>
       <c r="U8" s="1" t="n">
-        <v>0.09</v>
+        <v>0.14</v>
       </c>
       <c r="V8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.11</v>
       </c>
       <c r="W8" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.13</v>
       </c>
       <c r="X8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.13</v>
       </c>
       <c r="Y8" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.12</v>
       </c>
       <c r="Z8" s="1" t="n">
-        <v>0.08</v>
+        <v>0.13</v>
       </c>
       <c r="AA8" s="1" t="n">
-        <v>0.08</v>
+        <v>0.13</v>
       </c>
       <c r="AB8" s="1" t="n">
-        <v>0.08</v>
+        <v>0.15</v>
       </c>
       <c r="AC8" s="1" t="n">
-        <v>0.08</v>
+        <v>0.14</v>
       </c>
       <c r="AD8" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.15</v>
       </c>
       <c r="AE8" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.13</v>
       </c>
       <c r="AF8" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.12</v>
       </c>
       <c r="AG8" s="1" t="n">
-        <v>0.09</v>
+        <v>0.14</v>
       </c>
       <c r="AH8" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.13</v>
       </c>
       <c r="AI8" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.13</v>
       </c>
       <c r="AJ8" s="1" t="n">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="AK8" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.15</v>
       </c>
       <c r="AL8" s="1" t="n">
-        <v>0.08</v>
+        <v>0.15</v>
       </c>
       <c r="AM8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.14</v>
       </c>
       <c r="AN8" s="1" t="n">
-        <v>0.13</v>
+        <v>0.17</v>
       </c>
       <c r="AO8" s="1" t="n">
-        <v>0.1</v>
+        <v>0.16</v>
+      </c>
+      <c r="AP8" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AQ8" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AR8" s="1" t="n">
+        <v>0.18</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="H9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="I9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="J9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="K9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="L9" s="1" t="n">
-        <v>0.05</v>
+        <v>0.03</v>
       </c>
       <c r="M9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="N9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="O9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="P9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="Q9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="R9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="S9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="T9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="U9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="V9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="W9" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="X9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="Y9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="Z9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="AA9" s="1" t="n">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
       <c r="AB9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="AC9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="AD9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AE9" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AF9" s="1" t="n">
         <v>0.05</v>
       </c>
-      <c r="AF9" s="1" t="n">
+      <c r="AG9" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AH9" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AI9" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AJ9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AK9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AL9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AM9" s="1" t="n">
         <v>0.04</v>
       </c>
-      <c r="AG9" s="1" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="AN9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AO9" s="1" t="n">
-        <v>0.04</v>
+        <v>0.03</v>
+      </c>
+      <c r="AP9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AQ9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AR9" s="1" t="n">
+        <v>0.03</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
-        <v>470</v>
+        <v>726</v>
       </c>
       <c r="C10" t="n">
-        <v>477</v>
+        <v>815</v>
       </c>
       <c r="D10" t="n">
-        <v>486</v>
+        <v>784</v>
       </c>
       <c r="E10" t="n">
-        <v>507</v>
+        <v>838</v>
       </c>
       <c r="F10" t="n">
-        <v>487</v>
+        <v>792</v>
       </c>
       <c r="G10" t="n">
-        <v>507</v>
+        <v>789</v>
       </c>
       <c r="H10" t="n">
-        <v>508</v>
+        <v>793</v>
       </c>
       <c r="I10" t="n">
-        <v>453</v>
+        <v>714</v>
       </c>
       <c r="J10" t="n">
-        <v>491</v>
+        <v>764</v>
       </c>
       <c r="K10" t="n">
-        <v>480</v>
+        <v>798</v>
       </c>
       <c r="L10" t="n">
-        <v>476</v>
+        <v>772</v>
       </c>
       <c r="M10" t="n">
-        <v>482</v>
+        <v>791</v>
       </c>
       <c r="N10" t="n">
-        <v>489</v>
+        <v>791</v>
       </c>
       <c r="O10" t="n">
-        <v>492</v>
+        <v>821</v>
       </c>
       <c r="P10" t="n">
-        <v>413</v>
+        <v>669</v>
       </c>
       <c r="Q10" t="n">
-        <v>472</v>
+        <v>745</v>
       </c>
       <c r="R10" t="n">
-        <v>476</v>
+        <v>694</v>
       </c>
       <c r="S10" t="n">
-        <v>486</v>
+        <v>750</v>
       </c>
       <c r="T10" t="n">
-        <v>486</v>
+        <v>710</v>
       </c>
       <c r="U10" t="n">
-        <v>431</v>
+        <v>678</v>
       </c>
       <c r="V10" t="n">
-        <v>460</v>
+        <v>736</v>
       </c>
       <c r="W10" t="n">
-        <v>426</v>
+        <v>731</v>
       </c>
       <c r="X10" t="n">
-        <v>439</v>
+        <v>715</v>
       </c>
       <c r="Y10" t="n">
-        <v>484</v>
+        <v>765</v>
       </c>
       <c r="Z10" t="n">
-        <v>447</v>
+        <v>762</v>
       </c>
       <c r="AA10" t="n">
-        <v>486</v>
+        <v>762</v>
       </c>
       <c r="AB10" t="n">
-        <v>460</v>
+        <v>673</v>
       </c>
       <c r="AC10" t="n">
-        <v>492</v>
+        <v>719</v>
       </c>
       <c r="AD10" t="n">
-        <v>434</v>
+        <v>745</v>
       </c>
       <c r="AE10" t="n">
-        <v>497</v>
+        <v>775</v>
       </c>
       <c r="AF10" t="n">
-        <v>482</v>
+        <v>796</v>
       </c>
       <c r="AG10" t="n">
-        <v>490</v>
+        <v>768</v>
       </c>
       <c r="AH10" t="n">
-        <v>499</v>
+        <v>803</v>
       </c>
       <c r="AI10" t="n">
-        <v>495</v>
+        <v>739</v>
       </c>
       <c r="AJ10" t="n">
-        <v>512</v>
+        <v>803</v>
       </c>
       <c r="AK10" t="n">
-        <v>472</v>
+        <v>753</v>
       </c>
       <c r="AL10" t="n">
-        <v>460</v>
+        <v>745</v>
       </c>
       <c r="AM10" t="n">
-        <v>537</v>
+        <v>860</v>
       </c>
       <c r="AN10" t="n">
-        <v>464</v>
+        <v>777</v>
       </c>
       <c r="AO10" t="n">
-        <v>461</v>
+        <v>729</v>
+      </c>
+      <c r="AP10" t="n">
+        <v>778</v>
+      </c>
+      <c r="AQ10" t="n">
+        <v>758</v>
+      </c>
+      <c r="AR10" t="n">
+        <v>727</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
-        <v>441</v>
+        <v>653</v>
       </c>
       <c r="C11" t="n">
-        <v>476</v>
+        <v>706</v>
       </c>
       <c r="D11" t="n">
-        <v>487</v>
+        <v>721</v>
       </c>
       <c r="E11" t="n">
-        <v>478</v>
+        <v>709</v>
       </c>
       <c r="F11" t="n">
-        <v>461</v>
+        <v>683</v>
       </c>
       <c r="G11" t="n">
-        <v>474</v>
+        <v>702</v>
       </c>
       <c r="H11" t="n">
-        <v>468</v>
+        <v>693</v>
       </c>
       <c r="I11" t="n">
-        <v>428</v>
+        <v>635</v>
       </c>
       <c r="J11" t="n">
-        <v>450</v>
+        <v>666</v>
       </c>
       <c r="K11" t="n">
-        <v>448</v>
+        <v>664</v>
       </c>
       <c r="L11" t="n">
-        <v>441</v>
+        <v>654</v>
       </c>
       <c r="M11" t="n">
-        <v>454</v>
+        <v>667</v>
       </c>
       <c r="N11" t="n">
-        <v>464</v>
+        <v>682</v>
       </c>
       <c r="O11" t="n">
-        <v>464</v>
+        <v>682</v>
       </c>
       <c r="P11" t="n">
-        <v>398</v>
+        <v>585</v>
       </c>
       <c r="Q11" t="n">
-        <v>443</v>
+        <v>651</v>
       </c>
       <c r="R11" t="n">
-        <v>428</v>
+        <v>629</v>
       </c>
       <c r="S11" t="n">
-        <v>444</v>
+        <v>653</v>
       </c>
       <c r="T11" t="n">
-        <v>439</v>
+        <v>645</v>
       </c>
       <c r="U11" t="n">
-        <v>399</v>
+        <v>586</v>
       </c>
       <c r="V11" t="n">
-        <v>434</v>
+        <v>638</v>
       </c>
       <c r="W11" t="n">
-        <v>421</v>
+        <v>619</v>
       </c>
       <c r="X11" t="n">
-        <v>435</v>
+        <v>640</v>
       </c>
       <c r="Y11" t="n">
-        <v>469</v>
+        <v>690</v>
       </c>
       <c r="Z11" t="n">
-        <v>448</v>
+        <v>658</v>
       </c>
       <c r="AA11" t="n">
-        <v>466</v>
+        <v>684</v>
       </c>
       <c r="AB11" t="n">
-        <v>428</v>
+        <v>629</v>
       </c>
       <c r="AC11" t="n">
-        <v>441</v>
+        <v>648</v>
       </c>
       <c r="AD11" t="n">
-        <v>428</v>
+        <v>629</v>
       </c>
       <c r="AE11" t="n">
-        <v>474</v>
+        <v>697</v>
       </c>
       <c r="AF11" t="n">
-        <v>478</v>
+        <v>702</v>
       </c>
       <c r="AG11" t="n">
-        <v>456</v>
+        <v>670</v>
       </c>
       <c r="AH11" t="n">
-        <v>461</v>
+        <v>678</v>
       </c>
       <c r="AI11" t="n">
-        <v>475</v>
+        <v>698</v>
       </c>
       <c r="AJ11" t="n">
-        <v>490</v>
+        <v>720</v>
       </c>
       <c r="AK11" t="n">
-        <v>460</v>
+        <v>676</v>
       </c>
       <c r="AL11" t="n">
-        <v>451</v>
+        <v>663</v>
       </c>
       <c r="AM11" t="n">
-        <v>499</v>
+        <v>734</v>
       </c>
       <c r="AN11" t="n">
-        <v>450</v>
+        <v>662</v>
       </c>
       <c r="AO11" t="n">
-        <v>437</v>
+        <v>642</v>
+      </c>
+      <c r="AP11" t="n">
+        <v>655</v>
+      </c>
+      <c r="AQ11" t="n">
+        <v>667</v>
+      </c>
+      <c r="AR11" t="n">
+        <v>652</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AO11"/>
+  <dimension ref="A1:AR11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
+    <col width="14" customWidth="1" min="42" max="42"/>
+    <col width="14" customWidth="1" min="43" max="43"/>
+    <col width="14" customWidth="1" min="44" max="44"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -16107,1381 +17190,1489 @@
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
+      <c r="AP1" t="inlineStr">
+        <is>
+          <t>2025-10-20</t>
+        </is>
+      </c>
+      <c r="AQ1" t="inlineStr">
+        <is>
+          <t>2025-10-27</t>
+        </is>
+      </c>
+      <c r="AR1" t="inlineStr">
+        <is>
+          <t>2025-11-03</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.35</v>
+        <v>0.34</v>
       </c>
       <c r="C2" s="1" t="n">
-        <v>0.34</v>
+        <v>0.31</v>
       </c>
       <c r="D2" s="1" t="n">
-        <v>0.38</v>
+        <v>0.31</v>
       </c>
       <c r="E2" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="F2" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="G2" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="H2" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="I2" s="1" t="n">
         <v>0.31</v>
       </c>
-      <c r="F2" s="1" t="n">
+      <c r="J2" s="1" t="n">
         <v>0.3</v>
       </c>
-      <c r="G2" s="1" t="n">
-[...2 lines deleted...]
-      <c r="H2" s="1" t="n">
+      <c r="K2" s="1" t="n">
         <v>0.33</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.32</v>
       </c>
       <c r="L2" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="M2" s="1" t="n">
-        <v>0.38</v>
+        <v>0.32</v>
       </c>
       <c r="N2" s="1" t="n">
-        <v>0.35</v>
+        <v>0.28</v>
       </c>
       <c r="O2" s="1" t="n">
-        <v>0.36</v>
+        <v>0.28</v>
       </c>
       <c r="P2" s="1" t="n">
-        <v>0.32</v>
+        <v>0.27</v>
       </c>
       <c r="Q2" s="1" t="n">
-        <v>0.32</v>
+        <v>0.27</v>
       </c>
       <c r="R2" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="S2" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="T2" s="1" t="n">
         <v>0.23</v>
       </c>
-      <c r="S2" s="1" t="n">
-[...2 lines deleted...]
-      <c r="T2" s="1" t="n">
+      <c r="U2" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="V2" s="1" t="n">
         <v>0.25</v>
       </c>
-      <c r="U2" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="W2" s="1" t="n">
-        <v>0.28</v>
+        <v>0.23</v>
       </c>
       <c r="X2" s="1" t="n">
-        <v>0.26</v>
+        <v>0.25</v>
       </c>
       <c r="Y2" s="1" t="n">
-        <v>0.28</v>
+        <v>0.23</v>
       </c>
       <c r="Z2" s="1" t="n">
-        <v>0.27</v>
+        <v>0.25</v>
       </c>
       <c r="AA2" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AB2" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AC2" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="AD2" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AE2" s="1" t="n">
         <v>0.25</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.26</v>
       </c>
       <c r="AF2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AG2" s="1" t="n">
-        <v>0.26</v>
+        <v>0.24</v>
       </c>
       <c r="AH2" s="1" t="n">
-        <v>0.29</v>
+        <v>0.22</v>
       </c>
       <c r="AI2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AJ2" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="AK2" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AL2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AM2" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AN2" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="AO2" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AP2" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="AQ2" s="1" t="n">
         <v>0.25</v>
       </c>
-      <c r="AK2" s="1" t="n">
-[...12 lines deleted...]
-        <v>0.28</v>
+      <c r="AR2" s="1" t="n">
+        <v>0.23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.14</v>
+        <v>0.1</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>0.12</v>
+        <v>0.1</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>0.14</v>
+        <v>0.13</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>0.15</v>
+        <v>0.11</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>0.12</v>
+        <v>0.11</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>0.12</v>
+        <v>0.1</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>0.14</v>
+        <v>0.09</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>0.14</v>
+        <v>0.09</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>0.15</v>
+        <v>0.11</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>0.16</v>
+        <v>0.1</v>
       </c>
       <c r="L3" s="1" t="n">
-        <v>0.15</v>
+        <v>0.08</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>0.13</v>
+        <v>0.09</v>
       </c>
       <c r="N3" s="1" t="n">
-        <v>0.13</v>
+        <v>0.1</v>
       </c>
       <c r="O3" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="P3" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="Q3" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="R3" s="1" t="n">
         <v>0.11</v>
       </c>
-      <c r="P3" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="S3" s="1" t="n">
-        <v>0.12</v>
+        <v>0.08</v>
       </c>
       <c r="T3" s="1" t="n">
-        <v>0.14</v>
+        <v>0.08</v>
       </c>
       <c r="U3" s="1" t="n">
-        <v>0.14</v>
+        <v>0.08</v>
       </c>
       <c r="V3" s="1" t="n">
-        <v>0.13</v>
+        <v>0.08</v>
       </c>
       <c r="W3" s="1" t="n">
-        <v>0.14</v>
+        <v>0.09</v>
       </c>
       <c r="X3" s="1" t="n">
-        <v>0.14</v>
+        <v>0.09</v>
       </c>
       <c r="Y3" s="1" t="n">
-        <v>0.12</v>
+        <v>0.08</v>
       </c>
       <c r="Z3" s="1" t="n">
-        <v>0.17</v>
+        <v>0.09</v>
       </c>
       <c r="AA3" s="1" t="n">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="AB3" s="1" t="n">
-        <v>0.13</v>
+        <v>0.09</v>
       </c>
       <c r="AC3" s="1" t="n">
-        <v>0.16</v>
+        <v>0.09</v>
       </c>
       <c r="AD3" s="1" t="n">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="AE3" s="1" t="n">
-        <v>0.14</v>
+        <v>0.06</v>
       </c>
       <c r="AF3" s="1" t="n">
-        <v>0.16</v>
+        <v>0.09</v>
       </c>
       <c r="AG3" s="1" t="n">
-        <v>0.14</v>
+        <v>0.06</v>
       </c>
       <c r="AH3" s="1" t="n">
-        <v>0.12</v>
+        <v>0.08</v>
       </c>
       <c r="AI3" s="1" t="n">
-        <v>0.12</v>
+        <v>0.06</v>
       </c>
       <c r="AJ3" s="1" t="n">
-        <v>0.14</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AK3" s="1" t="n">
-        <v>0.12</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AL3" s="1" t="n">
-        <v>0.12</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AM3" s="1" t="n">
-        <v>0.13</v>
+        <v>0.1</v>
       </c>
       <c r="AN3" s="1" t="n">
-        <v>0.14</v>
+        <v>0.08</v>
       </c>
       <c r="AO3" s="1" t="n">
-        <v>0.13</v>
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AP3" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AQ3" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AR3" s="1" t="n">
+        <v>0.08</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.05</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.12</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.06</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.12</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.12</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.09</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>0.12</v>
+        <v>0.06</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>0.11</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.12</v>
+        <v>0.05</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.08</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.11</v>
+        <v>0.06</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.1</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>0.12</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.09</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.08</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.06</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.09</v>
       </c>
       <c r="T4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.09</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.08</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="W4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.08</v>
       </c>
       <c r="Y4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.08</v>
       </c>
       <c r="Z4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AA4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AB4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.08</v>
       </c>
       <c r="AC4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AD4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.06</v>
       </c>
       <c r="AE4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.08</v>
       </c>
       <c r="AF4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AG4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.08</v>
       </c>
       <c r="AH4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.1</v>
       </c>
       <c r="AI4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.08</v>
       </c>
       <c r="AJ4" s="1" t="n">
-        <v>0.18</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AK4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.08</v>
       </c>
       <c r="AL4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.09</v>
       </c>
       <c r="AM4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AN4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.09</v>
       </c>
       <c r="AO4" s="1" t="n">
-        <v>0.18</v>
+        <v>0.09</v>
+      </c>
+      <c r="AP4" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AQ4" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AR4" s="1" t="n">
+        <v>0.08</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="N5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
       <c r="AB5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="AE5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="AG5" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="AH5" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AJ5" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL5" s="1" t="n">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AN5" s="1" t="n">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
       <c r="AO5" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
+      </c>
+      <c r="AP5" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AQ5" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AR5" s="1" t="n">
+        <v>0.01</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="M6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="N6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="O6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="P6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="Q6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="R6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="S6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="T6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="U6" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="V6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="W6" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="X6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="Y6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="Z6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AA6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AB6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AC6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AD6" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="AE6" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="AF6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AG6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AH6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AI6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AJ6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AK6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AN6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AO6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AP6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AR6" s="1" t="n">
         <v>0.01</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
-        <v>0.3</v>
+        <v>0.45</v>
       </c>
       <c r="C7" s="1" t="n">
-        <v>0.31</v>
+        <v>0.45</v>
       </c>
       <c r="D7" s="1" t="n">
-        <v>0.26</v>
+        <v>0.42</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>0.29</v>
+        <v>0.46</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>0.36</v>
+        <v>0.49</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>0.34</v>
+        <v>0.49</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>0.3</v>
+        <v>0.48</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>0.29</v>
+        <v>0.48</v>
       </c>
       <c r="J7" s="1" t="n">
-        <v>0.29</v>
+        <v>0.44</v>
       </c>
       <c r="K7" s="1" t="n">
-        <v>0.31</v>
+        <v>0.46</v>
       </c>
       <c r="L7" s="1" t="n">
-        <v>0.27</v>
+        <v>0.44</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>0.28</v>
+        <v>0.44</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>0.29</v>
+        <v>0.44</v>
       </c>
       <c r="O7" s="1" t="n">
-        <v>0.3</v>
+        <v>0.46</v>
       </c>
       <c r="P7" s="1" t="n">
-        <v>0.26</v>
+        <v>0.48</v>
       </c>
       <c r="Q7" s="1" t="n">
-        <v>0.32</v>
+        <v>0.51</v>
       </c>
       <c r="R7" s="1" t="n">
-        <v>0.4</v>
+        <v>0.54</v>
       </c>
       <c r="S7" s="1" t="n">
-        <v>0.37</v>
+        <v>0.52</v>
       </c>
       <c r="T7" s="1" t="n">
-        <v>0.36</v>
+        <v>0.54</v>
       </c>
       <c r="U7" s="1" t="n">
-        <v>0.33</v>
+        <v>0.53</v>
       </c>
       <c r="V7" s="1" t="n">
-        <v>0.34</v>
+        <v>0.52</v>
       </c>
       <c r="W7" s="1" t="n">
-        <v>0.36</v>
+        <v>0.54</v>
       </c>
       <c r="X7" s="1" t="n">
-        <v>0.37</v>
+        <v>0.5</v>
       </c>
       <c r="Y7" s="1" t="n">
-        <v>0.36</v>
+        <v>0.52</v>
       </c>
       <c r="Z7" s="1" t="n">
-        <v>0.34</v>
+        <v>0.5</v>
       </c>
       <c r="AA7" s="1" t="n">
-        <v>0.35</v>
+        <v>0.51</v>
       </c>
       <c r="AB7" s="1" t="n">
-        <v>0.37</v>
+        <v>0.54</v>
       </c>
       <c r="AC7" s="1" t="n">
-        <v>0.3</v>
+        <v>0.51</v>
       </c>
       <c r="AD7" s="1" t="n">
-        <v>0.36</v>
+        <v>0.55</v>
       </c>
       <c r="AE7" s="1" t="n">
-        <v>0.34</v>
+        <v>0.52</v>
       </c>
       <c r="AF7" s="1" t="n">
-        <v>0.33</v>
+        <v>0.5</v>
       </c>
       <c r="AG7" s="1" t="n">
-        <v>0.36</v>
+        <v>0.54</v>
       </c>
       <c r="AH7" s="1" t="n">
-        <v>0.34</v>
+        <v>0.52</v>
       </c>
       <c r="AI7" s="1" t="n">
-        <v>0.38</v>
+        <v>0.54</v>
       </c>
       <c r="AJ7" s="1" t="n">
-        <v>0.33</v>
+        <v>0.54</v>
       </c>
       <c r="AK7" s="1" t="n">
-        <v>0.35</v>
+        <v>0.54</v>
       </c>
       <c r="AL7" s="1" t="n">
-        <v>0.38</v>
+        <v>0.55</v>
       </c>
       <c r="AM7" s="1" t="n">
-        <v>0.37</v>
+        <v>0.54</v>
       </c>
       <c r="AN7" s="1" t="n">
-        <v>0.31</v>
+        <v>0.51</v>
       </c>
       <c r="AO7" s="1" t="n">
-        <v>0.31</v>
+        <v>0.52</v>
+      </c>
+      <c r="AP7" s="1" t="n">
+        <v>0.51</v>
+      </c>
+      <c r="AQ7" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="AR7" s="1" t="n">
+        <v>0.52</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.04</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.03</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
       <c r="G8" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="H8" s="1" t="n">
         <v>0.04</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.03</v>
       </c>
       <c r="I8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="J8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="K8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.03</v>
       </c>
       <c r="L8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="M8" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="N8" s="1" t="n">
         <v>0.05</v>
       </c>
-      <c r="N8" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="O8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.04</v>
       </c>
       <c r="P8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.04</v>
       </c>
       <c r="Q8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.03</v>
       </c>
       <c r="R8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.04</v>
       </c>
       <c r="S8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
       <c r="T8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.03</v>
       </c>
       <c r="U8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="V8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="W8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
       <c r="X8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.03</v>
       </c>
       <c r="Y8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="Z8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AA8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.05</v>
       </c>
       <c r="AB8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AC8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AD8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.03</v>
       </c>
       <c r="AE8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.03</v>
       </c>
       <c r="AF8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AG8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
       <c r="AH8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AI8" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AJ8" s="1" t="n">
         <v>0.04</v>
       </c>
-      <c r="AJ8" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AK8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.04</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AN8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AO8" s="1" t="n">
         <v>0.05</v>
+      </c>
+      <c r="AP8" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AQ8" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="AR8" s="1" t="n">
+        <v>0.06</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="H9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="I9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="J9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="K9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="L9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="M9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="N9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="O9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="P9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="Q9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="R9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="S9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="T9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="U9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="V9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="W9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="X9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="Y9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="Z9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="AA9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="AB9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="AC9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="AD9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AE9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AF9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="AG9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AH9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="AI9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AJ9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AO9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AP9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AQ9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AR9" s="1" t="n">
         <v>0.02</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
-        <v>551</v>
+        <v>727</v>
       </c>
       <c r="C10" t="n">
-        <v>567</v>
+        <v>740</v>
       </c>
       <c r="D10" t="n">
-        <v>556</v>
+        <v>751</v>
       </c>
       <c r="E10" t="n">
-        <v>570</v>
+        <v>736</v>
       </c>
       <c r="F10" t="n">
-        <v>556</v>
+        <v>701</v>
       </c>
       <c r="G10" t="n">
-        <v>553</v>
+        <v>713</v>
       </c>
       <c r="H10" t="n">
-        <v>580</v>
+        <v>692</v>
       </c>
       <c r="I10" t="n">
-        <v>498</v>
+        <v>632</v>
       </c>
       <c r="J10" t="n">
-        <v>534</v>
+        <v>677</v>
       </c>
       <c r="K10" t="n">
-        <v>547</v>
+        <v>667</v>
       </c>
       <c r="L10" t="n">
-        <v>526</v>
+        <v>624</v>
       </c>
       <c r="M10" t="n">
-        <v>530</v>
+        <v>645</v>
       </c>
       <c r="N10" t="n">
+        <v>653</v>
+      </c>
+      <c r="O10" t="n">
+        <v>646</v>
+      </c>
+      <c r="P10" t="n">
         <v>566</v>
       </c>
-      <c r="O10" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="Q10" t="n">
-        <v>524</v>
+        <v>637</v>
       </c>
       <c r="R10" t="n">
-        <v>506</v>
+        <v>640</v>
       </c>
       <c r="S10" t="n">
-        <v>514</v>
+        <v>645</v>
       </c>
       <c r="T10" t="n">
-        <v>484</v>
+        <v>643</v>
       </c>
       <c r="U10" t="n">
-        <v>475</v>
+        <v>572</v>
       </c>
       <c r="V10" t="n">
-        <v>516</v>
+        <v>622</v>
       </c>
       <c r="W10" t="n">
-        <v>515</v>
+        <v>603</v>
       </c>
       <c r="X10" t="n">
-        <v>517</v>
+        <v>623</v>
       </c>
       <c r="Y10" t="n">
-        <v>565</v>
+        <v>688</v>
       </c>
       <c r="Z10" t="n">
-        <v>552</v>
+        <v>649</v>
       </c>
       <c r="AA10" t="n">
-        <v>573</v>
+        <v>663</v>
       </c>
       <c r="AB10" t="n">
-        <v>501</v>
+        <v>650</v>
       </c>
       <c r="AC10" t="n">
-        <v>522</v>
+        <v>679</v>
       </c>
       <c r="AD10" t="n">
-        <v>520</v>
+        <v>604</v>
       </c>
       <c r="AE10" t="n">
-        <v>578</v>
+        <v>689</v>
       </c>
       <c r="AF10" t="n">
-        <v>580</v>
+        <v>677</v>
       </c>
       <c r="AG10" t="n">
-        <v>538</v>
+        <v>644</v>
       </c>
       <c r="AH10" t="n">
-        <v>509</v>
+        <v>608</v>
       </c>
       <c r="AI10" t="n">
-        <v>573</v>
+        <v>723</v>
       </c>
       <c r="AJ10" t="n">
-        <v>599</v>
+        <v>704</v>
       </c>
       <c r="AK10" t="n">
-        <v>575</v>
+        <v>643</v>
       </c>
       <c r="AL10" t="n">
-        <v>529</v>
+        <v>631</v>
       </c>
       <c r="AM10" t="n">
-        <v>595</v>
+        <v>683</v>
       </c>
       <c r="AN10" t="n">
-        <v>534</v>
+        <v>589</v>
       </c>
       <c r="AO10" t="n">
-        <v>517</v>
+        <v>606</v>
+      </c>
+      <c r="AP10" t="n">
+        <v>611</v>
+      </c>
+      <c r="AQ10" t="n">
+        <v>633</v>
+      </c>
+      <c r="AR10" t="n">
+        <v>620</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
-        <v>430</v>
+        <v>670</v>
       </c>
       <c r="C11" t="n">
-        <v>466</v>
+        <v>724</v>
       </c>
       <c r="D11" t="n">
-        <v>476</v>
+        <v>740</v>
       </c>
       <c r="E11" t="n">
-        <v>467</v>
+        <v>727</v>
       </c>
       <c r="F11" t="n">
-        <v>450</v>
+        <v>701</v>
       </c>
       <c r="G11" t="n">
-        <v>463</v>
+        <v>721</v>
       </c>
       <c r="H11" t="n">
-        <v>457</v>
+        <v>711</v>
       </c>
       <c r="I11" t="n">
-        <v>418</v>
+        <v>651</v>
       </c>
       <c r="J11" t="n">
-        <v>439</v>
+        <v>684</v>
       </c>
       <c r="K11" t="n">
-        <v>438</v>
+        <v>682</v>
       </c>
       <c r="L11" t="n">
-        <v>431</v>
+        <v>671</v>
       </c>
       <c r="M11" t="n">
-        <v>445</v>
+        <v>665</v>
       </c>
       <c r="N11" t="n">
-        <v>455</v>
+        <v>681</v>
       </c>
       <c r="O11" t="n">
-        <v>455</v>
+        <v>680</v>
       </c>
       <c r="P11" t="n">
-        <v>390</v>
+        <v>583</v>
       </c>
       <c r="Q11" t="n">
-        <v>434</v>
+        <v>649</v>
       </c>
       <c r="R11" t="n">
-        <v>420</v>
+        <v>628</v>
       </c>
       <c r="S11" t="n">
-        <v>436</v>
+        <v>651</v>
       </c>
       <c r="T11" t="n">
-        <v>431</v>
+        <v>644</v>
       </c>
       <c r="U11" t="n">
-        <v>391</v>
+        <v>584</v>
       </c>
       <c r="V11" t="n">
-        <v>426</v>
+        <v>636</v>
       </c>
       <c r="W11" t="n">
-        <v>413</v>
+        <v>618</v>
       </c>
       <c r="X11" t="n">
-        <v>427</v>
+        <v>638</v>
       </c>
       <c r="Y11" t="n">
-        <v>460</v>
+        <v>688</v>
       </c>
       <c r="Z11" t="n">
-        <v>439</v>
+        <v>657</v>
       </c>
       <c r="AA11" t="n">
-        <v>457</v>
+        <v>682</v>
       </c>
       <c r="AB11" t="n">
-        <v>420</v>
+        <v>628</v>
       </c>
       <c r="AC11" t="n">
-        <v>432</v>
+        <v>646</v>
       </c>
       <c r="AD11" t="n">
-        <v>420</v>
+        <v>628</v>
       </c>
       <c r="AE11" t="n">
-        <v>465</v>
+        <v>695</v>
       </c>
       <c r="AF11" t="n">
-        <v>469</v>
+        <v>700</v>
       </c>
       <c r="AG11" t="n">
-        <v>447</v>
+        <v>668</v>
       </c>
       <c r="AH11" t="n">
-        <v>452</v>
+        <v>676</v>
       </c>
       <c r="AI11" t="n">
-        <v>466</v>
+        <v>696</v>
       </c>
       <c r="AJ11" t="n">
-        <v>481</v>
+        <v>719</v>
       </c>
       <c r="AK11" t="n">
-        <v>451</v>
+        <v>674</v>
       </c>
       <c r="AL11" t="n">
-        <v>443</v>
+        <v>662</v>
       </c>
       <c r="AM11" t="n">
-        <v>490</v>
+        <v>732</v>
       </c>
       <c r="AN11" t="n">
-        <v>441</v>
+        <v>660</v>
       </c>
       <c r="AO11" t="n">
-        <v>429</v>
+        <v>641</v>
+      </c>
+      <c r="AP11" t="n">
+        <v>653</v>
+      </c>
+      <c r="AQ11" t="n">
+        <v>666</v>
+      </c>
+      <c r="AR11" t="n">
+        <v>650</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AO11"/>
+  <dimension ref="A1:AR11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
+    <col width="14" customWidth="1" min="42" max="42"/>
+    <col width="14" customWidth="1" min="43" max="43"/>
+    <col width="14" customWidth="1" min="44" max="44"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -17646,1381 +18837,1489 @@
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
+      <c r="AP1" t="inlineStr">
+        <is>
+          <t>2025-10-20</t>
+        </is>
+      </c>
+      <c r="AQ1" t="inlineStr">
+        <is>
+          <t>2025-10-27</t>
+        </is>
+      </c>
+      <c r="AR1" t="inlineStr">
+        <is>
+          <t>2025-11-03</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="C2" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="D2" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="E2" s="1" t="n">
         <v>0.2</v>
       </c>
-      <c r="C2" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="F2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.06</v>
       </c>
       <c r="G2" s="1" t="n">
-        <v>0.2</v>
+        <v>0.12</v>
       </c>
       <c r="H2" s="1" t="n">
-        <v>0.19</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="I2" s="1" t="n">
-        <v>0.24</v>
+        <v>0.12</v>
       </c>
       <c r="J2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.09</v>
       </c>
       <c r="K2" s="1" t="n">
-        <v>0.19</v>
+        <v>0.11</v>
       </c>
       <c r="L2" s="1" t="n">
-        <v>0.24</v>
+        <v>0.09</v>
       </c>
       <c r="M2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.08</v>
       </c>
       <c r="N2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.06</v>
       </c>
       <c r="O2" s="1" t="n">
-        <v>0.2</v>
+        <v>0.14</v>
       </c>
       <c r="P2" s="1" t="n">
-        <v>0.22</v>
+        <v>0.17</v>
       </c>
       <c r="Q2" s="1" t="n">
-        <v>0.18</v>
+        <v>0.04</v>
       </c>
       <c r="R2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="S2" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="T2" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="U2" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="V2" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="W2" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="X2" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="Y2" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="Z2" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="AA2" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="AB2" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AC2" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AD2" s="1" t="n">
         <v>0.17</v>
       </c>
-      <c r="S2" s="1" t="n">
-[...34 lines deleted...]
-      </c>
       <c r="AE2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.06</v>
       </c>
       <c r="AF2" s="1" t="n">
-        <v>0.17</v>
+        <v>0.1</v>
       </c>
       <c r="AG2" s="1" t="n">
-        <v>0.2</v>
+        <v>0.09</v>
       </c>
       <c r="AH2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.03</v>
       </c>
       <c r="AI2" s="1" t="n">
-        <v>0.18</v>
+        <v>0.08</v>
       </c>
       <c r="AJ2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.08</v>
       </c>
       <c r="AK2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.04</v>
       </c>
       <c r="AL2" s="1" t="n">
-        <v>0.14</v>
+        <v>0.05</v>
       </c>
       <c r="AM2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.08</v>
       </c>
       <c r="AN2" s="1" t="n">
-        <v>0.17</v>
+        <v>0.08</v>
       </c>
       <c r="AO2" s="1" t="n">
-        <v>0.17</v>
+        <v>0.11</v>
+      </c>
+      <c r="AP2" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AQ2" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="AR2" s="1" t="n">
+        <v>0.06</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="C3" s="1" t="n">
+        <v>0.48</v>
+      </c>
+      <c r="D3" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="E3" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="F3" s="1" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="G3" s="1" t="n">
         <v>0.32</v>
       </c>
-      <c r="C3" s="1" t="n">
+      <c r="H3" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="I3" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="J3" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="K3" s="1" t="n">
+        <v>0.38</v>
+      </c>
+      <c r="L3" s="1" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="M3" s="1" t="n">
+        <v>0.38</v>
+      </c>
+      <c r="N3" s="1" t="n">
         <v>0.39</v>
       </c>
-      <c r="D3" s="1" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="O3" s="1" t="n">
-        <v>0.34</v>
+        <v>0.42</v>
       </c>
       <c r="P3" s="1" t="n">
-        <v>0.35</v>
+        <v>0.39</v>
       </c>
       <c r="Q3" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="R3" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="S3" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="T3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="U3" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="V3" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="W3" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="X3" s="1" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="Y3" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="Z3" s="1" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="AA3" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="AB3" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="AC3" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="AD3" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AE3" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="AF3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AG3" s="1" t="n">
+        <v>0.38</v>
+      </c>
+      <c r="AH3" s="1" t="n">
+        <v>0.38</v>
+      </c>
+      <c r="AI3" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="AJ3" s="1" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="AK3" s="1" t="n">
         <v>0.36</v>
       </c>
-      <c r="S3" s="1" t="n">
+      <c r="AL3" s="1" t="n">
         <v>0.3</v>
       </c>
-      <c r="T3" s="1" t="n">
+      <c r="AM3" s="1" t="n">
         <v>0.32</v>
       </c>
-      <c r="U3" s="1" t="n">
+      <c r="AN3" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AO3" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="AP3" s="1" t="n">
         <v>0.33</v>
       </c>
-      <c r="V3" s="1" t="n">
-[...35 lines deleted...]
-      <c r="AH3" s="1" t="n">
+      <c r="AQ3" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AR3" s="1" t="n">
         <v>0.28</v>
-      </c>
-[...19 lines deleted...]
-        <v>0.29</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.11</v>
+        <v>0.12</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.12</v>
+        <v>0.14</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.23</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.1</v>
+        <v>0.17</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.17</v>
       </c>
       <c r="H4" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="I4" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="J4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="K4" s="1" t="n">
         <v>0.15</v>
       </c>
-      <c r="I4" s="1" t="n">
-[...2 lines deleted...]
-      <c r="J4" s="1" t="n">
+      <c r="L4" s="1" t="n">
         <v>0.15</v>
       </c>
-      <c r="K4" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="M4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.18</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>0.12</v>
+        <v>0.19</v>
       </c>
       <c r="O4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.2</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.24</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.26</v>
       </c>
       <c r="S4" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="T4" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="U4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="V4" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="W4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="X4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="Y4" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="Z4" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AA4" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AB4" s="1" t="n">
         <v>0.2</v>
       </c>
-      <c r="T4" s="1" t="n">
-[...25 lines deleted...]
-      </c>
       <c r="AC4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.22</v>
       </c>
       <c r="AD4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.26</v>
       </c>
       <c r="AE4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AF4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.25</v>
       </c>
       <c r="AG4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.21</v>
       </c>
       <c r="AH4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.18</v>
       </c>
       <c r="AI4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.19</v>
       </c>
       <c r="AJ4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AK4" s="1" t="n">
-        <v>0.12</v>
+        <v>0.13</v>
       </c>
       <c r="AL4" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AM4" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AN4" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AO4" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AP4" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AQ4" s="1" t="n">
         <v>0.13</v>
       </c>
-      <c r="AM4" s="1" t="n">
-[...5 lines deleted...]
-      <c r="AO4" s="1" t="n">
+      <c r="AR4" s="1" t="n">
         <v>0.16</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>0</v>
+        <v>0.06</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AB5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AC5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AG5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="AH5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AI5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AJ5" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AK5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AL5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AN5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AO5" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
+      </c>
+      <c r="AP5" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AQ5" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AR5" s="1" t="n">
+        <v>0.01</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="O6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="P6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="Q6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="R6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="S6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="T6" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="U6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="V6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="W6" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="X6" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="Y6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="Z6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AA6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AB6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AC6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AD6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AE6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AF6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AG6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AH6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AI6" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="AJ6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AK6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AL6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AN6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AO6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
+      </c>
+      <c r="AP6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AQ6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AR6" s="1" t="n">
+        <v>0.03</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="C7" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="D7" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="E7" s="1" t="n">
         <v>0.12</v>
       </c>
-      <c r="D7" s="1" t="n">
+      <c r="F7" s="1" t="n">
         <v>0.14</v>
       </c>
-      <c r="E7" s="1" t="n">
-[...2 lines deleted...]
-      <c r="F7" s="1" t="n">
+      <c r="G7" s="1" t="n">
         <v>0.17</v>
       </c>
-      <c r="G7" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="H7" s="1" t="n">
-        <v>0.18</v>
+        <v>0.09</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>0.13</v>
+        <v>0.1</v>
       </c>
       <c r="J7" s="1" t="n">
-        <v>0.13</v>
+        <v>0.12</v>
       </c>
       <c r="K7" s="1" t="n">
-        <v>0.13</v>
+        <v>0.05</v>
       </c>
       <c r="L7" s="1" t="n">
-        <v>0.13</v>
+        <v>0.16</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>0.14</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>0.13</v>
+        <v>0.15</v>
       </c>
       <c r="O7" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="P7" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="Q7" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="R7" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="S7" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="T7" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="U7" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="V7" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="W7" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="X7" s="1" t="n">
         <v>0.09</v>
       </c>
-      <c r="Q7" s="1" t="n">
-[...2 lines deleted...]
-      <c r="R7" s="1" t="n">
+      <c r="Y7" s="1" t="n">
         <v>0.14</v>
       </c>
-      <c r="S7" s="1" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="Z7" s="1" t="n">
-        <v>0.19</v>
+        <v>0.11</v>
       </c>
       <c r="AA7" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AB7" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AC7" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AD7" s="1" t="n">
         <v>0.14</v>
       </c>
-      <c r="AB7" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AE7" s="1" t="n">
-        <v>0.14</v>
+        <v>0.21</v>
       </c>
       <c r="AF7" s="1" t="n">
-        <v>0.13</v>
+        <v>0.12</v>
       </c>
       <c r="AG7" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AH7" s="1" t="n">
         <v>0.11</v>
       </c>
-      <c r="AH7" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AI7" s="1" t="n">
-        <v>0.16</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AJ7" s="1" t="n">
-        <v>0.16</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AK7" s="1" t="n">
-        <v>0.16</v>
+        <v>0.12</v>
       </c>
       <c r="AL7" s="1" t="n">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="AM7" s="1" t="n">
-        <v>0.17</v>
+        <v>0.12</v>
       </c>
       <c r="AN7" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AO7" s="1" t="n">
-        <v>0.13</v>
+        <v>0.08</v>
+      </c>
+      <c r="AP7" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AQ7" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AR7" s="1" t="n">
+        <v>0.07000000000000001</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="C8" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="D8" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="E8" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="F8" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="G8" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="H8" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="I8" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="J8" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="K8" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="L8" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="M8" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="N8" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="O8" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="P8" s="1" t="n">
         <v>0.14</v>
       </c>
-      <c r="C8" s="1" t="n">
-[...32 lines deleted...]
-      <c r="N8" s="1" t="n">
+      <c r="Q8" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="R8" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="S8" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="T8" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="U8" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="V8" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="W8" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="X8" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="Y8" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="Z8" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="AA8" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="AB8" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="AC8" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="AD8" s="1" t="n">
         <v>0.14</v>
       </c>
-      <c r="O8" s="1" t="n">
+      <c r="AE8" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="AF8" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AG8" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AH8" s="1" t="n">
         <v>0.21</v>
       </c>
-      <c r="P8" s="1" t="n">
-[...35 lines deleted...]
-      <c r="AB8" s="1" t="n">
+      <c r="AI8" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="AJ8" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="AK8" s="1" t="n">
         <v>0.21</v>
       </c>
-      <c r="AC8" s="1" t="n">
-[...25 lines deleted...]
-      </c>
       <c r="AL8" s="1" t="n">
-        <v>0.16</v>
+        <v>0.27</v>
       </c>
       <c r="AM8" s="1" t="n">
-        <v>0.17</v>
+        <v>0.27</v>
       </c>
       <c r="AN8" s="1" t="n">
-        <v>0.17</v>
+        <v>0.22</v>
       </c>
       <c r="AO8" s="1" t="n">
-        <v>0.19</v>
+        <v>0.3</v>
+      </c>
+      <c r="AP8" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="AQ8" s="1" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="AR8" s="1" t="n">
+        <v>0.37</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="C9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="D9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="E9" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="F9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="G9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="H9" s="1" t="n">
         <v>0.04</v>
       </c>
-      <c r="C9" s="1" t="n">
+      <c r="I9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="J9" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="K9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="L9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="M9" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="N9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="O9" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="P9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="Q9" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="R9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="S9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="T9" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="U9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="V9" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="W9" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="X9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="Y9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="Z9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AA9" s="1" t="n">
         <v>0.04</v>
       </c>
-      <c r="D9" s="1" t="n">
-[...8 lines deleted...]
-      <c r="G9" s="1" t="n">
+      <c r="AB9" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="AC9" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="AD9" s="1" t="n">
         <v>0.04</v>
       </c>
-      <c r="H9" s="1" t="n">
-[...65 lines deleted...]
-      <c r="AD9" s="1" t="n">
+      <c r="AE9" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
-      <c r="AE9" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AF9" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.12</v>
       </c>
       <c r="AG9" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AH9" s="1" t="n">
-        <v>0.08</v>
+        <v>0.04</v>
       </c>
       <c r="AI9" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AJ9" s="1" t="n">
-        <v>0.05</v>
+        <v>0.08</v>
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AL9" s="1" t="n">
-        <v>0.09</v>
+        <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AN9" s="1" t="n">
         <v>0.04</v>
       </c>
-      <c r="AN9" s="1" t="n">
+      <c r="AO9" s="1" t="n">
         <v>0.05</v>
       </c>
-      <c r="AO9" s="1" t="n">
-        <v>0.06</v>
+      <c r="AP9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AQ9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AR9" s="1" t="n">
+        <v>0.02</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
+        <v>85</v>
+      </c>
+      <c r="C10" t="n">
+        <v>91</v>
+      </c>
+      <c r="D10" t="n">
+        <v>115</v>
+      </c>
+      <c r="E10" t="n">
+        <v>76</v>
+      </c>
+      <c r="F10" t="n">
+        <v>103</v>
+      </c>
+      <c r="G10" t="n">
+        <v>102</v>
+      </c>
+      <c r="H10" t="n">
+        <v>102</v>
+      </c>
+      <c r="I10" t="n">
+        <v>111</v>
+      </c>
+      <c r="J10" t="n">
+        <v>87</v>
+      </c>
+      <c r="K10" t="n">
+        <v>81</v>
+      </c>
+      <c r="L10" t="n">
+        <v>91</v>
+      </c>
+      <c r="M10" t="n">
+        <v>114</v>
+      </c>
+      <c r="N10" t="n">
+        <v>113</v>
+      </c>
+      <c r="O10" t="n">
+        <v>100</v>
+      </c>
+      <c r="P10" t="n">
+        <v>99</v>
+      </c>
+      <c r="Q10" t="n">
+        <v>110</v>
+      </c>
+      <c r="R10" t="n">
+        <v>97</v>
+      </c>
+      <c r="S10" t="n">
+        <v>98</v>
+      </c>
+      <c r="T10" t="n">
+        <v>116</v>
+      </c>
+      <c r="U10" t="n">
+        <v>97</v>
+      </c>
+      <c r="V10" t="n">
+        <v>105</v>
+      </c>
+      <c r="W10" t="n">
+        <v>98</v>
+      </c>
+      <c r="X10" t="n">
+        <v>117</v>
+      </c>
+      <c r="Y10" t="n">
+        <v>123</v>
+      </c>
+      <c r="Z10" t="n">
+        <v>98</v>
+      </c>
+      <c r="AA10" t="n">
+        <v>134</v>
+      </c>
+      <c r="AB10" t="n">
+        <v>101</v>
+      </c>
+      <c r="AC10" t="n">
+        <v>102</v>
+      </c>
+      <c r="AD10" t="n">
+        <v>104</v>
+      </c>
+      <c r="AE10" t="n">
+        <v>122</v>
+      </c>
+      <c r="AF10" t="n">
         <v>137</v>
       </c>
-      <c r="C10" t="n">
-[...88 lines deleted...]
-      </c>
       <c r="AG10" t="n">
-        <v>189</v>
+        <v>116</v>
       </c>
       <c r="AH10" t="n">
-        <v>201</v>
+        <v>119</v>
       </c>
       <c r="AI10" t="n">
-        <v>197</v>
+        <v>124</v>
       </c>
       <c r="AJ10" t="n">
-        <v>213</v>
+        <v>121</v>
       </c>
       <c r="AK10" t="n">
-        <v>185</v>
+        <v>146</v>
       </c>
       <c r="AL10" t="n">
-        <v>189</v>
+        <v>153</v>
       </c>
       <c r="AM10" t="n">
-        <v>206</v>
+        <v>141</v>
       </c>
       <c r="AN10" t="n">
-        <v>192</v>
+        <v>136</v>
       </c>
       <c r="AO10" t="n">
-        <v>219</v>
+        <v>133</v>
+      </c>
+      <c r="AP10" t="n">
+        <v>124</v>
+      </c>
+      <c r="AQ10" t="n">
+        <v>136</v>
+      </c>
+      <c r="AR10" t="n">
+        <v>130</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
-        <v>209</v>
+        <v>161</v>
       </c>
       <c r="C11" t="n">
-        <v>226</v>
+        <v>174</v>
       </c>
       <c r="D11" t="n">
-        <v>231</v>
+        <v>178</v>
       </c>
       <c r="E11" t="n">
-        <v>227</v>
+        <v>175</v>
       </c>
       <c r="F11" t="n">
-        <v>219</v>
+        <v>169</v>
       </c>
       <c r="G11" t="n">
-        <v>225</v>
+        <v>173</v>
       </c>
       <c r="H11" t="n">
-        <v>222</v>
+        <v>171</v>
       </c>
       <c r="I11" t="n">
-        <v>203</v>
+        <v>157</v>
       </c>
       <c r="J11" t="n">
-        <v>214</v>
+        <v>164</v>
       </c>
       <c r="K11" t="n">
-        <v>213</v>
+        <v>164</v>
       </c>
       <c r="L11" t="n">
-        <v>210</v>
+        <v>161</v>
       </c>
       <c r="M11" t="n">
-        <v>212</v>
+        <v>163</v>
       </c>
       <c r="N11" t="n">
-        <v>217</v>
+        <v>167</v>
       </c>
       <c r="O11" t="n">
-        <v>216</v>
+        <v>167</v>
       </c>
       <c r="P11" t="n">
-        <v>186</v>
+        <v>143</v>
       </c>
       <c r="Q11" t="n">
-        <v>207</v>
+        <v>159</v>
       </c>
       <c r="R11" t="n">
-        <v>200</v>
+        <v>154</v>
       </c>
       <c r="S11" t="n">
-        <v>207</v>
+        <v>160</v>
       </c>
       <c r="T11" t="n">
-        <v>205</v>
+        <v>158</v>
       </c>
       <c r="U11" t="n">
-        <v>186</v>
+        <v>144</v>
       </c>
       <c r="V11" t="n">
-        <v>203</v>
+        <v>156</v>
       </c>
       <c r="W11" t="n">
-        <v>197</v>
+        <v>152</v>
       </c>
       <c r="X11" t="n">
-        <v>203</v>
+        <v>157</v>
       </c>
       <c r="Y11" t="n">
-        <v>219</v>
+        <v>169</v>
       </c>
       <c r="Z11" t="n">
-        <v>209</v>
+        <v>161</v>
       </c>
       <c r="AA11" t="n">
-        <v>217</v>
+        <v>168</v>
       </c>
       <c r="AB11" t="n">
-        <v>200</v>
+        <v>154</v>
       </c>
       <c r="AC11" t="n">
-        <v>206</v>
+        <v>159</v>
       </c>
       <c r="AD11" t="n">
-        <v>200</v>
+        <v>154</v>
       </c>
       <c r="AE11" t="n">
-        <v>221</v>
+        <v>171</v>
       </c>
       <c r="AF11" t="n">
-        <v>223</v>
+        <v>172</v>
       </c>
       <c r="AG11" t="n">
-        <v>213</v>
+        <v>164</v>
       </c>
       <c r="AH11" t="n">
-        <v>215</v>
+        <v>166</v>
       </c>
       <c r="AI11" t="n">
-        <v>221</v>
+        <v>171</v>
       </c>
       <c r="AJ11" t="n">
-        <v>229</v>
+        <v>177</v>
       </c>
       <c r="AK11" t="n">
-        <v>215</v>
+        <v>166</v>
       </c>
       <c r="AL11" t="n">
-        <v>211</v>
+        <v>163</v>
       </c>
       <c r="AM11" t="n">
-        <v>233</v>
+        <v>180</v>
       </c>
       <c r="AN11" t="n">
-        <v>210</v>
+        <v>162</v>
       </c>
       <c r="AO11" t="n">
-        <v>204</v>
+        <v>157</v>
+      </c>
+      <c r="AP11" t="n">
+        <v>160</v>
+      </c>
+      <c r="AQ11" t="n">
+        <v>164</v>
+      </c>
+      <c r="AR11" t="n">
+        <v>160</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AO11"/>
+  <dimension ref="A1:AR11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
+    <col width="14" customWidth="1" min="42" max="42"/>
+    <col width="14" customWidth="1" min="43" max="43"/>
+    <col width="14" customWidth="1" min="44" max="44"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -19185,50 +20484,65 @@
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
+      <c r="AP1" t="inlineStr">
+        <is>
+          <t>2025-10-20</t>
+        </is>
+      </c>
+      <c r="AQ1" t="inlineStr">
+        <is>
+          <t>2025-10-27</t>
+        </is>
+      </c>
+      <c r="AR1" t="inlineStr">
+        <is>
+          <t>2025-11-03</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.22</v>
       </c>
@@ -19312,50 +20626,59 @@
       </c>
       <c r="AH2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AI2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AJ2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AN2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AO2" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="AP2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AQ2" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AR2" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.29</v>
       </c>
@@ -19439,50 +20762,59 @@
       </c>
       <c r="AH3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AI3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AJ3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AN3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AO3" s="1" t="n">
         <v>0.21</v>
       </c>
+      <c r="AP3" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AQ3" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AR3" s="1" t="n">
+        <v>0.22</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.15</v>
       </c>
@@ -19566,50 +20898,59 @@
       </c>
       <c r="AH4" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AJ4" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AN4" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AO4" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="AP4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AQ4" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AR4" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -19693,50 +21034,59 @@
       </c>
       <c r="AH5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AJ5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AN5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AO5" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AP5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AQ5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AR5" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -19820,50 +21170,59 @@
       </c>
       <c r="AH6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AJ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AN6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AO6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AP6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AQ6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AR6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.19</v>
       </c>
@@ -19947,50 +21306,59 @@
       </c>
       <c r="AH7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AI7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AJ7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AN7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AO7" s="1" t="n">
         <v>0.21</v>
       </c>
+      <c r="AP7" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AQ7" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AR7" s="1" t="n">
+        <v>0.23</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.1</v>
       </c>
@@ -20074,50 +21442,59 @@
       </c>
       <c r="AH8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AI8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AJ8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AN8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AO8" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="AP8" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AQ8" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AR8" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -20201,50 +21578,59 @@
       </c>
       <c r="AH9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AI9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AJ9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AO9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AP9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AQ9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AR9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>1072</v>
       </c>
       <c r="C10" t="n">
         <v>1182</v>
       </c>
       <c r="D10" t="n">
         <v>1256</v>
       </c>
       <c r="E10" t="n">
         <v>1197</v>
       </c>
       <c r="F10" t="n">
         <v>1118</v>
       </c>
       <c r="G10" t="n">
         <v>1159</v>
       </c>
@@ -20328,50 +21714,59 @@
       </c>
       <c r="AH10" t="n">
         <v>1156</v>
       </c>
       <c r="AI10" t="n">
         <v>1192</v>
       </c>
       <c r="AJ10" t="n">
         <v>1210</v>
       </c>
       <c r="AK10" t="n">
         <v>1161</v>
       </c>
       <c r="AL10" t="n">
         <v>1151</v>
       </c>
       <c r="AM10" t="n">
         <v>1203</v>
       </c>
       <c r="AN10" t="n">
         <v>1102</v>
       </c>
       <c r="AO10" t="n">
         <v>1083</v>
       </c>
+      <c r="AP10" t="n">
+        <v>1101</v>
+      </c>
+      <c r="AQ10" t="n">
+        <v>1129</v>
+      </c>
+      <c r="AR10" t="n">
+        <v>1103</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>1006</v>
       </c>
       <c r="C11" t="n">
         <v>1088</v>
       </c>
       <c r="D11" t="n">
         <v>1112</v>
       </c>
       <c r="E11" t="n">
         <v>1092</v>
       </c>
       <c r="F11" t="n">
         <v>1053</v>
       </c>
       <c r="G11" t="n">
         <v>1083</v>
       </c>
@@ -20454,112 +21849,124 @@
         <v>1035</v>
       </c>
       <c r="AH11" t="n">
         <v>1047</v>
       </c>
       <c r="AI11" t="n">
         <v>1077</v>
       </c>
       <c r="AJ11" t="n">
         <v>1112</v>
       </c>
       <c r="AK11" t="n">
         <v>1044</v>
       </c>
       <c r="AL11" t="n">
         <v>1023</v>
       </c>
       <c r="AM11" t="n">
         <v>1130</v>
       </c>
       <c r="AN11" t="n">
         <v>1020</v>
       </c>
       <c r="AO11" t="n">
         <v>988</v>
+      </c>
+      <c r="AP11" t="n">
+        <v>1011</v>
+      </c>
+      <c r="AQ11" t="n">
+        <v>1029</v>
+      </c>
+      <c r="AR11" t="n">
+        <v>1007</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AO11"/>
+  <dimension ref="A1:AR11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
+    <col width="14" customWidth="1" min="42" max="42"/>
+    <col width="14" customWidth="1" min="43" max="43"/>
+    <col width="14" customWidth="1" min="44" max="44"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -20724,50 +22131,65 @@
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
+      <c r="AP1" t="inlineStr">
+        <is>
+          <t>2025-10-20</t>
+        </is>
+      </c>
+      <c r="AQ1" t="inlineStr">
+        <is>
+          <t>2025-10-27</t>
+        </is>
+      </c>
+      <c r="AR1" t="inlineStr">
+        <is>
+          <t>2025-11-03</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.19</v>
       </c>
@@ -20851,50 +22273,59 @@
       </c>
       <c r="AH2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AI2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AJ2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AN2" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AO2" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="AP2" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AQ2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AR2" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.18</v>
       </c>
@@ -20978,50 +22409,59 @@
       </c>
       <c r="AH3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AI3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AJ3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AN3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AO3" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="AP3" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AQ3" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AR3" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.12</v>
       </c>
@@ -21105,50 +22545,59 @@
       </c>
       <c r="AH4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AJ4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AN4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AO4" s="1" t="n">
         <v>0.13</v>
       </c>
+      <c r="AP4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AQ4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AR4" s="1" t="n">
+        <v>0.12</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -21232,50 +22681,59 @@
       </c>
       <c r="AH5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AJ5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AN5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AO5" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AP5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AQ5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AR5" s="1" t="n">
+        <v>0.05</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -21359,50 +22817,59 @@
       </c>
       <c r="AH6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AJ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AN6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AO6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AP6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AQ6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AR6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.39</v>
       </c>
@@ -21486,50 +22953,59 @@
       </c>
       <c r="AH7" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AI7" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="AJ7" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.4</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AN7" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="AO7" s="1" t="n">
         <v>0.36</v>
       </c>
+      <c r="AP7" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="AQ7" s="1" t="n">
+        <v>0.37</v>
+      </c>
+      <c r="AR7" s="1" t="n">
+        <v>0.34</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
@@ -21613,50 +23089,59 @@
       </c>
       <c r="AH8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AI8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AJ8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AN8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AO8" s="1" t="n">
         <v>0.09</v>
       </c>
+      <c r="AP8" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AQ8" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AR8" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -21740,50 +23225,59 @@
       </c>
       <c r="AH9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AI9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AJ9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AO9" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="AP9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AQ9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AR9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>619</v>
       </c>
       <c r="C10" t="n">
         <v>647</v>
       </c>
       <c r="D10" t="n">
         <v>613</v>
       </c>
       <c r="E10" t="n">
         <v>639</v>
       </c>
       <c r="F10" t="n">
         <v>652</v>
       </c>
       <c r="G10" t="n">
         <v>661</v>
       </c>
@@ -21867,50 +23361,59 @@
       </c>
       <c r="AH10" t="n">
         <v>607</v>
       </c>
       <c r="AI10" t="n">
         <v>623</v>
       </c>
       <c r="AJ10" t="n">
         <v>664</v>
       </c>
       <c r="AK10" t="n">
         <v>593</v>
       </c>
       <c r="AL10" t="n">
         <v>570</v>
       </c>
       <c r="AM10" t="n">
         <v>698</v>
       </c>
       <c r="AN10" t="n">
         <v>615</v>
       </c>
       <c r="AO10" t="n">
         <v>582</v>
       </c>
+      <c r="AP10" t="n">
+        <v>599</v>
+      </c>
+      <c r="AQ10" t="n">
+        <v>598</v>
+      </c>
+      <c r="AR10" t="n">
+        <v>587</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>685</v>
       </c>
       <c r="C11" t="n">
         <v>741</v>
       </c>
       <c r="D11" t="n">
         <v>757</v>
       </c>
       <c r="E11" t="n">
         <v>744</v>
       </c>
       <c r="F11" t="n">
         <v>717</v>
       </c>
       <c r="G11" t="n">
         <v>737</v>
       </c>
@@ -21993,112 +23496,124 @@
         <v>708</v>
       </c>
       <c r="AH11" t="n">
         <v>716</v>
       </c>
       <c r="AI11" t="n">
         <v>738</v>
       </c>
       <c r="AJ11" t="n">
         <v>762</v>
       </c>
       <c r="AK11" t="n">
         <v>708</v>
       </c>
       <c r="AL11" t="n">
         <v>697</v>
       </c>
       <c r="AM11" t="n">
         <v>766</v>
       </c>
       <c r="AN11" t="n">
         <v>696</v>
       </c>
       <c r="AO11" t="n">
         <v>674</v>
+      </c>
+      <c r="AP11" t="n">
+        <v>689</v>
+      </c>
+      <c r="AQ11" t="n">
+        <v>693</v>
+      </c>
+      <c r="AR11" t="n">
+        <v>680</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AO11"/>
+  <dimension ref="A1:AR11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
+    <col width="14" customWidth="1" min="42" max="42"/>
+    <col width="14" customWidth="1" min="43" max="43"/>
+    <col width="14" customWidth="1" min="44" max="44"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -22263,1381 +23778,1489 @@
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
+      <c r="AP1" t="inlineStr">
+        <is>
+          <t>2025-10-20</t>
+        </is>
+      </c>
+      <c r="AQ1" t="inlineStr">
+        <is>
+          <t>2025-10-27</t>
+        </is>
+      </c>
+      <c r="AR1" t="inlineStr">
+        <is>
+          <t>2025-11-03</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.28</v>
+        <v>0.16</v>
       </c>
       <c r="C2" s="1" t="n">
-        <v>0.27</v>
+        <v>0.16</v>
       </c>
       <c r="D2" s="1" t="n">
-        <v>0.27</v>
+        <v>0.14</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>0.23</v>
+        <v>0.15</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>0.26</v>
+        <v>0.19</v>
       </c>
       <c r="G2" s="1" t="n">
-        <v>0.24</v>
+        <v>0.16</v>
       </c>
       <c r="H2" s="1" t="n">
-        <v>0.27</v>
+        <v>0.18</v>
       </c>
       <c r="I2" s="1" t="n">
-        <v>0.23</v>
+        <v>0.14</v>
       </c>
       <c r="J2" s="1" t="n">
-        <v>0.26</v>
+        <v>0.17</v>
       </c>
       <c r="K2" s="1" t="n">
-        <v>0.26</v>
+        <v>0.16</v>
       </c>
       <c r="L2" s="1" t="n">
-        <v>0.23</v>
+        <v>0.2</v>
       </c>
       <c r="M2" s="1" t="n">
-        <v>0.25</v>
+        <v>0.15</v>
       </c>
       <c r="N2" s="1" t="n">
-        <v>0.26</v>
+        <v>0.18</v>
       </c>
       <c r="O2" s="1" t="n">
-        <v>0.27</v>
+        <v>0.15</v>
       </c>
       <c r="P2" s="1" t="n">
-        <v>0.23</v>
+        <v>0.13</v>
       </c>
       <c r="Q2" s="1" t="n">
-        <v>0.23</v>
+        <v>0.14</v>
       </c>
       <c r="R2" s="1" t="n">
-        <v>0.22</v>
+        <v>0.15</v>
       </c>
       <c r="S2" s="1" t="n">
-        <v>0.22</v>
+        <v>0.14</v>
       </c>
       <c r="T2" s="1" t="n">
-        <v>0.22</v>
+        <v>0.14</v>
       </c>
       <c r="U2" s="1" t="n">
-        <v>0.2</v>
+        <v>0.16</v>
       </c>
       <c r="V2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.13</v>
       </c>
       <c r="W2" s="1" t="n">
-        <v>0.2</v>
+        <v>0.12</v>
       </c>
       <c r="X2" s="1" t="n">
-        <v>0.22</v>
+        <v>0.12</v>
       </c>
       <c r="Y2" s="1" t="n">
-        <v>0.22</v>
+        <v>0.15</v>
       </c>
       <c r="Z2" s="1" t="n">
-        <v>0.23</v>
+        <v>0.15</v>
       </c>
       <c r="AA2" s="1" t="n">
-        <v>0.2</v>
+        <v>0.13</v>
       </c>
       <c r="AB2" s="1" t="n">
-        <v>0.2</v>
+        <v>0.13</v>
       </c>
       <c r="AC2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.13</v>
       </c>
       <c r="AD2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.13</v>
       </c>
       <c r="AE2" s="1" t="n">
-        <v>0.19</v>
+        <v>0.12</v>
       </c>
       <c r="AF2" s="1" t="n">
-        <v>0.2</v>
+        <v>0.13</v>
       </c>
       <c r="AG2" s="1" t="n">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="AH2" s="1" t="n">
-        <v>0.2</v>
+        <v>0.12</v>
       </c>
       <c r="AI2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.13</v>
       </c>
       <c r="AJ2" s="1" t="n">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="AK2" s="1" t="n">
-        <v>0.19</v>
+        <v>0.14</v>
       </c>
       <c r="AL2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.16</v>
       </c>
       <c r="AM2" s="1" t="n">
-        <v>0.19</v>
+        <v>0.12</v>
       </c>
       <c r="AN2" s="1" t="n">
-        <v>0.18</v>
+        <v>0.13</v>
       </c>
       <c r="AO2" s="1" t="n">
-        <v>0.19</v>
+        <v>0.13</v>
+      </c>
+      <c r="AP2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AQ2" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AR2" s="1" t="n">
+        <v>0.13</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.18</v>
+        <v>0.33</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>0.19</v>
+        <v>0.33</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>0.19</v>
+        <v>0.33</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>0.16</v>
+        <v>0.29</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>0.19</v>
+        <v>0.33</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>0.17</v>
+        <v>0.34</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>0.18</v>
+        <v>0.29</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>0.18</v>
+        <v>0.34</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>0.18</v>
+        <v>0.3</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>0.18</v>
+        <v>0.33</v>
       </c>
       <c r="L3" s="1" t="n">
-        <v>0.18</v>
+        <v>0.28</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>0.18</v>
+        <v>0.3</v>
       </c>
       <c r="N3" s="1" t="n">
-        <v>0.17</v>
+        <v>0.28</v>
       </c>
       <c r="O3" s="1" t="n">
-        <v>0.18</v>
+        <v>0.3</v>
       </c>
       <c r="P3" s="1" t="n">
-        <v>0.19</v>
+        <v>0.26</v>
       </c>
       <c r="Q3" s="1" t="n">
-        <v>0.16</v>
+        <v>0.29</v>
       </c>
       <c r="R3" s="1" t="n">
-        <v>0.14</v>
+        <v>0.27</v>
       </c>
       <c r="S3" s="1" t="n">
-        <v>0.17</v>
+        <v>0.28</v>
       </c>
       <c r="T3" s="1" t="n">
-        <v>0.14</v>
+        <v>0.27</v>
       </c>
       <c r="U3" s="1" t="n">
-        <v>0.16</v>
+        <v>0.24</v>
       </c>
       <c r="V3" s="1" t="n">
-        <v>0.16</v>
+        <v>0.3</v>
       </c>
       <c r="W3" s="1" t="n">
-        <v>0.16</v>
+        <v>0.29</v>
       </c>
       <c r="X3" s="1" t="n">
-        <v>0.17</v>
+        <v>0.3</v>
       </c>
       <c r="Y3" s="1" t="n">
-        <v>0.16</v>
+        <v>0.3</v>
       </c>
       <c r="Z3" s="1" t="n">
-        <v>0.19</v>
+        <v>0.28</v>
       </c>
       <c r="AA3" s="1" t="n">
-        <v>0.18</v>
+        <v>0.31</v>
       </c>
       <c r="AB3" s="1" t="n">
-        <v>0.15</v>
+        <v>0.27</v>
       </c>
       <c r="AC3" s="1" t="n">
-        <v>0.17</v>
+        <v>0.27</v>
       </c>
       <c r="AD3" s="1" t="n">
-        <v>0.15</v>
+        <v>0.29</v>
       </c>
       <c r="AE3" s="1" t="n">
-        <v>0.16</v>
+        <v>0.25</v>
       </c>
       <c r="AF3" s="1" t="n">
-        <v>0.16</v>
+        <v>0.24</v>
       </c>
       <c r="AG3" s="1" t="n">
-        <v>0.15</v>
+        <v>0.23</v>
       </c>
       <c r="AH3" s="1" t="n">
-        <v>0.16</v>
+        <v>0.24</v>
       </c>
       <c r="AI3" s="1" t="n">
-        <v>0.16</v>
+        <v>0.23</v>
       </c>
       <c r="AJ3" s="1" t="n">
-        <v>0.17</v>
+        <v>0.25</v>
       </c>
       <c r="AK3" s="1" t="n">
-        <v>0.15</v>
+        <v>0.25</v>
       </c>
       <c r="AL3" s="1" t="n">
-        <v>0.13</v>
+        <v>0.22</v>
       </c>
       <c r="AM3" s="1" t="n">
-        <v>0.17</v>
+        <v>0.25</v>
       </c>
       <c r="AN3" s="1" t="n">
-        <v>0.14</v>
+        <v>0.24</v>
       </c>
       <c r="AO3" s="1" t="n">
-        <v>0.13</v>
+        <v>0.24</v>
+      </c>
+      <c r="AP3" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AQ3" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AR3" s="1" t="n">
+        <v>0.23</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.16</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.12</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.14</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.23</v>
+        <v>0.13</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.15</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.23</v>
+        <v>0.13</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.13</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.16</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.12</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.25</v>
+        <v>0.16</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.16</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>0.25</v>
+        <v>0.16</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.17</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>0.24</v>
+        <v>0.17</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>0.23</v>
+        <v>0.16</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>0.25</v>
+        <v>0.15</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>0.23</v>
+        <v>0.15</v>
       </c>
       <c r="T4" s="1" t="n">
-        <v>0.23</v>
+        <v>0.16</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>0.22</v>
+        <v>0.14</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>0.26</v>
+        <v>0.18</v>
       </c>
       <c r="W4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.17</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.14</v>
       </c>
       <c r="Y4" s="1" t="n">
-        <v>0.22</v>
+        <v>0.15</v>
       </c>
       <c r="Z4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.15</v>
       </c>
       <c r="AA4" s="1" t="n">
-        <v>0.22</v>
+        <v>0.13</v>
       </c>
       <c r="AB4" s="1" t="n">
-        <v>0.23</v>
+        <v>0.14</v>
       </c>
       <c r="AC4" s="1" t="n">
-        <v>0.23</v>
+        <v>0.12</v>
       </c>
       <c r="AD4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.12</v>
       </c>
       <c r="AE4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.18</v>
       </c>
       <c r="AF4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.16</v>
       </c>
       <c r="AG4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.13</v>
       </c>
       <c r="AH4" s="1" t="n">
-        <v>0.24</v>
+        <v>0.15</v>
       </c>
       <c r="AI4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.16</v>
       </c>
       <c r="AJ4" s="1" t="n">
-        <v>0.23</v>
+        <v>0.14</v>
       </c>
       <c r="AK4" s="1" t="n">
-        <v>0.22</v>
+        <v>0.15</v>
       </c>
       <c r="AL4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.14</v>
       </c>
       <c r="AM4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.13</v>
       </c>
       <c r="AN4" s="1" t="n">
-        <v>0.24</v>
+        <v>0.17</v>
       </c>
       <c r="AO4" s="1" t="n">
-        <v>0.24</v>
+        <v>0.15</v>
+      </c>
+      <c r="AP4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AQ4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AR4" s="1" t="n">
+        <v>0.14</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AG5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AH5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="AI5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="AJ5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="AK5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="AL5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AM5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AN5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="AO5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
+      </c>
+      <c r="AP5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AQ5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AR5" s="1" t="n">
+        <v>0.04</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="D6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="O6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="P6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="Q6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="R6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="S6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="T6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="U6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="V6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="W6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="X6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="Y6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="Z6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AA6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AB6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AC6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AD6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AE6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AF6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AG6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AH6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AI6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AJ6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AK6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AL6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AM6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AN6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AO6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
+      </c>
+      <c r="AP6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AQ6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AR6" s="1" t="n">
+        <v>0.01</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="C7" s="1" t="n">
-        <v>0.25</v>
+        <v>0.22</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>0.27</v>
+        <v>0.25</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>0.25</v>
+        <v>0.18</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>0.29</v>
+        <v>0.2</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>0.25</v>
+        <v>0.22</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>0.29</v>
+        <v>0.22</v>
       </c>
       <c r="J7" s="1" t="n">
-        <v>0.25</v>
+        <v>0.18</v>
       </c>
       <c r="K7" s="1" t="n">
-        <v>0.25</v>
+        <v>0.21</v>
       </c>
       <c r="L7" s="1" t="n">
-        <v>0.22</v>
+        <v>0.19</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>0.25</v>
+        <v>0.19</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>0.24</v>
+        <v>0.2</v>
       </c>
       <c r="O7" s="1" t="n">
-        <v>0.22</v>
+        <v>0.16</v>
       </c>
       <c r="P7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="Q7" s="1" t="n">
-        <v>0.28</v>
+        <v>0.22</v>
       </c>
       <c r="R7" s="1" t="n">
-        <v>0.3</v>
+        <v>0.24</v>
       </c>
       <c r="S7" s="1" t="n">
-        <v>0.28</v>
+        <v>0.23</v>
       </c>
       <c r="T7" s="1" t="n">
-        <v>0.3</v>
+        <v>0.24</v>
       </c>
       <c r="U7" s="1" t="n">
-        <v>0.3</v>
+        <v>0.27</v>
       </c>
       <c r="V7" s="1" t="n">
-        <v>0.28</v>
+        <v>0.2</v>
       </c>
       <c r="W7" s="1" t="n">
-        <v>0.32</v>
+        <v>0.24</v>
       </c>
       <c r="X7" s="1" t="n">
-        <v>0.29</v>
+        <v>0.22</v>
       </c>
       <c r="Y7" s="1" t="n">
-        <v>0.28</v>
+        <v>0.19</v>
       </c>
       <c r="Z7" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AA7" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="AB7" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AC7" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="AD7" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AE7" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AF7" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="AG7" s="1" t="n">
         <v>0.25</v>
       </c>
-      <c r="AA7" s="1" t="n">
+      <c r="AH7" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="AI7" s="1" t="n">
         <v>0.26</v>
       </c>
-      <c r="AB7" s="1" t="n">
-[...22 lines deleted...]
-      </c>
       <c r="AJ7" s="1" t="n">
-        <v>0.28</v>
+        <v>0.22</v>
       </c>
       <c r="AK7" s="1" t="n">
-        <v>0.3</v>
+        <v>0.23</v>
       </c>
       <c r="AL7" s="1" t="n">
-        <v>0.34</v>
+        <v>0.25</v>
       </c>
       <c r="AM7" s="1" t="n">
-        <v>0.31</v>
+        <v>0.24</v>
       </c>
       <c r="AN7" s="1" t="n">
-        <v>0.3</v>
+        <v>0.24</v>
       </c>
       <c r="AO7" s="1" t="n">
-        <v>0.3</v>
+        <v>0.25</v>
+      </c>
+      <c r="AP7" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AQ7" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AR7" s="1" t="n">
+        <v>0.21</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.09</v>
       </c>
       <c r="C8" s="1" t="n">
-        <v>0.08</v>
+        <v>0.11</v>
       </c>
       <c r="D8" s="1" t="n">
-        <v>0.09</v>
+        <v>0.11</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>0.09</v>
+        <v>0.11</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>0.08</v>
+        <v>0.1</v>
       </c>
       <c r="H8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.12</v>
       </c>
       <c r="I8" s="1" t="n">
-        <v>0.08</v>
+        <v>0.12</v>
       </c>
       <c r="J8" s="1" t="n">
-        <v>0.08</v>
+        <v>0.12</v>
       </c>
       <c r="K8" s="1" t="n">
-        <v>0.1</v>
+        <v>0.11</v>
       </c>
       <c r="L8" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="M8" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="N8" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="O8" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="P8" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="Q8" s="1" t="n">
         <v>0.11</v>
       </c>
-      <c r="M8" s="1" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="R8" s="1" t="n">
-        <v>0.09</v>
+        <v>0.13</v>
       </c>
       <c r="S8" s="1" t="n">
-        <v>0.08</v>
+        <v>0.11</v>
       </c>
       <c r="T8" s="1" t="n">
-        <v>0.1</v>
+        <v>0.14</v>
       </c>
       <c r="U8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.14</v>
       </c>
       <c r="V8" s="1" t="n">
-        <v>0.08</v>
+        <v>0.12</v>
       </c>
       <c r="W8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.12</v>
       </c>
       <c r="X8" s="1" t="n">
-        <v>0.09</v>
+        <v>0.12</v>
       </c>
       <c r="Y8" s="1" t="n">
-        <v>0.1</v>
+        <v>0.13</v>
       </c>
       <c r="Z8" s="1" t="n">
-        <v>0.1</v>
+        <v>0.13</v>
       </c>
       <c r="AA8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.14</v>
       </c>
       <c r="AB8" s="1" t="n">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="AC8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.13</v>
       </c>
       <c r="AD8" s="1" t="n">
-        <v>0.08</v>
+        <v>0.15</v>
       </c>
       <c r="AE8" s="1" t="n">
-        <v>0.1</v>
+        <v>0.13</v>
       </c>
       <c r="AF8" s="1" t="n">
-        <v>0.09</v>
+        <v>0.13</v>
       </c>
       <c r="AG8" s="1" t="n">
-        <v>0.1</v>
+        <v>0.14</v>
       </c>
       <c r="AH8" s="1" t="n">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="AI8" s="1" t="n">
-        <v>0.1</v>
+        <v>0.12</v>
       </c>
       <c r="AJ8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.15</v>
       </c>
       <c r="AK8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.14</v>
       </c>
       <c r="AL8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.16</v>
       </c>
       <c r="AM8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.16</v>
       </c>
       <c r="AN8" s="1" t="n">
-        <v>0.12</v>
+        <v>0.14</v>
       </c>
       <c r="AO8" s="1" t="n">
-        <v>0.13</v>
+        <v>0.16</v>
+      </c>
+      <c r="AP8" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AQ8" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AR8" s="1" t="n">
+        <v>0.21</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="H9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="I9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="J9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="K9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="L9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="M9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="N9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="O9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="P9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="Q9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="R9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="S9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="T9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="U9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="V9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="W9" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="X9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
       <c r="Y9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="Z9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AA9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="AB9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AC9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
       <c r="AD9" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AE9" s="1" t="n">
         <v>0.04</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.05</v>
       </c>
       <c r="AF9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AG9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
       <c r="AH9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.06</v>
       </c>
       <c r="AI9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
       <c r="AJ9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
       <c r="AK9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
       <c r="AL9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
       <c r="AM9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AO9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AP9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AQ9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AR9" s="1" t="n">
         <v>0.02</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
-        <v>595</v>
+        <v>585</v>
       </c>
       <c r="C10" t="n">
-        <v>644</v>
+        <v>694</v>
       </c>
       <c r="D10" t="n">
-        <v>657</v>
+        <v>712</v>
       </c>
       <c r="E10" t="n">
-        <v>663</v>
+        <v>683</v>
       </c>
       <c r="F10" t="n">
-        <v>595</v>
+        <v>624</v>
       </c>
       <c r="G10" t="n">
-        <v>647</v>
+        <v>658</v>
       </c>
       <c r="H10" t="n">
-        <v>653</v>
+        <v>605</v>
       </c>
       <c r="I10" t="n">
         <v>582</v>
       </c>
       <c r="J10" t="n">
-        <v>637</v>
+        <v>614</v>
       </c>
       <c r="K10" t="n">
-        <v>583</v>
+        <v>613</v>
       </c>
       <c r="L10" t="n">
+        <v>601</v>
+      </c>
+      <c r="M10" t="n">
+        <v>609</v>
+      </c>
+      <c r="N10" t="n">
+        <v>607</v>
+      </c>
+      <c r="O10" t="n">
+        <v>651</v>
+      </c>
+      <c r="P10" t="n">
+        <v>545</v>
+      </c>
+      <c r="Q10" t="n">
+        <v>587</v>
+      </c>
+      <c r="R10" t="n">
+        <v>558</v>
+      </c>
+      <c r="S10" t="n">
+        <v>600</v>
+      </c>
+      <c r="T10" t="n">
+        <v>593</v>
+      </c>
+      <c r="U10" t="n">
+        <v>521</v>
+      </c>
+      <c r="V10" t="n">
+        <v>579</v>
+      </c>
+      <c r="W10" t="n">
+        <v>572</v>
+      </c>
+      <c r="X10" t="n">
+        <v>592</v>
+      </c>
+      <c r="Y10" t="n">
+        <v>622</v>
+      </c>
+      <c r="Z10" t="n">
         <v>616</v>
       </c>
-      <c r="M10" t="n">
-[...40 lines deleted...]
-      </c>
       <c r="AA10" t="n">
-        <v>622</v>
+        <v>587</v>
       </c>
       <c r="AB10" t="n">
-        <v>597</v>
+        <v>575</v>
       </c>
       <c r="AC10" t="n">
-        <v>630</v>
+        <v>570</v>
       </c>
       <c r="AD10" t="n">
-        <v>565</v>
+        <v>579</v>
       </c>
       <c r="AE10" t="n">
-        <v>646</v>
+        <v>616</v>
       </c>
       <c r="AF10" t="n">
-        <v>637</v>
+        <v>628</v>
       </c>
       <c r="AG10" t="n">
-        <v>624</v>
+        <v>599</v>
       </c>
       <c r="AH10" t="n">
-        <v>647</v>
+        <v>636</v>
       </c>
       <c r="AI10" t="n">
-        <v>678</v>
+        <v>623</v>
       </c>
       <c r="AJ10" t="n">
-        <v>685</v>
+        <v>642</v>
       </c>
       <c r="AK10" t="n">
-        <v>638</v>
+        <v>566</v>
       </c>
       <c r="AL10" t="n">
-        <v>601</v>
+        <v>584</v>
       </c>
       <c r="AM10" t="n">
-        <v>686</v>
+        <v>636</v>
       </c>
       <c r="AN10" t="n">
-        <v>610</v>
+        <v>587</v>
       </c>
       <c r="AO10" t="n">
-        <v>572</v>
+        <v>560</v>
+      </c>
+      <c r="AP10" t="n">
+        <v>587</v>
+      </c>
+      <c r="AQ10" t="n">
+        <v>608</v>
+      </c>
+      <c r="AR10" t="n">
+        <v>580</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
-        <v>592</v>
+        <v>659</v>
       </c>
       <c r="C11" t="n">
+        <v>713</v>
+      </c>
+      <c r="D11" t="n">
+        <v>729</v>
+      </c>
+      <c r="E11" t="n">
+        <v>716</v>
+      </c>
+      <c r="F11" t="n">
+        <v>690</v>
+      </c>
+      <c r="G11" t="n">
+        <v>709</v>
+      </c>
+      <c r="H11" t="n">
+        <v>700</v>
+      </c>
+      <c r="I11" t="n">
         <v>641</v>
       </c>
-      <c r="D11" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="J11" t="n">
-        <v>605</v>
+        <v>673</v>
       </c>
       <c r="K11" t="n">
-        <v>603</v>
+        <v>671</v>
       </c>
       <c r="L11" t="n">
-        <v>593</v>
+        <v>660</v>
       </c>
       <c r="M11" t="n">
-        <v>611</v>
+        <v>673</v>
       </c>
       <c r="N11" t="n">
+        <v>688</v>
+      </c>
+      <c r="O11" t="n">
+        <v>688</v>
+      </c>
+      <c r="P11" t="n">
+        <v>590</v>
+      </c>
+      <c r="Q11" t="n">
+        <v>656</v>
+      </c>
+      <c r="R11" t="n">
+        <v>635</v>
+      </c>
+      <c r="S11" t="n">
+        <v>658</v>
+      </c>
+      <c r="T11" t="n">
+        <v>651</v>
+      </c>
+      <c r="U11" t="n">
+        <v>591</v>
+      </c>
+      <c r="V11" t="n">
+        <v>644</v>
+      </c>
+      <c r="W11" t="n">
         <v>625</v>
       </c>
-      <c r="O11" t="n">
-[...25 lines deleted...]
-      </c>
       <c r="X11" t="n">
-        <v>586</v>
+        <v>646</v>
       </c>
       <c r="Y11" t="n">
-        <v>631</v>
+        <v>696</v>
       </c>
       <c r="Z11" t="n">
-        <v>603</v>
+        <v>664</v>
       </c>
       <c r="AA11" t="n">
-        <v>627</v>
+        <v>690</v>
       </c>
       <c r="AB11" t="n">
-        <v>576</v>
+        <v>635</v>
       </c>
       <c r="AC11" t="n">
-        <v>593</v>
+        <v>654</v>
       </c>
       <c r="AD11" t="n">
-        <v>576</v>
+        <v>635</v>
       </c>
       <c r="AE11" t="n">
-        <v>638</v>
+        <v>703</v>
       </c>
       <c r="AF11" t="n">
-        <v>643</v>
+        <v>708</v>
       </c>
       <c r="AG11" t="n">
-        <v>614</v>
+        <v>676</v>
       </c>
       <c r="AH11" t="n">
-        <v>621</v>
+        <v>684</v>
       </c>
       <c r="AI11" t="n">
-        <v>639</v>
+        <v>704</v>
       </c>
       <c r="AJ11" t="n">
-        <v>660</v>
+        <v>727</v>
       </c>
       <c r="AK11" t="n">
-        <v>619</v>
+        <v>682</v>
       </c>
       <c r="AL11" t="n">
-        <v>608</v>
+        <v>669</v>
       </c>
       <c r="AM11" t="n">
-        <v>672</v>
+        <v>740</v>
       </c>
       <c r="AN11" t="n">
-        <v>606</v>
+        <v>667</v>
       </c>
       <c r="AO11" t="n">
-        <v>588</v>
+        <v>648</v>
+      </c>
+      <c r="AP11" t="n">
+        <v>661</v>
+      </c>
+      <c r="AQ11" t="n">
+        <v>673</v>
+      </c>
+      <c r="AR11" t="n">
+        <v>658</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AO11"/>
+  <dimension ref="A1:AR11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
+    <col width="14" customWidth="1" min="42" max="42"/>
+    <col width="14" customWidth="1" min="43" max="43"/>
+    <col width="14" customWidth="1" min="44" max="44"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -23802,1381 +25425,1489 @@
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
+      <c r="AP1" t="inlineStr">
+        <is>
+          <t>2025-10-20</t>
+        </is>
+      </c>
+      <c r="AQ1" t="inlineStr">
+        <is>
+          <t>2025-10-27</t>
+        </is>
+      </c>
+      <c r="AR1" t="inlineStr">
+        <is>
+          <t>2025-11-03</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.27</v>
+        <v>0.25</v>
       </c>
       <c r="C2" s="1" t="n">
-        <v>0.26</v>
+        <v>0.25</v>
       </c>
       <c r="D2" s="1" t="n">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>0.29</v>
+        <v>0.21</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="G2" s="1" t="n">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="H2" s="1" t="n">
-        <v>0.26</v>
+        <v>0.21</v>
       </c>
       <c r="I2" s="1" t="n">
-        <v>0.25</v>
+        <v>0.19</v>
       </c>
       <c r="J2" s="1" t="n">
-        <v>0.24</v>
+        <v>0.22</v>
       </c>
       <c r="K2" s="1" t="n">
-        <v>0.24</v>
+        <v>0.23</v>
       </c>
       <c r="L2" s="1" t="n">
-        <v>0.29</v>
+        <v>0.2</v>
       </c>
       <c r="M2" s="1" t="n">
-        <v>0.25</v>
+        <v>0.19</v>
       </c>
       <c r="N2" s="1" t="n">
-        <v>0.25</v>
+        <v>0.21</v>
       </c>
       <c r="O2" s="1" t="n">
-        <v>0.24</v>
+        <v>0.19</v>
       </c>
       <c r="P2" s="1" t="n">
-        <v>0.24</v>
+        <v>0.2</v>
       </c>
       <c r="Q2" s="1" t="n">
-        <v>0.23</v>
+        <v>0.21</v>
       </c>
       <c r="R2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.15</v>
       </c>
       <c r="S2" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="T2" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="U2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="V2" s="1" t="n">
         <v>0.18</v>
       </c>
-      <c r="T2" s="1" t="n">
+      <c r="W2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="X2" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="Y2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="Z2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AA2" s="1" t="n">
         <v>0.17</v>
       </c>
-      <c r="U2" s="1" t="n">
-[...2 lines deleted...]
-      <c r="V2" s="1" t="n">
+      <c r="AB2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AC2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AD2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AE2" s="1" t="n">
         <v>0.19</v>
       </c>
-      <c r="W2" s="1" t="n">
-[...8 lines deleted...]
-      <c r="Z2" s="1" t="n">
+      <c r="AF2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AG2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AH2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AI2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AJ2" s="1" t="n">
         <v>0.17</v>
       </c>
-      <c r="AA2" s="1" t="n">
-[...5 lines deleted...]
-      <c r="AC2" s="1" t="n">
+      <c r="AK2" s="1" t="n">
         <v>0.16</v>
       </c>
-      <c r="AD2" s="1" t="n">
+      <c r="AL2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AM2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AN2" s="1" t="n">
         <v>0.17</v>
       </c>
-      <c r="AE2" s="1" t="n">
-[...28 lines deleted...]
-      </c>
       <c r="AO2" s="1" t="n">
-        <v>0.2</v>
+        <v>0.15</v>
+      </c>
+      <c r="AP2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AQ2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AR2" s="1" t="n">
+        <v>0.16</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.26</v>
+        <v>0.23</v>
       </c>
       <c r="C3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="D3" s="1" t="n">
         <v>0.27</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.25</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>0.26</v>
+        <v>0.23</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="H3" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="I3" s="1" t="n">
         <v>0.22</v>
       </c>
-      <c r="I3" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="J3" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="K3" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="L3" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="M3" s="1" t="n">
         <v>0.23</v>
       </c>
-      <c r="K3" s="1" t="n">
+      <c r="N3" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="O3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="P3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="Q3" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="R3" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="S3" s="1" t="n">
         <v>0.24</v>
-      </c>
-[...22 lines deleted...]
-        <v>0.23</v>
       </c>
       <c r="T3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="U3" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="V3" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="W3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="X3" s="1" t="n">
         <v>0.21</v>
       </c>
-      <c r="V3" s="1" t="n">
+      <c r="Y3" s="1" t="n">
         <v>0.23</v>
       </c>
-      <c r="W3" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="Z3" s="1" t="n">
-        <v>0.19</v>
+        <v>0.22</v>
       </c>
       <c r="AA3" s="1" t="n">
-        <v>0.27</v>
+        <v>0.21</v>
       </c>
       <c r="AB3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AC3" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AD3" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AE3" s="1" t="n">
         <v>0.2</v>
       </c>
-      <c r="AD3" s="1" t="n">
+      <c r="AF3" s="1" t="n">
         <v>0.21</v>
       </c>
-      <c r="AE3" s="1" t="n">
+      <c r="AG3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AH3" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AI3" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="AJ3" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AK3" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AL3" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="AM3" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AN3" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AO3" s="1" t="n">
         <v>0.19</v>
       </c>
-      <c r="AF3" s="1" t="n">
-[...8 lines deleted...]
-      <c r="AI3" s="1" t="n">
+      <c r="AP3" s="1" t="n">
         <v>0.18</v>
       </c>
-      <c r="AJ3" s="1" t="n">
-[...2 lines deleted...]
-      <c r="AK3" s="1" t="n">
+      <c r="AQ3" s="1" t="n">
         <v>0.15</v>
       </c>
-      <c r="AL3" s="1" t="n">
-[...9 lines deleted...]
-        <v>0.15</v>
+      <c r="AR3" s="1" t="n">
+        <v>0.18</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.1</v>
+        <v>0.12</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.08</v>
+        <v>0.16</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.1</v>
+        <v>0.13</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.06</v>
+        <v>0.16</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.09</v>
+        <v>0.14</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.11</v>
+        <v>0.14</v>
       </c>
       <c r="H4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="I4" s="1" t="n">
         <v>0.15</v>
       </c>
-      <c r="I4" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="J4" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="K4" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="L4" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="M4" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="N4" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="O4" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="P4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="Q4" s="1" t="n">
         <v>0.14</v>
       </c>
-      <c r="K4" s="1" t="n">
-[...2 lines deleted...]
-      <c r="L4" s="1" t="n">
+      <c r="R4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="S4" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="T4" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="U4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="V4" s="1" t="n">
         <v>0.13</v>
       </c>
-      <c r="M4" s="1" t="n">
-[...2 lines deleted...]
-      <c r="N4" s="1" t="n">
+      <c r="W4" s="1" t="n">
         <v>0.14</v>
       </c>
-      <c r="O4" s="1" t="n">
-[...14 lines deleted...]
-      <c r="T4" s="1" t="n">
+      <c r="X4" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="Y4" s="1" t="n">
         <v>0.14</v>
       </c>
-      <c r="U4" s="1" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="Z4" s="1" t="n">
-        <v>0.18</v>
+        <v>0.16</v>
       </c>
       <c r="AA4" s="1" t="n">
-        <v>0.09</v>
+        <v>0.15</v>
       </c>
       <c r="AB4" s="1" t="n">
-        <v>0.11</v>
+        <v>0.17</v>
       </c>
       <c r="AC4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AD4" s="1" t="n">
-        <v>0.09</v>
+        <v>0.12</v>
       </c>
       <c r="AE4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AF4" s="1" t="n">
         <v>0.11</v>
       </c>
-      <c r="AF4" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AG4" s="1" t="n">
-        <v>0.12</v>
+        <v>0.16</v>
       </c>
       <c r="AH4" s="1" t="n">
-        <v>0.1</v>
+        <v>0.17</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AJ4" s="1" t="n">
-        <v>0.09</v>
+        <v>0.13</v>
       </c>
       <c r="AK4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AL4" s="1" t="n">
         <v>0.12</v>
       </c>
-      <c r="AL4" s="1" t="n">
+      <c r="AM4" s="1" t="n">
         <v>0.15</v>
       </c>
-      <c r="AM4" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AN4" s="1" t="n">
-        <v>0.12</v>
+        <v>0.16</v>
       </c>
       <c r="AO4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AP4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AQ4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AR4" s="1" t="n">
         <v>0.14</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="AG5" s="1" t="n">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="AH5" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AI5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AJ5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AK5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="AL5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AM5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="AN5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="AO5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
+      </c>
+      <c r="AP5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AQ5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AR5" s="1" t="n">
+        <v>0.04</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="C6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="N6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="O6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="P6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="Q6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="R6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="S6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="T6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="U6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="V6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="W6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="X6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="Y6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="Z6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AA6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AB6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AC6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AD6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AE6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AF6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AG6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AH6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AK6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AL6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AM6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AN6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AO6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
+      </c>
+      <c r="AP6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AQ6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AR6" s="1" t="n">
+        <v>0.01</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="C7" s="1" t="n">
-        <v>0.27</v>
+        <v>0.25</v>
       </c>
       <c r="D7" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="E7" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="F7" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="G7" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="H7" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="I7" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="J7" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="K7" s="1" t="n">
         <v>0.28</v>
-      </c>
-[...19 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="L7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>0.24</v>
+        <v>0.3</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>0.29</v>
+        <v>0.26</v>
       </c>
       <c r="O7" s="1" t="n">
-        <v>0.28</v>
+        <v>0.32</v>
       </c>
       <c r="P7" s="1" t="n">
-        <v>0.28</v>
+        <v>0.3</v>
       </c>
       <c r="Q7" s="1" t="n">
-        <v>0.28</v>
+        <v>0.31</v>
       </c>
       <c r="R7" s="1" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="S7" s="1" t="n">
         <v>0.33</v>
       </c>
-      <c r="S7" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="T7" s="1" t="n">
-        <v>0.33</v>
+        <v>0.36</v>
       </c>
       <c r="U7" s="1" t="n">
-        <v>0.33</v>
+        <v>0.35</v>
       </c>
       <c r="V7" s="1" t="n">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="W7" s="1" t="n">
+        <v>0.37</v>
+      </c>
+      <c r="X7" s="1" t="n">
         <v>0.31</v>
       </c>
-      <c r="X7" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Y7" s="1" t="n">
-        <v>0.33</v>
+        <v>0.34</v>
       </c>
       <c r="Z7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AA7" s="1" t="n">
-        <v>0.31</v>
+        <v>0.29</v>
       </c>
       <c r="AB7" s="1" t="n">
-        <v>0.28</v>
+        <v>0.34</v>
       </c>
       <c r="AC7" s="1" t="n">
-        <v>0.33</v>
+        <v>0.29</v>
       </c>
       <c r="AD7" s="1" t="n">
-        <v>0.34</v>
+        <v>0.38</v>
       </c>
       <c r="AE7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AF7" s="1" t="n">
-        <v>0.32</v>
+        <v>0.35</v>
       </c>
       <c r="AG7" s="1" t="n">
-        <v>0.33</v>
+        <v>0.31</v>
       </c>
       <c r="AH7" s="1" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="AI7" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="AJ7" s="1" t="n">
         <v>0.35</v>
       </c>
-      <c r="AI7" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="AK7" s="1" t="n">
-        <v>0.36</v>
+        <v>0.37</v>
       </c>
       <c r="AL7" s="1" t="n">
-        <v>0.3</v>
+        <v>0.34</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AN7" s="1" t="n">
-        <v>0.3</v>
+        <v>0.32</v>
       </c>
       <c r="AO7" s="1" t="n">
-        <v>0.35</v>
+        <v>0.33</v>
+      </c>
+      <c r="AP7" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="AQ7" s="1" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="AR7" s="1" t="n">
+        <v>0.34</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="C8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.06</v>
       </c>
       <c r="D8" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="E8" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="F8" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="G8" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="H8" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="I8" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="J8" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="K8" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="L8" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="M8" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="N8" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="O8" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="P8" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="Q8" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="R8" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="S8" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="T8" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="U8" s="1" t="n">
         <v>0.09</v>
       </c>
-      <c r="E8" s="1" t="n">
+      <c r="V8" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="W8" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="X8" s="1" t="n">
         <v>0.06</v>
       </c>
-      <c r="F8" s="1" t="n">
+      <c r="Y8" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="Z8" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AA8" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AB8" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AC8" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AD8" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AE8" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AF8" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AG8" s="1" t="n">
         <v>0.09</v>
       </c>
-      <c r="G8" s="1" t="n">
-[...2 lines deleted...]
-      <c r="H8" s="1" t="n">
+      <c r="AH8" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AI8" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AJ8" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AK8" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AL8" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AM8" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="AN8" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AO8" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AP8" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AQ8" s="1" t="n">
         <v>0.09</v>
       </c>
-      <c r="I8" s="1" t="n">
-[...17 lines deleted...]
-      <c r="O8" s="1" t="n">
+      <c r="AR8" s="1" t="n">
         <v>0.12</v>
-      </c>
-[...76 lines deleted...]
-        <v>0.13</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="H9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="I9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="J9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="K9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="L9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
       <c r="M9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="N9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="O9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="P9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="Q9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="R9" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="S9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="T9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="U9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="V9" s="1" t="n">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
       <c r="W9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="X9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="Y9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="Z9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="AA9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
       <c r="AB9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="AC9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AD9" s="1" t="n">
         <v>0.04</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.03</v>
       </c>
       <c r="AE9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AF9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
       <c r="AG9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AH9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AI9" s="1" t="n">
-        <v>0.06</v>
+        <v>0.03</v>
       </c>
       <c r="AJ9" s="1" t="n">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
       <c r="AK9" s="1" t="n">
-        <v>0.05</v>
+        <v>0.03</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AO9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.04</v>
+      </c>
+      <c r="AP9" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AQ9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AR9" s="1" t="n">
+        <v>0.02</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
-        <v>312</v>
+        <v>470</v>
       </c>
       <c r="C10" t="n">
-        <v>325</v>
+        <v>477</v>
       </c>
       <c r="D10" t="n">
-        <v>302</v>
+        <v>486</v>
       </c>
       <c r="E10" t="n">
-        <v>296</v>
+        <v>507</v>
       </c>
       <c r="F10" t="n">
-        <v>297</v>
+        <v>487</v>
       </c>
       <c r="G10" t="n">
-        <v>299</v>
+        <v>507</v>
       </c>
       <c r="H10" t="n">
-        <v>302</v>
+        <v>508</v>
       </c>
       <c r="I10" t="n">
-        <v>260</v>
+        <v>453</v>
       </c>
       <c r="J10" t="n">
-        <v>265</v>
+        <v>491</v>
       </c>
       <c r="K10" t="n">
-        <v>284</v>
+        <v>480</v>
       </c>
       <c r="L10" t="n">
-        <v>279</v>
+        <v>476</v>
       </c>
       <c r="M10" t="n">
-        <v>278</v>
+        <v>482</v>
       </c>
       <c r="N10" t="n">
-        <v>274</v>
+        <v>489</v>
       </c>
       <c r="O10" t="n">
-        <v>285</v>
+        <v>492</v>
       </c>
       <c r="P10" t="n">
-        <v>247</v>
+        <v>413</v>
       </c>
       <c r="Q10" t="n">
-        <v>264</v>
+        <v>472</v>
       </c>
       <c r="R10" t="n">
-        <v>271</v>
+        <v>476</v>
       </c>
       <c r="S10" t="n">
-        <v>278</v>
+        <v>486</v>
       </c>
       <c r="T10" t="n">
-        <v>275</v>
+        <v>486</v>
       </c>
       <c r="U10" t="n">
-        <v>235</v>
+        <v>431</v>
       </c>
       <c r="V10" t="n">
-        <v>261</v>
+        <v>460</v>
       </c>
       <c r="W10" t="n">
-        <v>266</v>
+        <v>426</v>
       </c>
       <c r="X10" t="n">
-        <v>294</v>
+        <v>439</v>
       </c>
       <c r="Y10" t="n">
-        <v>313</v>
+        <v>484</v>
       </c>
       <c r="Z10" t="n">
-        <v>287</v>
+        <v>447</v>
       </c>
       <c r="AA10" t="n">
-        <v>296</v>
+        <v>486</v>
       </c>
       <c r="AB10" t="n">
-        <v>269</v>
+        <v>460</v>
       </c>
       <c r="AC10" t="n">
-        <v>268</v>
+        <v>492</v>
       </c>
       <c r="AD10" t="n">
-        <v>281</v>
+        <v>434</v>
       </c>
       <c r="AE10" t="n">
-        <v>290</v>
+        <v>497</v>
       </c>
       <c r="AF10" t="n">
-        <v>298</v>
+        <v>482</v>
       </c>
       <c r="AG10" t="n">
-        <v>299</v>
+        <v>490</v>
       </c>
       <c r="AH10" t="n">
-        <v>275</v>
+        <v>499</v>
       </c>
       <c r="AI10" t="n">
-        <v>278</v>
+        <v>495</v>
       </c>
       <c r="AJ10" t="n">
-        <v>282</v>
+        <v>512</v>
       </c>
       <c r="AK10" t="n">
-        <v>290</v>
+        <v>472</v>
       </c>
       <c r="AL10" t="n">
-        <v>298</v>
+        <v>460</v>
       </c>
       <c r="AM10" t="n">
-        <v>303</v>
+        <v>537</v>
       </c>
       <c r="AN10" t="n">
-        <v>259</v>
+        <v>464</v>
       </c>
       <c r="AO10" t="n">
-        <v>275</v>
+        <v>461</v>
+      </c>
+      <c r="AP10" t="n">
+        <v>462</v>
+      </c>
+      <c r="AQ10" t="n">
+        <v>472</v>
+      </c>
+      <c r="AR10" t="n">
+        <v>480</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
-        <v>273</v>
+        <v>441</v>
       </c>
       <c r="C11" t="n">
-        <v>296</v>
+        <v>476</v>
       </c>
       <c r="D11" t="n">
-        <v>302</v>
+        <v>487</v>
       </c>
       <c r="E11" t="n">
-        <v>297</v>
+        <v>478</v>
       </c>
       <c r="F11" t="n">
-        <v>286</v>
+        <v>461</v>
       </c>
       <c r="G11" t="n">
-        <v>294</v>
+        <v>474</v>
       </c>
       <c r="H11" t="n">
-        <v>290</v>
+        <v>468</v>
       </c>
       <c r="I11" t="n">
-        <v>266</v>
+        <v>428</v>
       </c>
       <c r="J11" t="n">
-        <v>279</v>
+        <v>450</v>
       </c>
       <c r="K11" t="n">
-        <v>278</v>
+        <v>448</v>
       </c>
       <c r="L11" t="n">
-        <v>274</v>
+        <v>441</v>
       </c>
       <c r="M11" t="n">
-        <v>283</v>
+        <v>454</v>
       </c>
       <c r="N11" t="n">
-        <v>289</v>
+        <v>464</v>
       </c>
       <c r="O11" t="n">
-        <v>289</v>
+        <v>464</v>
       </c>
       <c r="P11" t="n">
-        <v>248</v>
+        <v>398</v>
       </c>
       <c r="Q11" t="n">
-        <v>276</v>
+        <v>443</v>
       </c>
       <c r="R11" t="n">
-        <v>267</v>
+        <v>428</v>
       </c>
       <c r="S11" t="n">
-        <v>277</v>
+        <v>444</v>
       </c>
       <c r="T11" t="n">
-        <v>274</v>
+        <v>439</v>
       </c>
       <c r="U11" t="n">
-        <v>248</v>
+        <v>399</v>
       </c>
       <c r="V11" t="n">
-        <v>271</v>
+        <v>434</v>
       </c>
       <c r="W11" t="n">
-        <v>263</v>
+        <v>421</v>
       </c>
       <c r="X11" t="n">
-        <v>271</v>
+        <v>435</v>
       </c>
       <c r="Y11" t="n">
-        <v>292</v>
+        <v>469</v>
       </c>
       <c r="Z11" t="n">
-        <v>279</v>
+        <v>448</v>
       </c>
       <c r="AA11" t="n">
-        <v>290</v>
+        <v>466</v>
       </c>
       <c r="AB11" t="n">
-        <v>267</v>
+        <v>428</v>
       </c>
       <c r="AC11" t="n">
-        <v>275</v>
+        <v>441</v>
       </c>
       <c r="AD11" t="n">
-        <v>267</v>
+        <v>428</v>
       </c>
       <c r="AE11" t="n">
-        <v>296</v>
+        <v>474</v>
       </c>
       <c r="AF11" t="n">
-        <v>298</v>
+        <v>478</v>
       </c>
       <c r="AG11" t="n">
-        <v>284</v>
+        <v>456</v>
       </c>
       <c r="AH11" t="n">
-        <v>287</v>
+        <v>461</v>
       </c>
       <c r="AI11" t="n">
-        <v>296</v>
+        <v>475</v>
       </c>
       <c r="AJ11" t="n">
-        <v>305</v>
+        <v>490</v>
       </c>
       <c r="AK11" t="n">
-        <v>287</v>
+        <v>460</v>
       </c>
       <c r="AL11" t="n">
-        <v>281</v>
+        <v>451</v>
       </c>
       <c r="AM11" t="n">
-        <v>311</v>
+        <v>499</v>
       </c>
       <c r="AN11" t="n">
-        <v>281</v>
+        <v>450</v>
       </c>
       <c r="AO11" t="n">
-        <v>272</v>
+        <v>437</v>
+      </c>
+      <c r="AP11" t="n">
+        <v>446</v>
+      </c>
+      <c r="AQ11" t="n">
+        <v>454</v>
+      </c>
+      <c r="AR11" t="n">
+        <v>444</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AO11"/>
+  <dimension ref="A1:AR11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
+    <col width="14" customWidth="1" min="42" max="42"/>
+    <col width="14" customWidth="1" min="43" max="43"/>
+    <col width="14" customWidth="1" min="44" max="44"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -25341,1381 +27072,1489 @@
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
+      <c r="AP1" t="inlineStr">
+        <is>
+          <t>2025-10-20</t>
+        </is>
+      </c>
+      <c r="AQ1" t="inlineStr">
+        <is>
+          <t>2025-10-27</t>
+        </is>
+      </c>
+      <c r="AR1" t="inlineStr">
+        <is>
+          <t>2025-11-03</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.18</v>
+        <v>0.35</v>
       </c>
       <c r="C2" s="1" t="n">
-        <v>0.18</v>
+        <v>0.34</v>
       </c>
       <c r="D2" s="1" t="n">
-        <v>0.14</v>
+        <v>0.38</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>0.14</v>
+        <v>0.31</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>0.18</v>
+        <v>0.3</v>
       </c>
       <c r="G2" s="1" t="n">
-        <v>0.18</v>
+        <v>0.34</v>
       </c>
       <c r="H2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.33</v>
       </c>
       <c r="I2" s="1" t="n">
-        <v>0.18</v>
+        <v>0.37</v>
       </c>
       <c r="J2" s="1" t="n">
-        <v>0.18</v>
+        <v>0.35</v>
       </c>
       <c r="K2" s="1" t="n">
-        <v>0.17</v>
+        <v>0.32</v>
       </c>
       <c r="L2" s="1" t="n">
-        <v>0.18</v>
+        <v>0.32</v>
       </c>
       <c r="M2" s="1" t="n">
-        <v>0.18</v>
+        <v>0.38</v>
       </c>
       <c r="N2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.35</v>
       </c>
       <c r="O2" s="1" t="n">
-        <v>0.17</v>
+        <v>0.36</v>
       </c>
       <c r="P2" s="1" t="n">
-        <v>0.19</v>
+        <v>0.32</v>
       </c>
       <c r="Q2" s="1" t="n">
-        <v>0.18</v>
+        <v>0.32</v>
       </c>
       <c r="R2" s="1" t="n">
-        <v>0.13</v>
+        <v>0.23</v>
       </c>
       <c r="S2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.29</v>
       </c>
       <c r="T2" s="1" t="n">
-        <v>0.13</v>
+        <v>0.25</v>
       </c>
       <c r="U2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.29</v>
       </c>
       <c r="V2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.3</v>
       </c>
       <c r="W2" s="1" t="n">
-        <v>0.12</v>
+        <v>0.28</v>
       </c>
       <c r="X2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.26</v>
       </c>
       <c r="Y2" s="1" t="n">
-        <v>0.14</v>
+        <v>0.28</v>
       </c>
       <c r="Z2" s="1" t="n">
-        <v>0.13</v>
+        <v>0.27</v>
       </c>
       <c r="AA2" s="1" t="n">
-        <v>0.14</v>
+        <v>0.25</v>
       </c>
       <c r="AB2" s="1" t="n">
-        <v>0.13</v>
+        <v>0.27</v>
       </c>
       <c r="AC2" s="1" t="n">
-        <v>0.14</v>
+        <v>0.25</v>
       </c>
       <c r="AD2" s="1" t="n">
-        <v>0.13</v>
+        <v>0.22</v>
       </c>
       <c r="AE2" s="1" t="n">
-        <v>0.14</v>
+        <v>0.26</v>
       </c>
       <c r="AF2" s="1" t="n">
-        <v>0.14</v>
+        <v>0.25</v>
       </c>
       <c r="AG2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.26</v>
       </c>
       <c r="AH2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.29</v>
       </c>
       <c r="AI2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.25</v>
       </c>
       <c r="AJ2" s="1" t="n">
-        <v>0.14</v>
+        <v>0.25</v>
       </c>
       <c r="AK2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.27</v>
       </c>
       <c r="AL2" s="1" t="n">
-        <v>0.11</v>
+        <v>0.21</v>
       </c>
       <c r="AM2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.26</v>
       </c>
       <c r="AN2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.27</v>
       </c>
       <c r="AO2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.28</v>
+      </c>
+      <c r="AP2" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="AQ2" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AR2" s="1" t="n">
+        <v>0.25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.35</v>
+        <v>0.14</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>0.31</v>
+        <v>0.12</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>0.37</v>
+        <v>0.14</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>0.35</v>
+        <v>0.15</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>0.3</v>
+        <v>0.12</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>0.3</v>
+        <v>0.12</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>0.29</v>
+        <v>0.14</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>0.33</v>
+        <v>0.14</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>0.31</v>
+        <v>0.15</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>0.32</v>
+        <v>0.16</v>
       </c>
       <c r="L3" s="1" t="n">
-        <v>0.3</v>
+        <v>0.15</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>0.31</v>
+        <v>0.13</v>
       </c>
       <c r="N3" s="1" t="n">
-        <v>0.32</v>
+        <v>0.13</v>
       </c>
       <c r="O3" s="1" t="n">
-        <v>0.31</v>
+        <v>0.11</v>
       </c>
       <c r="P3" s="1" t="n">
-        <v>0.29</v>
+        <v>0.15</v>
       </c>
       <c r="Q3" s="1" t="n">
-        <v>0.29</v>
+        <v>0.12</v>
       </c>
       <c r="R3" s="1" t="n">
-        <v>0.27</v>
+        <v>0.13</v>
       </c>
       <c r="S3" s="1" t="n">
-        <v>0.31</v>
+        <v>0.12</v>
       </c>
       <c r="T3" s="1" t="n">
-        <v>0.29</v>
+        <v>0.14</v>
       </c>
       <c r="U3" s="1" t="n">
-        <v>0.24</v>
+        <v>0.14</v>
       </c>
       <c r="V3" s="1" t="n">
-        <v>0.27</v>
+        <v>0.13</v>
       </c>
       <c r="W3" s="1" t="n">
-        <v>0.31</v>
+        <v>0.14</v>
       </c>
       <c r="X3" s="1" t="n">
-        <v>0.28</v>
+        <v>0.14</v>
       </c>
       <c r="Y3" s="1" t="n">
-        <v>0.29</v>
+        <v>0.12</v>
       </c>
       <c r="Z3" s="1" t="n">
-        <v>0.32</v>
+        <v>0.17</v>
       </c>
       <c r="AA3" s="1" t="n">
-        <v>0.31</v>
+        <v>0.15</v>
       </c>
       <c r="AB3" s="1" t="n">
-        <v>0.26</v>
+        <v>0.13</v>
       </c>
       <c r="AC3" s="1" t="n">
-        <v>0.32</v>
+        <v>0.16</v>
       </c>
       <c r="AD3" s="1" t="n">
-        <v>0.31</v>
+        <v>0.15</v>
       </c>
       <c r="AE3" s="1" t="n">
-        <v>0.27</v>
+        <v>0.14</v>
       </c>
       <c r="AF3" s="1" t="n">
-        <v>0.27</v>
+        <v>0.16</v>
       </c>
       <c r="AG3" s="1" t="n">
-        <v>0.26</v>
+        <v>0.14</v>
       </c>
       <c r="AH3" s="1" t="n">
-        <v>0.26</v>
+        <v>0.12</v>
       </c>
       <c r="AI3" s="1" t="n">
-        <v>0.25</v>
+        <v>0.12</v>
       </c>
       <c r="AJ3" s="1" t="n">
-        <v>0.28</v>
+        <v>0.14</v>
       </c>
       <c r="AK3" s="1" t="n">
-        <v>0.25</v>
+        <v>0.12</v>
       </c>
       <c r="AL3" s="1" t="n">
-        <v>0.31</v>
+        <v>0.12</v>
       </c>
       <c r="AM3" s="1" t="n">
-        <v>0.28</v>
+        <v>0.13</v>
       </c>
       <c r="AN3" s="1" t="n">
-        <v>0.24</v>
+        <v>0.14</v>
       </c>
       <c r="AO3" s="1" t="n">
-        <v>0.3</v>
+        <v>0.13</v>
+      </c>
+      <c r="AP3" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AQ3" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AR3" s="1" t="n">
+        <v>0.13</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.11</v>
+        <v>0.13</v>
       </c>
       <c r="C4" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="D4" s="1" t="n">
         <v>0.12</v>
       </c>
-      <c r="D4" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E4" s="1" t="n">
-        <v>0.1</v>
+        <v>0.14</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.09</v>
+        <v>0.12</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.11</v>
+        <v>0.12</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.1</v>
+        <v>0.16</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>0.08</v>
+        <v>0.12</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.1</v>
+        <v>0.12</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.09</v>
+        <v>0.14</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.09</v>
+        <v>0.11</v>
       </c>
       <c r="N4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="O4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="P4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="Q4" s="1" t="n">
         <v>0.13</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.11</v>
       </c>
       <c r="R4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>0.08</v>
+        <v>0.14</v>
       </c>
       <c r="T4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.15</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>0.12</v>
+        <v>0.15</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>0.1</v>
+        <v>0.17</v>
       </c>
       <c r="W4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>0.12</v>
+        <v>0.14</v>
       </c>
       <c r="Y4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="Z4" s="1" t="n">
         <v>0.13</v>
       </c>
-      <c r="Z4" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AA4" s="1" t="n">
-        <v>0.09</v>
+        <v>0.14</v>
       </c>
       <c r="AB4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AC4" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AD4" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AE4" s="1" t="n">
         <v>0.14</v>
       </c>
-      <c r="AC4" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AF4" s="1" t="n">
-        <v>0.12</v>
+        <v>0.16</v>
       </c>
       <c r="AG4" s="1" t="n">
-        <v>0.09</v>
+        <v>0.13</v>
       </c>
       <c r="AH4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.16</v>
       </c>
       <c r="AI4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.16</v>
       </c>
       <c r="AJ4" s="1" t="n">
-        <v>0.1</v>
+        <v>0.18</v>
       </c>
       <c r="AK4" s="1" t="n">
-        <v>0.11</v>
+        <v>0.15</v>
       </c>
       <c r="AL4" s="1" t="n">
-        <v>0.1</v>
+        <v>0.16</v>
       </c>
       <c r="AM4" s="1" t="n">
-        <v>0.12</v>
+        <v>0.15</v>
       </c>
       <c r="AN4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.17</v>
       </c>
       <c r="AO4" s="1" t="n">
-        <v>0.09</v>
+        <v>0.18</v>
+      </c>
+      <c r="AP4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AQ4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AR4" s="1" t="n">
+        <v>0.17</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AG5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AH5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AI5" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AJ5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AK5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AL5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="AM5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AN5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="AO5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
+      </c>
+      <c r="AP5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AQ5" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AR5" s="1" t="n">
+        <v>0.02</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="O6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="P6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="Q6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="R6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="S6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="T6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="U6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="V6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="W6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="X6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="Y6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="Z6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AA6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AB6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AC6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AD6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AE6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AF6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AG6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AH6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AI6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AJ6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AK6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AL6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AM6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AN6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AO6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
+      </c>
+      <c r="AP6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AQ6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AR6" s="1" t="n">
+        <v>0.01</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
-        <v>0.27</v>
+        <v>0.3</v>
       </c>
       <c r="C7" s="1" t="n">
-        <v>0.27</v>
+        <v>0.31</v>
       </c>
       <c r="D7" s="1" t="n">
-        <v>0.28</v>
+        <v>0.26</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>0.28</v>
+        <v>0.29</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>0.31</v>
+        <v>0.36</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>0.32</v>
+        <v>0.34</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>0.31</v>
+        <v>0.3</v>
       </c>
       <c r="I7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="J7" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="K7" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="L7" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="M7" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="N7" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="O7" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="P7" s="1" t="n">
         <v>0.26</v>
       </c>
-      <c r="K7" s="1" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="Q7" s="1" t="n">
-        <v>0.31</v>
+        <v>0.32</v>
       </c>
       <c r="R7" s="1" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="S7" s="1" t="n">
+        <v>0.37</v>
+      </c>
+      <c r="T7" s="1" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="U7" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="V7" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="W7" s="1" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="X7" s="1" t="n">
+        <v>0.37</v>
+      </c>
+      <c r="Y7" s="1" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="Z7" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="AA7" s="1" t="n">
         <v>0.35</v>
       </c>
-      <c r="S7" s="1" t="n">
-[...25 lines deleted...]
-      </c>
       <c r="AB7" s="1" t="n">
-        <v>0.33</v>
+        <v>0.37</v>
       </c>
       <c r="AC7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AD7" s="1" t="n">
-        <v>0.32</v>
+        <v>0.36</v>
       </c>
       <c r="AE7" s="1" t="n">
-        <v>0.33</v>
+        <v>0.34</v>
       </c>
       <c r="AF7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AG7" s="1" t="n">
-        <v>0.32</v>
+        <v>0.36</v>
       </c>
       <c r="AH7" s="1" t="n">
-        <v>0.32</v>
+        <v>0.34</v>
       </c>
       <c r="AI7" s="1" t="n">
-        <v>0.32</v>
+        <v>0.38</v>
       </c>
       <c r="AJ7" s="1" t="n">
-        <v>0.29</v>
+        <v>0.33</v>
       </c>
       <c r="AK7" s="1" t="n">
-        <v>0.34</v>
+        <v>0.35</v>
       </c>
       <c r="AL7" s="1" t="n">
-        <v>0.3</v>
+        <v>0.38</v>
       </c>
       <c r="AM7" s="1" t="n">
-        <v>0.3</v>
+        <v>0.37</v>
       </c>
       <c r="AN7" s="1" t="n">
-        <v>0.3</v>
+        <v>0.31</v>
       </c>
       <c r="AO7" s="1" t="n">
-        <v>0.28</v>
+        <v>0.31</v>
+      </c>
+      <c r="AP7" s="1" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="AQ7" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="AR7" s="1" t="n">
+        <v>0.36</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
-        <v>0.08</v>
+        <v>0.04</v>
       </c>
       <c r="C8" s="1" t="n">
-        <v>0.1</v>
+        <v>0.04</v>
       </c>
       <c r="D8" s="1" t="n">
-        <v>0.09</v>
+        <v>0.05</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>0.09</v>
+        <v>0.06</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>0.09</v>
+        <v>0.03</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>0.08</v>
+        <v>0.04</v>
       </c>
       <c r="H8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.03</v>
       </c>
       <c r="I8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.04</v>
       </c>
       <c r="J8" s="1" t="n">
-        <v>0.1</v>
+        <v>0.04</v>
       </c>
       <c r="K8" s="1" t="n">
-        <v>0.08</v>
+        <v>0.05</v>
       </c>
       <c r="L8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.05</v>
       </c>
       <c r="M8" s="1" t="n">
-        <v>0.13</v>
+        <v>0.05</v>
       </c>
       <c r="N8" s="1" t="n">
-        <v>0.09</v>
+        <v>0.03</v>
       </c>
       <c r="O8" s="1" t="n">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="P8" s="1" t="n">
-        <v>0.09</v>
+        <v>0.06</v>
       </c>
       <c r="Q8" s="1" t="n">
-        <v>0.09</v>
+        <v>0.06</v>
       </c>
       <c r="R8" s="1" t="n">
-        <v>0.1</v>
+        <v>0.06</v>
       </c>
       <c r="S8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.04</v>
       </c>
       <c r="T8" s="1" t="n">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="U8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.04</v>
       </c>
       <c r="V8" s="1" t="n">
-        <v>0.12</v>
+        <v>0.03</v>
       </c>
       <c r="W8" s="1" t="n">
-        <v>0.09</v>
+        <v>0.04</v>
       </c>
       <c r="X8" s="1" t="n">
-        <v>0.12</v>
+        <v>0.05</v>
       </c>
       <c r="Y8" s="1" t="n">
-        <v>0.12</v>
+        <v>0.05</v>
       </c>
       <c r="Z8" s="1" t="n">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="AA8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.06</v>
       </c>
       <c r="AB8" s="1" t="n">
-        <v>0.12</v>
+        <v>0.04</v>
       </c>
       <c r="AC8" s="1" t="n">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="AD8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.06</v>
       </c>
       <c r="AE8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.05</v>
       </c>
       <c r="AF8" s="1" t="n">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
       <c r="AG8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.03</v>
       </c>
       <c r="AH8" s="1" t="n">
-        <v>0.09</v>
+        <v>0.04</v>
       </c>
       <c r="AI8" s="1" t="n">
-        <v>0.1</v>
+        <v>0.04</v>
       </c>
       <c r="AJ8" s="1" t="n">
-        <v>0.15</v>
+        <v>0.05</v>
       </c>
       <c r="AK8" s="1" t="n">
-        <v>0.12</v>
+        <v>0.05</v>
       </c>
       <c r="AL8" s="1" t="n">
-        <v>0.13</v>
+        <v>0.05</v>
       </c>
       <c r="AM8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.03</v>
       </c>
       <c r="AN8" s="1" t="n">
-        <v>0.14</v>
+        <v>0.04</v>
       </c>
       <c r="AO8" s="1" t="n">
-        <v>0.14</v>
+        <v>0.05</v>
+      </c>
+      <c r="AP8" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="AQ8" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AR8" s="1" t="n">
+        <v>0.05</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="E9" s="1" t="n">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="H9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="I9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="J9" s="1" t="n">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
       <c r="K9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="L9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="M9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="N9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="O9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="P9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="Q9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="R9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="S9" s="1" t="n">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
       <c r="T9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="U9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="V9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="W9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="X9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="Y9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="Z9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="AA9" s="1" t="n">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
       <c r="AB9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="AC9" s="1" t="n">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
       <c r="AD9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AE9" s="1" t="n">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
       <c r="AF9" s="1" t="n">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
       <c r="AG9" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.03</v>
       </c>
       <c r="AH9" s="1" t="n">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
       <c r="AI9" s="1" t="n">
-        <v>0.05</v>
+        <v>0.03</v>
       </c>
       <c r="AJ9" s="1" t="n">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
       <c r="AK9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="AL9" s="1" t="n">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AO9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
+      </c>
+      <c r="AP9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AQ9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AR9" s="1" t="n">
+        <v>0.02</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
-        <v>407</v>
+        <v>551</v>
       </c>
       <c r="C10" t="n">
-        <v>413</v>
+        <v>567</v>
       </c>
       <c r="D10" t="n">
-        <v>461</v>
+        <v>556</v>
       </c>
       <c r="E10" t="n">
-        <v>440</v>
+        <v>570</v>
       </c>
       <c r="F10" t="n">
-        <v>407</v>
+        <v>556</v>
       </c>
       <c r="G10" t="n">
-        <v>426</v>
+        <v>553</v>
       </c>
       <c r="H10" t="n">
-        <v>412</v>
+        <v>580</v>
       </c>
       <c r="I10" t="n">
-        <v>393</v>
+        <v>498</v>
       </c>
       <c r="J10" t="n">
-        <v>394</v>
+        <v>534</v>
       </c>
       <c r="K10" t="n">
-        <v>414</v>
+        <v>547</v>
       </c>
       <c r="L10" t="n">
-        <v>383</v>
+        <v>526</v>
       </c>
       <c r="M10" t="n">
-        <v>393</v>
+        <v>530</v>
       </c>
       <c r="N10" t="n">
-        <v>410</v>
+        <v>566</v>
       </c>
       <c r="O10" t="n">
-        <v>407</v>
+        <v>531</v>
       </c>
       <c r="P10" t="n">
-        <v>354</v>
+        <v>464</v>
       </c>
       <c r="Q10" t="n">
-        <v>398</v>
+        <v>524</v>
       </c>
       <c r="R10" t="n">
-        <v>377</v>
+        <v>506</v>
       </c>
       <c r="S10" t="n">
-        <v>393</v>
+        <v>514</v>
       </c>
       <c r="T10" t="n">
-        <v>386</v>
+        <v>484</v>
       </c>
       <c r="U10" t="n">
-        <v>352</v>
+        <v>475</v>
       </c>
       <c r="V10" t="n">
-        <v>396</v>
+        <v>516</v>
       </c>
       <c r="W10" t="n">
-        <v>372</v>
+        <v>515</v>
       </c>
       <c r="X10" t="n">
-        <v>389</v>
+        <v>517</v>
       </c>
       <c r="Y10" t="n">
-        <v>391</v>
+        <v>565</v>
       </c>
       <c r="Z10" t="n">
-        <v>400</v>
+        <v>552</v>
       </c>
       <c r="AA10" t="n">
-        <v>430</v>
+        <v>573</v>
       </c>
       <c r="AB10" t="n">
-        <v>376</v>
+        <v>501</v>
       </c>
       <c r="AC10" t="n">
-        <v>374</v>
+        <v>522</v>
       </c>
       <c r="AD10" t="n">
-        <v>372</v>
+        <v>520</v>
       </c>
       <c r="AE10" t="n">
-        <v>427</v>
+        <v>578</v>
       </c>
       <c r="AF10" t="n">
-        <v>437</v>
+        <v>580</v>
       </c>
       <c r="AG10" t="n">
-        <v>408</v>
+        <v>538</v>
       </c>
       <c r="AH10" t="n">
-        <v>398</v>
+        <v>509</v>
       </c>
       <c r="AI10" t="n">
-        <v>425</v>
+        <v>573</v>
       </c>
       <c r="AJ10" t="n">
-        <v>450</v>
+        <v>599</v>
       </c>
       <c r="AK10" t="n">
-        <v>403</v>
+        <v>575</v>
       </c>
       <c r="AL10" t="n">
-        <v>403</v>
+        <v>529</v>
       </c>
       <c r="AM10" t="n">
-        <v>457</v>
+        <v>595</v>
       </c>
       <c r="AN10" t="n">
-        <v>430</v>
+        <v>534</v>
       </c>
       <c r="AO10" t="n">
-        <v>398</v>
+        <v>517</v>
+      </c>
+      <c r="AP10" t="n">
+        <v>531</v>
+      </c>
+      <c r="AQ10" t="n">
+        <v>520</v>
+      </c>
+      <c r="AR10" t="n">
+        <v>506</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
-        <v>386</v>
+        <v>430</v>
       </c>
       <c r="C11" t="n">
+        <v>466</v>
+      </c>
+      <c r="D11" t="n">
+        <v>476</v>
+      </c>
+      <c r="E11" t="n">
+        <v>467</v>
+      </c>
+      <c r="F11" t="n">
+        <v>450</v>
+      </c>
+      <c r="G11" t="n">
+        <v>463</v>
+      </c>
+      <c r="H11" t="n">
+        <v>457</v>
+      </c>
+      <c r="I11" t="n">
         <v>418</v>
       </c>
-      <c r="D11" t="n">
+      <c r="J11" t="n">
+        <v>439</v>
+      </c>
+      <c r="K11" t="n">
+        <v>438</v>
+      </c>
+      <c r="L11" t="n">
+        <v>431</v>
+      </c>
+      <c r="M11" t="n">
+        <v>445</v>
+      </c>
+      <c r="N11" t="n">
+        <v>455</v>
+      </c>
+      <c r="O11" t="n">
+        <v>455</v>
+      </c>
+      <c r="P11" t="n">
+        <v>390</v>
+      </c>
+      <c r="Q11" t="n">
+        <v>434</v>
+      </c>
+      <c r="R11" t="n">
+        <v>420</v>
+      </c>
+      <c r="S11" t="n">
+        <v>436</v>
+      </c>
+      <c r="T11" t="n">
+        <v>431</v>
+      </c>
+      <c r="U11" t="n">
+        <v>391</v>
+      </c>
+      <c r="V11" t="n">
+        <v>426</v>
+      </c>
+      <c r="W11" t="n">
+        <v>413</v>
+      </c>
+      <c r="X11" t="n">
         <v>427</v>
       </c>
-      <c r="E11" t="n">
+      <c r="Y11" t="n">
+        <v>460</v>
+      </c>
+      <c r="Z11" t="n">
+        <v>439</v>
+      </c>
+      <c r="AA11" t="n">
+        <v>457</v>
+      </c>
+      <c r="AB11" t="n">
         <v>420</v>
       </c>
-      <c r="F11" t="n">
-[...67 lines deleted...]
-      </c>
       <c r="AC11" t="n">
-        <v>383</v>
+        <v>432</v>
       </c>
       <c r="AD11" t="n">
-        <v>372</v>
+        <v>420</v>
       </c>
       <c r="AE11" t="n">
-        <v>412</v>
+        <v>465</v>
       </c>
       <c r="AF11" t="n">
-        <v>415</v>
+        <v>469</v>
       </c>
       <c r="AG11" t="n">
-        <v>396</v>
+        <v>447</v>
       </c>
       <c r="AH11" t="n">
-        <v>400</v>
+        <v>452</v>
       </c>
       <c r="AI11" t="n">
-        <v>412</v>
+        <v>466</v>
       </c>
       <c r="AJ11" t="n">
-        <v>425</v>
+        <v>481</v>
       </c>
       <c r="AK11" t="n">
-        <v>399</v>
+        <v>451</v>
       </c>
       <c r="AL11" t="n">
-        <v>392</v>
+        <v>443</v>
       </c>
       <c r="AM11" t="n">
-        <v>433</v>
+        <v>490</v>
       </c>
       <c r="AN11" t="n">
-        <v>391</v>
+        <v>441</v>
       </c>
       <c r="AO11" t="n">
-        <v>379</v>
+        <v>429</v>
+      </c>
+      <c r="AP11" t="n">
+        <v>437</v>
+      </c>
+      <c r="AQ11" t="n">
+        <v>445</v>
+      </c>
+      <c r="AR11" t="n">
+        <v>435</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AO11"/>
+  <dimension ref="A1:AR11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
+    <col width="14" customWidth="1" min="42" max="42"/>
+    <col width="14" customWidth="1" min="43" max="43"/>
+    <col width="14" customWidth="1" min="44" max="44"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -26880,1381 +28719,1489 @@
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
+      <c r="AP1" t="inlineStr">
+        <is>
+          <t>2025-10-20</t>
+        </is>
+      </c>
+      <c r="AQ1" t="inlineStr">
+        <is>
+          <t>2025-10-27</t>
+        </is>
+      </c>
+      <c r="AR1" t="inlineStr">
+        <is>
+          <t>2025-11-03</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.11</v>
+        <v>0.2</v>
       </c>
       <c r="C2" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="D2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="E2" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="F2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="G2" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="H2" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="I2" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="J2" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="K2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="L2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="M2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="N2" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="O2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="P2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="Q2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="R2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="S2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="T2" s="1" t="n">
         <v>0.14</v>
       </c>
-      <c r="D2" s="1" t="n">
-[...2 lines deleted...]
-      <c r="E2" s="1" t="n">
+      <c r="U2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="V2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="W2" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="X2" s="1" t="n">
         <v>0.13</v>
       </c>
-      <c r="F2" s="1" t="n">
-[...5 lines deleted...]
-      <c r="H2" s="1" t="n">
+      <c r="Y2" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="Z2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AA2" s="1" t="n">
         <v>0.15</v>
       </c>
-      <c r="I2" s="1" t="n">
+      <c r="AB2" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AC2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AD2" s="1" t="n">
         <v>0.13</v>
       </c>
-      <c r="J2" s="1" t="n">
-[...2 lines deleted...]
-      <c r="K2" s="1" t="n">
+      <c r="AE2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AF2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AG2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AH2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AI2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AJ2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AK2" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AL2" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AM2" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AN2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AO2" s="1" t="n">
         <v>0.13</v>
       </c>
-      <c r="L2" s="1" t="n">
-[...74 lines deleted...]
-      <c r="AK2" s="1" t="n">
+      <c r="AP2" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AQ2" s="1" t="n">
         <v>0.15</v>
       </c>
-      <c r="AL2" s="1" t="n">
-[...9 lines deleted...]
-        <v>0.1</v>
+      <c r="AR2" s="1" t="n">
+        <v>0.16</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="C3" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="D3" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="E3" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="F3" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="G3" s="1" t="n">
         <v>0.23</v>
       </c>
-      <c r="C3" s="1" t="n">
-[...2 lines deleted...]
-      <c r="D3" s="1" t="n">
+      <c r="H3" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="I3" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="J3" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="K3" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="L3" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="M3" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="N3" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="O3" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="P3" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="Q3" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="R3" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="S3" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="T3" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="U3" s="1" t="n">
         <v>0.21</v>
       </c>
-      <c r="E3" s="1" t="n">
-[...5 lines deleted...]
-      <c r="G3" s="1" t="n">
+      <c r="V3" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="W3" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="X3" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="Y3" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="Z3" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="AA3" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="AB3" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="AC3" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="AD3" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="AE3" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="AF3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AG3" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="AH3" s="1" t="n">
         <v>0.22</v>
       </c>
-      <c r="H3" s="1" t="n">
-[...2 lines deleted...]
-      <c r="I3" s="1" t="n">
+      <c r="AI3" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AJ3" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AK3" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="AL3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AM3" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="AN3" s="1" t="n">
         <v>0.21</v>
       </c>
-      <c r="J3" s="1" t="n">
-[...20 lines deleted...]
-      <c r="Q3" s="1" t="n">
+      <c r="AO3" s="1" t="n">
         <v>0.2</v>
       </c>
-      <c r="R3" s="1" t="n">
-[...23 lines deleted...]
-      <c r="Z3" s="1" t="n">
+      <c r="AP3" s="1" t="n">
         <v>0.22</v>
       </c>
-      <c r="AA3" s="1" t="n">
+      <c r="AQ3" s="1" t="n">
         <v>0.2</v>
       </c>
-      <c r="AB3" s="1" t="n">
-[...38 lines deleted...]
-      <c r="AO3" s="1" t="n">
+      <c r="AR3" s="1" t="n">
         <v>0.19</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.08</v>
+        <v>0.13</v>
       </c>
       <c r="C4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="D4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="E4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="F4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="G4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="H4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="I4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="J4" s="1" t="n">
         <v>0.13</v>
       </c>
-      <c r="D4" s="1" t="n">
+      <c r="K4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="L4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="M4" s="1" t="n">
         <v>0.13</v>
       </c>
-      <c r="E4" s="1" t="n">
+      <c r="N4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="O4" s="1" t="n">
         <v>0.13</v>
       </c>
-      <c r="F4" s="1" t="n">
-[...17 lines deleted...]
-      <c r="L4" s="1" t="n">
+      <c r="P4" s="1" t="n">
         <v>0.14</v>
       </c>
-      <c r="M4" s="1" t="n">
+      <c r="Q4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="R4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="S4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="T4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="U4" s="1" t="n">
         <v>0.14</v>
       </c>
-      <c r="N4" s="1" t="n">
+      <c r="V4" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="W4" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="X4" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="Y4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="Z4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AA4" s="1" t="n">
         <v>0.14</v>
       </c>
-      <c r="O4" s="1" t="n">
-[...11 lines deleted...]
-      <c r="S4" s="1" t="n">
+      <c r="AB4" s="1" t="n">
         <v>0.14</v>
       </c>
-      <c r="T4" s="1" t="n">
-[...25 lines deleted...]
-      </c>
       <c r="AC4" s="1" t="n">
-        <v>0.09</v>
+        <v>0.14</v>
       </c>
       <c r="AD4" s="1" t="n">
-        <v>0.08</v>
+        <v>0.14</v>
       </c>
       <c r="AE4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AF4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AG4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AH4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AI4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AJ4" s="1" t="n">
         <v>0.13</v>
       </c>
-      <c r="AG4" s="1" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="AK4" s="1" t="n">
-        <v>0.06</v>
+        <v>0.13</v>
       </c>
       <c r="AL4" s="1" t="n">
-        <v>0.11</v>
+        <v>0.16</v>
       </c>
       <c r="AM4" s="1" t="n">
-        <v>0.1</v>
+        <v>0.14</v>
       </c>
       <c r="AN4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.17</v>
       </c>
       <c r="AO4" s="1" t="n">
-        <v>0.12</v>
+        <v>0.17</v>
+      </c>
+      <c r="AP4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AQ4" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AR4" s="1" t="n">
+        <v>0.13</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
-        <v>0.33</v>
+        <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>0.36</v>
+        <v>0.03</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>0.34</v>
+        <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>0.34</v>
+        <v>0.03</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>0.38</v>
+        <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>0.34</v>
+        <v>0.03</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>0.39</v>
+        <v>0.04</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>0.32</v>
+        <v>0.03</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>0.31</v>
+        <v>0.03</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>0.3</v>
+        <v>0.03</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>0.32</v>
+        <v>0.03</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>0.29</v>
+        <v>0.02</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>0.31</v>
+        <v>0.03</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>0.4</v>
+        <v>0.03</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>0.32</v>
+        <v>0.04</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>0.35</v>
+        <v>0.03</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>0.35</v>
+        <v>0.03</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>0.36</v>
+        <v>0.03</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>0.28</v>
+        <v>0.03</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>0.23</v>
+        <v>0.02</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>0.38</v>
+        <v>0.03</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>0.33</v>
+        <v>0.04</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>0.41</v>
+        <v>0.03</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>0.39</v>
+        <v>0.05</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>0.32</v>
+        <v>0.04</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>0.4</v>
+        <v>0.03</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>0.33</v>
+        <v>0.04</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>0.34</v>
+        <v>0.03</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>0.31</v>
+        <v>0.03</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>0.39</v>
+        <v>0.04</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>0.37</v>
+        <v>0.04</v>
       </c>
       <c r="AG5" s="1" t="n">
-        <v>0.38</v>
+        <v>0.03</v>
       </c>
       <c r="AH5" s="1" t="n">
-        <v>0.32</v>
+        <v>0.03</v>
       </c>
       <c r="AI5" s="1" t="n">
-        <v>0.36</v>
+        <v>0.03</v>
       </c>
       <c r="AJ5" s="1" t="n">
-        <v>0.33</v>
+        <v>0.04</v>
       </c>
       <c r="AK5" s="1" t="n">
-        <v>0.36</v>
+        <v>0.04</v>
       </c>
       <c r="AL5" s="1" t="n">
-        <v>0.34</v>
+        <v>0.03</v>
       </c>
       <c r="AM5" s="1" t="n">
-        <v>0.32</v>
+        <v>0.03</v>
       </c>
       <c r="AN5" s="1" t="n">
-        <v>0.44</v>
+        <v>0.04</v>
       </c>
       <c r="AO5" s="1" t="n">
-        <v>0.35</v>
+        <v>0.03</v>
+      </c>
+      <c r="AP5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AQ5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AR5" s="1" t="n">
+        <v>0.04</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="O6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="P6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="Q6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="R6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="S6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="T6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="U6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="V6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="W6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="X6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="Y6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="Z6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AA6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AB6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AC6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AD6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AE6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AF6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AG6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AH6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AI6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AJ6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AK6" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AN6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AO6" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
+      </c>
+      <c r="AP6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AQ6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AR6" s="1" t="n">
+        <v>0.01</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
-        <v>0.18</v>
+        <v>0.3</v>
       </c>
       <c r="C7" s="1" t="n">
-        <v>0.16</v>
+        <v>0.28</v>
       </c>
       <c r="D7" s="1" t="n">
-        <v>0.17</v>
+        <v>0.26</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>0.17</v>
+        <v>0.29</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>0.19</v>
+        <v>0.28</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>0.22</v>
+        <v>0.33</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>0.14</v>
+        <v>0.29</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>0.16</v>
+        <v>0.29</v>
       </c>
       <c r="J7" s="1" t="n">
-        <v>0.15</v>
+        <v>0.27</v>
       </c>
       <c r="K7" s="1" t="n">
-        <v>0.15</v>
+        <v>0.28</v>
       </c>
       <c r="L7" s="1" t="n">
-        <v>0.13</v>
+        <v>0.3</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>0.2</v>
+        <v>0.27</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>0.14</v>
+        <v>0.27</v>
       </c>
       <c r="O7" s="1" t="n">
-        <v>0.18</v>
+        <v>0.28</v>
       </c>
       <c r="P7" s="1" t="n">
-        <v>0.23</v>
+        <v>0.29</v>
       </c>
       <c r="Q7" s="1" t="n">
-        <v>0.17</v>
+        <v>0.3</v>
       </c>
       <c r="R7" s="1" t="n">
-        <v>0.26</v>
+        <v>0.3</v>
       </c>
       <c r="S7" s="1" t="n">
-        <v>0.18</v>
+        <v>0.31</v>
       </c>
       <c r="T7" s="1" t="n">
-        <v>0.18</v>
+        <v>0.33</v>
       </c>
       <c r="U7" s="1" t="n">
-        <v>0.24</v>
+        <v>0.35</v>
       </c>
       <c r="V7" s="1" t="n">
-        <v>0.26</v>
+        <v>0.31</v>
       </c>
       <c r="W7" s="1" t="n">
-        <v>0.28</v>
+        <v>0.34</v>
       </c>
       <c r="X7" s="1" t="n">
-        <v>0.13</v>
+        <v>0.31</v>
       </c>
       <c r="Y7" s="1" t="n">
-        <v>0.19</v>
+        <v>0.29</v>
       </c>
       <c r="Z7" s="1" t="n">
-        <v>0.13</v>
+        <v>0.3</v>
       </c>
       <c r="AA7" s="1" t="n">
-        <v>0.17</v>
+        <v>0.31</v>
       </c>
       <c r="AB7" s="1" t="n">
-        <v>0.22</v>
+        <v>0.31</v>
       </c>
       <c r="AC7" s="1" t="n">
-        <v>0.21</v>
+        <v>0.31</v>
       </c>
       <c r="AD7" s="1" t="n">
-        <v>0.22</v>
+        <v>0.34</v>
       </c>
       <c r="AE7" s="1" t="n">
-        <v>0.14</v>
+        <v>0.29</v>
       </c>
       <c r="AF7" s="1" t="n">
-        <v>0.19</v>
+        <v>0.32</v>
       </c>
       <c r="AG7" s="1" t="n">
-        <v>0.19</v>
+        <v>0.32</v>
       </c>
       <c r="AH7" s="1" t="n">
-        <v>0.19</v>
+        <v>0.32</v>
       </c>
       <c r="AI7" s="1" t="n">
-        <v>0.26</v>
+        <v>0.32</v>
       </c>
       <c r="AJ7" s="1" t="n">
-        <v>0.16</v>
+        <v>0.31</v>
       </c>
       <c r="AK7" s="1" t="n">
-        <v>0.15</v>
+        <v>0.32</v>
       </c>
       <c r="AL7" s="1" t="n">
-        <v>0.24</v>
+        <v>0.34</v>
       </c>
       <c r="AM7" s="1" t="n">
-        <v>0.2</v>
+        <v>0.33</v>
       </c>
       <c r="AN7" s="1" t="n">
-        <v>0.12</v>
+        <v>0.29</v>
       </c>
       <c r="AO7" s="1" t="n">
-        <v>0.17</v>
+        <v>0.3</v>
+      </c>
+      <c r="AP7" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="AQ7" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="AR7" s="1" t="n">
+        <v>0.31</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="C8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
-      <c r="C8" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.08</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.06</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="G8" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="H8" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="I8" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="J8" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="K8" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="L8" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="M8" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="N8" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="O8" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="P8" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="Q8" s="1" t="n">
         <v>0.06</v>
       </c>
-      <c r="H8" s="1" t="n">
-[...5 lines deleted...]
-      <c r="J8" s="1" t="n">
+      <c r="R8" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="S8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
-      <c r="K8" s="1" t="n">
+      <c r="T8" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="U8" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="V8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
-      <c r="L8" s="1" t="n">
-[...5 lines deleted...]
-      <c r="N8" s="1" t="n">
+      <c r="W8" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="X8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
-      <c r="O8" s="1" t="n">
-[...2 lines deleted...]
-      <c r="P8" s="1" t="n">
+      <c r="Y8" s="1" t="n">
         <v>0.08</v>
-      </c>
-[...25 lines deleted...]
-        <v>0.06</v>
       </c>
       <c r="Z8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AA8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.08</v>
       </c>
       <c r="AB8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.09</v>
       </c>
       <c r="AC8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.09</v>
       </c>
       <c r="AD8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AE8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="AF8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.08</v>
       </c>
       <c r="AG8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.08</v>
       </c>
       <c r="AH8" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AI8" s="1" t="n">
         <v>0.08</v>
       </c>
-      <c r="AI8" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AJ8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.11</v>
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AL8" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.11</v>
       </c>
       <c r="AM8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.08</v>
       </c>
       <c r="AN8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.09</v>
       </c>
       <c r="AO8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.13</v>
+      </c>
+      <c r="AP8" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AQ8" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AR8" s="1" t="n">
+        <v>0.12</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="F9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="G9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="H9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="I9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="J9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="K9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="L9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="M9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="N9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="O9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="P9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="Q9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="R9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="S9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="T9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="U9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="V9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="W9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="X9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="Y9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="Z9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AA9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AB9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AC9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AD9" s="1" t="n">
         <v>0.04</v>
       </c>
-      <c r="F9" s="1" t="n">
-[...29 lines deleted...]
-      <c r="P9" s="1" t="n">
+      <c r="AE9" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AF9" s="1" t="n">
         <v>0.04</v>
       </c>
-      <c r="Q9" s="1" t="n">
-[...11 lines deleted...]
-      <c r="U9" s="1" t="n">
+      <c r="AG9" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AH9" s="1" t="n">
         <v>0.04</v>
       </c>
-      <c r="V9" s="1" t="n">
-[...37 lines deleted...]
-      </c>
       <c r="AI9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
       <c r="AJ9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AK9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
       <c r="AL9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
       <c r="AM9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
       <c r="AN9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="AO9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
+      </c>
+      <c r="AP9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AQ9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AR9" s="1" t="n">
+        <v>0.02</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
-        <v>145</v>
+        <v>781</v>
       </c>
       <c r="C10" t="n">
-        <v>162</v>
+        <v>844</v>
       </c>
       <c r="D10" t="n">
-        <v>147</v>
+        <v>872</v>
       </c>
       <c r="E10" t="n">
-        <v>158</v>
+        <v>867</v>
       </c>
       <c r="F10" t="n">
-        <v>172</v>
+        <v>814</v>
       </c>
       <c r="G10" t="n">
-        <v>150</v>
+        <v>854</v>
       </c>
       <c r="H10" t="n">
-        <v>157</v>
+        <v>832</v>
       </c>
       <c r="I10" t="n">
-        <v>152</v>
+        <v>779</v>
       </c>
       <c r="J10" t="n">
-        <v>136</v>
+        <v>794</v>
       </c>
       <c r="K10" t="n">
-        <v>151</v>
+        <v>781</v>
       </c>
       <c r="L10" t="n">
-        <v>140</v>
+        <v>797</v>
       </c>
       <c r="M10" t="n">
-        <v>146</v>
+        <v>779</v>
       </c>
       <c r="N10" t="n">
-        <v>150</v>
+        <v>831</v>
       </c>
       <c r="O10" t="n">
-        <v>155</v>
+        <v>811</v>
       </c>
       <c r="P10" t="n">
-        <v>125</v>
+        <v>729</v>
       </c>
       <c r="Q10" t="n">
-        <v>144</v>
+        <v>790</v>
       </c>
       <c r="R10" t="n">
-        <v>151</v>
+        <v>771</v>
       </c>
       <c r="S10" t="n">
-        <v>162</v>
+        <v>799</v>
       </c>
       <c r="T10" t="n">
-        <v>143</v>
+        <v>803</v>
       </c>
       <c r="U10" t="n">
-        <v>128</v>
+        <v>728</v>
       </c>
       <c r="V10" t="n">
-        <v>140</v>
+        <v>780</v>
       </c>
       <c r="W10" t="n">
-        <v>132</v>
+        <v>753</v>
       </c>
       <c r="X10" t="n">
-        <v>131</v>
+        <v>827</v>
       </c>
       <c r="Y10" t="n">
-        <v>160</v>
+        <v>816</v>
       </c>
       <c r="Z10" t="n">
-        <v>145</v>
+        <v>814</v>
       </c>
       <c r="AA10" t="n">
-        <v>146</v>
+        <v>822</v>
       </c>
       <c r="AB10" t="n">
-        <v>145</v>
+        <v>757</v>
       </c>
       <c r="AC10" t="n">
-        <v>147</v>
+        <v>773</v>
       </c>
       <c r="AD10" t="n">
-        <v>138</v>
+        <v>768</v>
       </c>
       <c r="AE10" t="n">
-        <v>145</v>
+        <v>826</v>
       </c>
       <c r="AF10" t="n">
-        <v>165</v>
+        <v>846</v>
       </c>
       <c r="AG10" t="n">
-        <v>134</v>
+        <v>816</v>
       </c>
       <c r="AH10" t="n">
-        <v>156</v>
+        <v>841</v>
       </c>
       <c r="AI10" t="n">
-        <v>149</v>
+        <v>837</v>
       </c>
       <c r="AJ10" t="n">
-        <v>155</v>
+        <v>854</v>
       </c>
       <c r="AK10" t="n">
-        <v>148</v>
+        <v>817</v>
       </c>
       <c r="AL10" t="n">
-        <v>158</v>
+        <v>814</v>
       </c>
       <c r="AM10" t="n">
-        <v>165</v>
+        <v>902</v>
       </c>
       <c r="AN10" t="n">
-        <v>137</v>
+        <v>798</v>
       </c>
       <c r="AO10" t="n">
-        <v>132</v>
+        <v>780</v>
+      </c>
+      <c r="AP10" t="n">
+        <v>777</v>
+      </c>
+      <c r="AQ10" t="n">
+        <v>793</v>
+      </c>
+      <c r="AR10" t="n">
+        <v>808</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
-        <v>147</v>
+        <v>823</v>
       </c>
       <c r="C11" t="n">
-        <v>159</v>
+        <v>891</v>
       </c>
       <c r="D11" t="n">
-        <v>162</v>
+        <v>910</v>
       </c>
       <c r="E11" t="n">
-        <v>159</v>
+        <v>894</v>
       </c>
       <c r="F11" t="n">
-        <v>154</v>
+        <v>862</v>
       </c>
       <c r="G11" t="n">
-        <v>158</v>
+        <v>886</v>
       </c>
       <c r="H11" t="n">
-        <v>156</v>
+        <v>874</v>
       </c>
       <c r="I11" t="n">
-        <v>143</v>
+        <v>801</v>
       </c>
       <c r="J11" t="n">
-        <v>150</v>
+        <v>841</v>
       </c>
       <c r="K11" t="n">
-        <v>149</v>
+        <v>838</v>
       </c>
       <c r="L11" t="n">
-        <v>147</v>
+        <v>825</v>
       </c>
       <c r="M11" t="n">
-        <v>151</v>
+        <v>843</v>
       </c>
       <c r="N11" t="n">
-        <v>154</v>
+        <v>863</v>
       </c>
       <c r="O11" t="n">
-        <v>154</v>
+        <v>862</v>
       </c>
       <c r="P11" t="n">
-        <v>132</v>
+        <v>739</v>
       </c>
       <c r="Q11" t="n">
-        <v>147</v>
+        <v>823</v>
       </c>
       <c r="R11" t="n">
-        <v>142</v>
+        <v>796</v>
       </c>
       <c r="S11" t="n">
-        <v>148</v>
+        <v>825</v>
       </c>
       <c r="T11" t="n">
-        <v>146</v>
+        <v>816</v>
       </c>
       <c r="U11" t="n">
-        <v>133</v>
+        <v>741</v>
       </c>
       <c r="V11" t="n">
-        <v>144</v>
+        <v>807</v>
       </c>
       <c r="W11" t="n">
-        <v>140</v>
+        <v>783</v>
       </c>
       <c r="X11" t="n">
-        <v>145</v>
+        <v>809</v>
       </c>
       <c r="Y11" t="n">
-        <v>156</v>
+        <v>872</v>
       </c>
       <c r="Z11" t="n">
-        <v>149</v>
+        <v>832</v>
       </c>
       <c r="AA11" t="n">
-        <v>155</v>
+        <v>865</v>
       </c>
       <c r="AB11" t="n">
-        <v>142</v>
+        <v>796</v>
       </c>
       <c r="AC11" t="n">
-        <v>147</v>
+        <v>819</v>
       </c>
       <c r="AD11" t="n">
-        <v>142</v>
+        <v>796</v>
       </c>
       <c r="AE11" t="n">
-        <v>158</v>
+        <v>881</v>
       </c>
       <c r="AF11" t="n">
-        <v>159</v>
+        <v>888</v>
       </c>
       <c r="AG11" t="n">
-        <v>152</v>
+        <v>847</v>
       </c>
       <c r="AH11" t="n">
-        <v>153</v>
+        <v>857</v>
       </c>
       <c r="AI11" t="n">
-        <v>158</v>
+        <v>882</v>
       </c>
       <c r="AJ11" t="n">
-        <v>163</v>
+        <v>911</v>
       </c>
       <c r="AK11" t="n">
-        <v>153</v>
+        <v>855</v>
       </c>
       <c r="AL11" t="n">
-        <v>150</v>
+        <v>839</v>
       </c>
       <c r="AM11" t="n">
-        <v>166</v>
+        <v>928</v>
       </c>
       <c r="AN11" t="n">
-        <v>150</v>
+        <v>836</v>
       </c>
       <c r="AO11" t="n">
-        <v>145</v>
+        <v>812</v>
+      </c>
+      <c r="AP11" t="n">
+        <v>828</v>
+      </c>
+      <c r="AQ11" t="n">
+        <v>844</v>
+      </c>
+      <c r="AR11" t="n">
+        <v>824</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AO11"/>
+  <dimension ref="A1:AR11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
+    <col width="14" customWidth="1" min="42" max="42"/>
+    <col width="14" customWidth="1" min="43" max="43"/>
+    <col width="14" customWidth="1" min="44" max="44"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -28419,1381 +30366,1489 @@
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
+      <c r="AP1" t="inlineStr">
+        <is>
+          <t>2025-10-20</t>
+        </is>
+      </c>
+      <c r="AQ1" t="inlineStr">
+        <is>
+          <t>2025-10-27</t>
+        </is>
+      </c>
+      <c r="AR1" t="inlineStr">
+        <is>
+          <t>2025-11-03</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.12</v>
+        <v>0.25</v>
       </c>
       <c r="C2" s="1" t="n">
-        <v>0.1</v>
+        <v>0.24</v>
       </c>
       <c r="D2" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="E2" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="F2" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="G2" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="H2" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="I2" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="J2" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="K2" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="L2" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="M2" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="N2" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="O2" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="P2" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="Q2" s="1" t="n">
         <v>0.2</v>
       </c>
-      <c r="E2" s="1" t="n">
-[...5 lines deleted...]
-      <c r="G2" s="1" t="n">
+      <c r="R2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="S2" s="1" t="n">
         <v>0.19</v>
       </c>
-      <c r="H2" s="1" t="n">
-[...5 lines deleted...]
-      <c r="J2" s="1" t="n">
+      <c r="T2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="U2" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="V2" s="1" t="n">
         <v>0.2</v>
       </c>
-      <c r="K2" s="1" t="n">
+      <c r="W2" s="1" t="n">
         <v>0.19</v>
       </c>
-      <c r="L2" s="1" t="n">
+      <c r="X2" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="Y2" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="Z2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AA2" s="1" t="n">
         <v>0.18</v>
       </c>
-      <c r="M2" s="1" t="n">
-[...43 lines deleted...]
-      </c>
       <c r="AB2" s="1" t="n">
-        <v>0.12</v>
+        <v>0.19</v>
       </c>
       <c r="AC2" s="1" t="n">
-        <v>0.06</v>
+        <v>0.18</v>
       </c>
       <c r="AD2" s="1" t="n">
-        <v>0.1</v>
+        <v>0.2</v>
       </c>
       <c r="AE2" s="1" t="n">
-        <v>0.09</v>
+        <v>0.19</v>
       </c>
       <c r="AF2" s="1" t="n">
-        <v>0.08</v>
+        <v>0.18</v>
       </c>
       <c r="AG2" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.19</v>
       </c>
       <c r="AH2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.2</v>
       </c>
       <c r="AI2" s="1" t="n">
-        <v>0.11</v>
+        <v>0.19</v>
       </c>
       <c r="AJ2" s="1" t="n">
-        <v>0.1</v>
+        <v>0.19</v>
       </c>
       <c r="AK2" s="1" t="n">
-        <v>0.09</v>
+        <v>0.2</v>
       </c>
       <c r="AL2" s="1" t="n">
-        <v>0.08</v>
+        <v>0.2</v>
       </c>
       <c r="AM2" s="1" t="n">
-        <v>0.12</v>
+        <v>0.18</v>
       </c>
       <c r="AN2" s="1" t="n">
-        <v>0.08</v>
+        <v>0.18</v>
       </c>
       <c r="AO2" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AP2" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AQ2" s="1" t="n">
         <v>0.19</v>
+      </c>
+      <c r="AR2" s="1" t="n">
+        <v>0.17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.28</v>
+        <v>0.25</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>0.3</v>
+        <v>0.25</v>
       </c>
       <c r="D3" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="E3" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="F3" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="G3" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="H3" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="I3" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="J3" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="K3" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="L3" s="1" t="n">
         <v>0.22</v>
       </c>
-      <c r="E3" s="1" t="n">
+      <c r="M3" s="1" t="n">
         <v>0.22</v>
-      </c>
-[...22 lines deleted...]
-        <v>0.23</v>
       </c>
       <c r="N3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="O3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="P3" s="1" t="n">
-        <v>0.18</v>
+        <v>0.21</v>
       </c>
       <c r="Q3" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="R3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="S3" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="T3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="U3" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="V3" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="W3" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="X3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="Y3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="Z3" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="AA3" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="AB3" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AC3" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AD3" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AE3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AF3" s="1" t="n">
         <v>0.22</v>
-      </c>
-[...43 lines deleted...]
-        <v>0.16</v>
       </c>
       <c r="AG3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AH3" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.18</v>
       </c>
       <c r="AI3" s="1" t="n">
-        <v>0.28</v>
+        <v>0.19</v>
       </c>
       <c r="AJ3" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AK3" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AL3" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AM3" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AN3" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AO3" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AP3" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AQ3" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AR3" s="1" t="n">
         <v>0.2</v>
-      </c>
-[...13 lines deleted...]
-        <v>0.15</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.15</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.01</v>
+        <v>0.15</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.08</v>
+        <v>0.14</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.1</v>
+        <v>0.14</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.05</v>
+        <v>0.14</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.05</v>
+        <v>0.14</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.18</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>0.05</v>
+        <v>0.14</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.18</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.08</v>
+        <v>0.13</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.05</v>
+        <v>0.17</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.06</v>
+        <v>0.15</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>0.11</v>
+        <v>0.19</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>0.09</v>
+        <v>0.15</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>0.05</v>
+        <v>0.18</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>0.05</v>
+        <v>0.15</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>0.06</v>
+        <v>0.17</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>0.1</v>
+        <v>0.17</v>
       </c>
       <c r="T4" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="U4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="V4" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="W4" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="X4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="Y4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="Z4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AA4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AB4" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AC4" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AD4" s="1" t="n">
         <v>0.14</v>
       </c>
-      <c r="U4" s="1" t="n">
-[...28 lines deleted...]
-      </c>
       <c r="AE4" s="1" t="n">
-        <v>0.09</v>
+        <v>0.17</v>
       </c>
       <c r="AF4" s="1" t="n">
-        <v>0.05</v>
+        <v>0.16</v>
       </c>
       <c r="AG4" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.17</v>
       </c>
       <c r="AH4" s="1" t="n">
-        <v>0.05</v>
+        <v>0.18</v>
       </c>
       <c r="AI4" s="1" t="n">
-        <v>0.05</v>
+        <v>0.16</v>
       </c>
       <c r="AJ4" s="1" t="n">
-        <v>0.04</v>
+        <v>0.16</v>
       </c>
       <c r="AK4" s="1" t="n">
-        <v>0.11</v>
+        <v>0.16</v>
       </c>
       <c r="AL4" s="1" t="n">
-        <v>0.03</v>
+        <v>0.13</v>
       </c>
       <c r="AM4" s="1" t="n">
-        <v>0.05</v>
+        <v>0.16</v>
       </c>
       <c r="AN4" s="1" t="n">
-        <v>0.05</v>
+        <v>0.17</v>
       </c>
       <c r="AO4" s="1" t="n">
-        <v>0.05</v>
+        <v>0.15</v>
+      </c>
+      <c r="AP4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AQ4" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AR4" s="1" t="n">
+        <v>0.16</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AG5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AH5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AI5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AJ5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AK5" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="AL5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AM5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AN5" s="1" t="n">
-        <v>0</v>
+        <v>0.04</v>
       </c>
       <c r="AO5" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
+      </c>
+      <c r="AP5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AQ5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AR5" s="1" t="n">
+        <v>0.02</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
-        <v>0.24</v>
+        <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
-        <v>0.25</v>
+        <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
-        <v>0.16</v>
+        <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>0.21</v>
+        <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>0.27</v>
+        <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>0.18</v>
+        <v>0.01</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>0.16</v>
+        <v>0.01</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>0.19</v>
+        <v>0.01</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>0.21</v>
+        <v>0.01</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>0.17</v>
+        <v>0.01</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>0.24</v>
+        <v>0.01</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>0.23</v>
+        <v>0.01</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>0.23</v>
+        <v>0.01</v>
       </c>
       <c r="O6" s="1" t="n">
-        <v>0.22</v>
+        <v>0.01</v>
       </c>
       <c r="P6" s="1" t="n">
-        <v>0.22</v>
+        <v>0.01</v>
       </c>
       <c r="Q6" s="1" t="n">
-        <v>0.27</v>
+        <v>0.01</v>
       </c>
       <c r="R6" s="1" t="n">
-        <v>0.21</v>
+        <v>0.01</v>
       </c>
       <c r="S6" s="1" t="n">
-        <v>0.17</v>
+        <v>0.01</v>
       </c>
       <c r="T6" s="1" t="n">
-        <v>0.3</v>
+        <v>0.02</v>
       </c>
       <c r="U6" s="1" t="n">
-        <v>0.2</v>
+        <v>0.01</v>
       </c>
       <c r="V6" s="1" t="n">
-        <v>0.18</v>
+        <v>0.01</v>
       </c>
       <c r="W6" s="1" t="n">
-        <v>0.31</v>
+        <v>0.02</v>
       </c>
       <c r="X6" s="1" t="n">
-        <v>0.22</v>
+        <v>0.01</v>
       </c>
       <c r="Y6" s="1" t="n">
-        <v>0.22</v>
+        <v>0.02</v>
       </c>
       <c r="Z6" s="1" t="n">
-        <v>0.23</v>
+        <v>0.01</v>
       </c>
       <c r="AA6" s="1" t="n">
-        <v>0.24</v>
+        <v>0.01</v>
       </c>
       <c r="AB6" s="1" t="n">
-        <v>0.2</v>
+        <v>0.01</v>
       </c>
       <c r="AC6" s="1" t="n">
-        <v>0.27</v>
+        <v>0.01</v>
       </c>
       <c r="AD6" s="1" t="n">
-        <v>0.22</v>
+        <v>0.01</v>
       </c>
       <c r="AE6" s="1" t="n">
-        <v>0.27</v>
+        <v>0.01</v>
       </c>
       <c r="AF6" s="1" t="n">
-        <v>0.2</v>
+        <v>0.01</v>
       </c>
       <c r="AG6" s="1" t="n">
-        <v>0.25</v>
+        <v>0.01</v>
       </c>
       <c r="AH6" s="1" t="n">
-        <v>0.23</v>
+        <v>0.01</v>
       </c>
       <c r="AI6" s="1" t="n">
-        <v>0.17</v>
+        <v>0</v>
       </c>
       <c r="AJ6" s="1" t="n">
-        <v>0.2</v>
+        <v>0.01</v>
       </c>
       <c r="AK6" s="1" t="n">
-        <v>0.25</v>
+        <v>0.01</v>
       </c>
       <c r="AL6" s="1" t="n">
-        <v>0.25</v>
+        <v>0.02</v>
       </c>
       <c r="AM6" s="1" t="n">
-        <v>0.18</v>
+        <v>0.01</v>
       </c>
       <c r="AN6" s="1" t="n">
-        <v>0.22</v>
+        <v>0.01</v>
       </c>
       <c r="AO6" s="1" t="n">
-        <v>0.27</v>
+        <v>0.02</v>
+      </c>
+      <c r="AP6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AQ6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AR6" s="1" t="n">
+        <v>0.01</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
-        <v>0.25</v>
+        <v>0.19</v>
       </c>
       <c r="C7" s="1" t="n">
-        <v>0.29</v>
+        <v>0.19</v>
       </c>
       <c r="D7" s="1" t="n">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
       <c r="E7" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="F7" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="G7" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="H7" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="I7" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="J7" s="1" t="n">
         <v>0.19</v>
-      </c>
-[...13 lines deleted...]
-        <v>0.23</v>
       </c>
       <c r="K7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="L7" s="1" t="n">
-        <v>0.25</v>
+        <v>0.15</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>0.23</v>
+        <v>0.2</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>0.24</v>
+        <v>0.19</v>
       </c>
       <c r="O7" s="1" t="n">
-        <v>0.32</v>
+        <v>0.19</v>
       </c>
       <c r="P7" s="1" t="n">
-        <v>0.28</v>
+        <v>0.2</v>
       </c>
       <c r="Q7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="R7" s="1" t="n">
-        <v>0.3</v>
+        <v>0.28</v>
       </c>
       <c r="S7" s="1" t="n">
-        <v>0.32</v>
+        <v>0.25</v>
       </c>
       <c r="T7" s="1" t="n">
-        <v>0.28</v>
+        <v>0.25</v>
       </c>
       <c r="U7" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="V7" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="W7" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="X7" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="Y7" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="Z7" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="AA7" s="1" t="n">
         <v>0.22</v>
-      </c>
-[...16 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="AB7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AC7" s="1" t="n">
-        <v>0.26</v>
+        <v>0.23</v>
       </c>
       <c r="AD7" s="1" t="n">
-        <v>0.29</v>
+        <v>0.25</v>
       </c>
       <c r="AE7" s="1" t="n">
-        <v>0.26</v>
+        <v>0.25</v>
       </c>
       <c r="AF7" s="1" t="n">
-        <v>0.39</v>
+        <v>0.24</v>
       </c>
       <c r="AG7" s="1" t="n">
-        <v>0.29</v>
+        <v>0.24</v>
       </c>
       <c r="AH7" s="1" t="n">
-        <v>0.31</v>
+        <v>0.24</v>
       </c>
       <c r="AI7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AJ7" s="1" t="n">
-        <v>0.32</v>
+        <v>0.23</v>
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AL7" s="1" t="n">
-        <v>0.34</v>
+        <v>0.25</v>
       </c>
       <c r="AM7" s="1" t="n">
-        <v>0.32</v>
+        <v>0.25</v>
       </c>
       <c r="AN7" s="1" t="n">
-        <v>0.33</v>
+        <v>0.24</v>
       </c>
       <c r="AO7" s="1" t="n">
-        <v>0.3</v>
+        <v>0.24</v>
+      </c>
+      <c r="AP7" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AQ7" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="AR7" s="1" t="n">
+        <v>0.23</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.1</v>
       </c>
       <c r="C8" s="1" t="n">
-        <v>0.04</v>
+        <v>0.1</v>
       </c>
       <c r="D8" s="1" t="n">
-        <v>0.08</v>
+        <v>0.1</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.11</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.1</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
       <c r="H8" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="I8" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="J8" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="K8" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="L8" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="M8" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="N8" s="1" t="n">
         <v>0.1</v>
       </c>
-      <c r="I8" s="1" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="O8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.13</v>
       </c>
       <c r="P8" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="Q8" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="R8" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="S8" s="1" t="n">
         <v>0.11</v>
       </c>
-      <c r="Q8" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="T8" s="1" t="n">
-        <v>0.02</v>
+        <v>0.12</v>
       </c>
       <c r="U8" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="V8" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="W8" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="X8" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="Y8" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="Z8" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AA8" s="1" t="n">
         <v>0.14</v>
       </c>
-      <c r="V8" s="1" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="AB8" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.14</v>
       </c>
       <c r="AC8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AD8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.12</v>
       </c>
       <c r="AE8" s="1" t="n">
-        <v>0.05</v>
+        <v>0.12</v>
       </c>
       <c r="AF8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.11</v>
       </c>
       <c r="AG8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AH8" s="1" t="n">
-        <v>0.16</v>
+        <v>0.12</v>
       </c>
       <c r="AI8" s="1" t="n">
-        <v>0.08</v>
+        <v>0.12</v>
       </c>
       <c r="AJ8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.13</v>
       </c>
       <c r="AK8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.12</v>
       </c>
       <c r="AL8" s="1" t="n">
-        <v>0.09</v>
+        <v>0.13</v>
       </c>
       <c r="AM8" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.14</v>
       </c>
       <c r="AN8" s="1" t="n">
-        <v>0.09</v>
+        <v>0.15</v>
       </c>
       <c r="AO8" s="1" t="n">
-        <v>0.03</v>
+        <v>0.13</v>
+      </c>
+      <c r="AP8" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AQ8" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AR8" s="1" t="n">
+        <v>0.19</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
-        <v>0.08</v>
+        <v>0.03</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="H9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="I9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="J9" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="K9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="L9" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="M9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="N9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="O9" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="P9" s="1" t="n">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
       <c r="Q9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="R9" s="1" t="n">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="S9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="T9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="U9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="V9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="W9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="X9" s="1" t="n">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="Y9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="Z9" s="1" t="n">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AA9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="AB9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="AC9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AD9" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.05</v>
       </c>
       <c r="AE9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
       <c r="AF9" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AG9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
       <c r="AH9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
       <c r="AI9" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AJ9" s="1" t="n">
         <v>0.04</v>
       </c>
-      <c r="AJ9" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AK9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
       <c r="AL9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AN9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AO9" s="1" t="n">
         <v>0.04</v>
       </c>
-      <c r="AN9" s="1" t="n">
-[...3 lines deleted...]
-        <v>0.03</v>
+      <c r="AP9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AQ9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AR9" s="1" t="n">
+        <v>0.02</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
-        <v>95</v>
+        <v>910</v>
       </c>
       <c r="C10" t="n">
-        <v>96</v>
+        <v>985</v>
       </c>
       <c r="D10" t="n">
-        <v>84</v>
+        <v>997</v>
       </c>
       <c r="E10" t="n">
-        <v>84</v>
+        <v>969</v>
       </c>
       <c r="F10" t="n">
-        <v>94</v>
+        <v>956</v>
       </c>
       <c r="G10" t="n">
-        <v>101</v>
+        <v>966</v>
       </c>
       <c r="H10" t="n">
-        <v>92</v>
+        <v>963</v>
       </c>
       <c r="I10" t="n">
-        <v>83</v>
+        <v>865</v>
       </c>
       <c r="J10" t="n">
-        <v>85</v>
+        <v>932</v>
       </c>
       <c r="K10" t="n">
-        <v>86</v>
+        <v>940</v>
       </c>
       <c r="L10" t="n">
-        <v>87</v>
+        <v>897</v>
       </c>
       <c r="M10" t="n">
-        <v>88</v>
+        <v>956</v>
       </c>
       <c r="N10" t="n">
-        <v>86</v>
+        <v>944</v>
       </c>
       <c r="O10" t="n">
-        <v>99</v>
+        <v>963</v>
       </c>
       <c r="P10" t="n">
-        <v>62</v>
+        <v>792</v>
       </c>
       <c r="Q10" t="n">
-        <v>83</v>
+        <v>903</v>
       </c>
       <c r="R10" t="n">
-        <v>75</v>
+        <v>866</v>
       </c>
       <c r="S10" t="n">
-        <v>85</v>
+        <v>899</v>
       </c>
       <c r="T10" t="n">
-        <v>83</v>
+        <v>876</v>
       </c>
       <c r="U10" t="n">
-        <v>77</v>
+        <v>796</v>
       </c>
       <c r="V10" t="n">
-        <v>86</v>
+        <v>880</v>
       </c>
       <c r="W10" t="n">
-        <v>79</v>
+        <v>858</v>
       </c>
       <c r="X10" t="n">
-        <v>81</v>
+        <v>838</v>
       </c>
       <c r="Y10" t="n">
-        <v>83</v>
+        <v>978</v>
       </c>
       <c r="Z10" t="n">
-        <v>80</v>
+        <v>899</v>
       </c>
       <c r="AA10" t="n">
-        <v>87</v>
+        <v>958</v>
       </c>
       <c r="AB10" t="n">
-        <v>77</v>
+        <v>880</v>
       </c>
       <c r="AC10" t="n">
-        <v>84</v>
+        <v>913</v>
       </c>
       <c r="AD10" t="n">
-        <v>80</v>
+        <v>869</v>
       </c>
       <c r="AE10" t="n">
-        <v>95</v>
+        <v>987</v>
       </c>
       <c r="AF10" t="n">
-        <v>89</v>
+        <v>981</v>
       </c>
       <c r="AG10" t="n">
-        <v>89</v>
+        <v>927</v>
       </c>
       <c r="AH10" t="n">
-        <v>86</v>
+        <v>922</v>
       </c>
       <c r="AI10" t="n">
-        <v>88</v>
+        <v>978</v>
       </c>
       <c r="AJ10" t="n">
-        <v>89</v>
+        <v>1020</v>
       </c>
       <c r="AK10" t="n">
-        <v>95</v>
+        <v>942</v>
       </c>
       <c r="AL10" t="n">
-        <v>77</v>
+        <v>912</v>
       </c>
       <c r="AM10" t="n">
-        <v>92</v>
+        <v>1007</v>
       </c>
       <c r="AN10" t="n">
-        <v>93</v>
+        <v>923</v>
       </c>
       <c r="AO10" t="n">
-        <v>75</v>
+        <v>891</v>
+      </c>
+      <c r="AP10" t="n">
+        <v>927</v>
+      </c>
+      <c r="AQ10" t="n">
+        <v>943</v>
+      </c>
+      <c r="AR10" t="n">
+        <v>888</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
-        <v>83</v>
+        <v>868</v>
       </c>
       <c r="C11" t="n">
-        <v>89</v>
+        <v>938</v>
       </c>
       <c r="D11" t="n">
-        <v>91</v>
+        <v>959</v>
       </c>
       <c r="E11" t="n">
-        <v>90</v>
+        <v>942</v>
       </c>
       <c r="F11" t="n">
-        <v>87</v>
+        <v>908</v>
       </c>
       <c r="G11" t="n">
-        <v>89</v>
+        <v>934</v>
       </c>
       <c r="H11" t="n">
-        <v>88</v>
+        <v>921</v>
       </c>
       <c r="I11" t="n">
-        <v>80</v>
+        <v>843</v>
       </c>
       <c r="J11" t="n">
-        <v>84</v>
+        <v>885</v>
       </c>
       <c r="K11" t="n">
-        <v>84</v>
+        <v>883</v>
       </c>
       <c r="L11" t="n">
-        <v>83</v>
+        <v>869</v>
       </c>
       <c r="M11" t="n">
-        <v>85</v>
+        <v>892</v>
       </c>
       <c r="N11" t="n">
-        <v>87</v>
+        <v>912</v>
       </c>
       <c r="O11" t="n">
-        <v>87</v>
+        <v>912</v>
       </c>
       <c r="P11" t="n">
-        <v>75</v>
+        <v>782</v>
       </c>
       <c r="Q11" t="n">
-        <v>83</v>
+        <v>870</v>
       </c>
       <c r="R11" t="n">
-        <v>80</v>
+        <v>841</v>
       </c>
       <c r="S11" t="n">
-        <v>83</v>
+        <v>873</v>
       </c>
       <c r="T11" t="n">
-        <v>82</v>
+        <v>863</v>
       </c>
       <c r="U11" t="n">
-        <v>75</v>
+        <v>783</v>
       </c>
       <c r="V11" t="n">
-        <v>81</v>
+        <v>853</v>
       </c>
       <c r="W11" t="n">
-        <v>79</v>
+        <v>828</v>
       </c>
       <c r="X11" t="n">
-        <v>82</v>
+        <v>856</v>
       </c>
       <c r="Y11" t="n">
-        <v>88</v>
+        <v>922</v>
       </c>
       <c r="Z11" t="n">
-        <v>84</v>
+        <v>881</v>
       </c>
       <c r="AA11" t="n">
-        <v>87</v>
+        <v>915</v>
       </c>
       <c r="AB11" t="n">
-        <v>80</v>
+        <v>841</v>
       </c>
       <c r="AC11" t="n">
-        <v>83</v>
+        <v>867</v>
       </c>
       <c r="AD11" t="n">
-        <v>80</v>
+        <v>841</v>
       </c>
       <c r="AE11" t="n">
-        <v>89</v>
+        <v>932</v>
       </c>
       <c r="AF11" t="n">
-        <v>90</v>
+        <v>939</v>
       </c>
       <c r="AG11" t="n">
-        <v>85</v>
+        <v>896</v>
       </c>
       <c r="AH11" t="n">
-        <v>86</v>
+        <v>906</v>
       </c>
       <c r="AI11" t="n">
-        <v>89</v>
+        <v>933</v>
       </c>
       <c r="AJ11" t="n">
-        <v>92</v>
+        <v>963</v>
       </c>
       <c r="AK11" t="n">
-        <v>86</v>
+        <v>904</v>
       </c>
       <c r="AL11" t="n">
-        <v>85</v>
+        <v>887</v>
       </c>
       <c r="AM11" t="n">
-        <v>94</v>
+        <v>981</v>
       </c>
       <c r="AN11" t="n">
-        <v>84</v>
+        <v>885</v>
       </c>
       <c r="AO11" t="n">
-        <v>82</v>
+        <v>859</v>
+      </c>
+      <c r="AP11" t="n">
+        <v>876</v>
+      </c>
+      <c r="AQ11" t="n">
+        <v>892</v>
+      </c>
+      <c r="AR11" t="n">
+        <v>872</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AO11"/>
+  <dimension ref="A1:AR11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
+    <col width="14" customWidth="1" min="42" max="42"/>
+    <col width="14" customWidth="1" min="43" max="43"/>
+    <col width="14" customWidth="1" min="44" max="44"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -29958,1381 +32013,1489 @@
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
+      <c r="AP1" t="inlineStr">
+        <is>
+          <t>2025-10-20</t>
+        </is>
+      </c>
+      <c r="AQ1" t="inlineStr">
+        <is>
+          <t>2025-10-27</t>
+        </is>
+      </c>
+      <c r="AR1" t="inlineStr">
+        <is>
+          <t>2025-11-03</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="C2" s="1" t="n">
-        <v>0.2</v>
+        <v>0.23</v>
       </c>
       <c r="D2" s="1" t="n">
-        <v>0.19</v>
+        <v>0.22</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>0.2</v>
+        <v>0.28</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>0.18</v>
+        <v>0.15</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="H2" s="1" t="n">
-        <v>0.2</v>
+        <v>0.19</v>
       </c>
       <c r="I2" s="1" t="n">
-        <v>0.2</v>
+        <v>0.24</v>
       </c>
       <c r="J2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="K2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="L2" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="M2" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="N2" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="O2" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="P2" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="Q2" s="1" t="n">
         <v>0.18</v>
       </c>
-      <c r="M2" s="1" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="R2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.17</v>
       </c>
       <c r="S2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="T2" s="1" t="n">
-        <v>0.14</v>
+        <v>0.16</v>
       </c>
       <c r="U2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.21</v>
       </c>
       <c r="V2" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="W2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="X2" s="1" t="n">
         <v>0.15</v>
       </c>
-      <c r="W2" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="Y2" s="1" t="n">
-        <v>0.14</v>
+        <v>0.19</v>
       </c>
       <c r="Z2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AA2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.17</v>
       </c>
       <c r="AB2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AC2" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AD2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AE2" s="1" t="n">
         <v>0.16</v>
       </c>
-      <c r="AD2" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="AF2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.17</v>
       </c>
       <c r="AG2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.2</v>
       </c>
       <c r="AH2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AI2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.18</v>
       </c>
       <c r="AJ2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AK2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AL2" s="1" t="n">
         <v>0.14</v>
       </c>
-      <c r="AL2" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AM2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AN2" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AO2" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AP2" s="1" t="n">
         <v>0.14</v>
       </c>
-      <c r="AN2" s="1" t="n">
+      <c r="AQ2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AR2" s="1" t="n">
         <v>0.16</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.13</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.27</v>
+        <v>0.32</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>0.27</v>
+        <v>0.39</v>
       </c>
       <c r="D3" s="1" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="E3" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="F3" s="1" t="n">
+        <v>0.38</v>
+      </c>
+      <c r="G3" s="1" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="H3" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="I3" s="1" t="n">
+        <v>0.37</v>
+      </c>
+      <c r="J3" s="1" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="K3" s="1" t="n">
+        <v>0.41</v>
+      </c>
+      <c r="L3" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="M3" s="1" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="N3" s="1" t="n">
+        <v>0.38</v>
+      </c>
+      <c r="O3" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="P3" s="1" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="Q3" s="1" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="R3" s="1" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="S3" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="T3" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="U3" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="V3" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="W3" s="1" t="n">
+        <v>0.37</v>
+      </c>
+      <c r="X3" s="1" t="n">
+        <v>0.38</v>
+      </c>
+      <c r="Y3" s="1" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="Z3" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="AA3" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="AB3" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="AC3" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AD3" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="AE3" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="AF3" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AG3" s="1" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="AH3" s="1" t="n">
         <v>0.28</v>
       </c>
-      <c r="E3" s="1" t="n">
-[...17 lines deleted...]
-      <c r="K3" s="1" t="n">
+      <c r="AI3" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="AJ3" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="AK3" s="1" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="AL3" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="AM3" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AN3" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="AO3" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="AP3" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="AQ3" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="AR3" s="1" t="n">
         <v>0.26</v>
-      </c>
-[...88 lines deleted...]
-        <v>0.2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.11</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.13</v>
       </c>
       <c r="E4" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="F4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="G4" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="H4" s="1" t="n">
         <v>0.15</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.14</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="J4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="K4" s="1" t="n">
         <v>0.13</v>
       </c>
-      <c r="K4" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.14</v>
       </c>
       <c r="M4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="N4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="O4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="P4" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="Q4" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="R4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="S4" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="T4" s="1" t="n">
         <v>0.15</v>
       </c>
-      <c r="O4" s="1" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="U4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.12</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.18</v>
       </c>
       <c r="W4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.16</v>
       </c>
       <c r="Y4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.14</v>
       </c>
       <c r="Z4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.14</v>
       </c>
       <c r="AA4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.16</v>
       </c>
       <c r="AB4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.1</v>
       </c>
       <c r="AC4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AD4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.15</v>
       </c>
       <c r="AE4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AF4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AG4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AH4" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AI4" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AJ4" s="1" t="n">
         <v>0.15</v>
       </c>
-      <c r="AG4" s="1" t="n">
+      <c r="AK4" s="1" t="n">
         <v>0.12</v>
       </c>
-      <c r="AH4" s="1" t="n">
-[...5 lines deleted...]
-      <c r="AJ4" s="1" t="n">
+      <c r="AL4" s="1" t="n">
         <v>0.13</v>
       </c>
-      <c r="AK4" s="1" t="n">
+      <c r="AM4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AN4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AO4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AP4" s="1" t="n">
         <v>0.13</v>
       </c>
-      <c r="AL4" s="1" t="n">
+      <c r="AQ4" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AR4" s="1" t="n">
         <v>0.16</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.17</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="AG5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AH5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AI5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AJ5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="AK5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="AL5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AM5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AN5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="AO5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
+      </c>
+      <c r="AP5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AR5" s="1" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="O6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="P6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="Q6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="R6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="S6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="T6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="U6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="V6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="W6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="X6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="Y6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="Z6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AA6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AB6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AC6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AD6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AE6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AF6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AG6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AH6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AI6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AJ6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AK6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AN6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AO6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
+      </c>
+      <c r="AP6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AR6" s="1" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
-        <v>0.3</v>
+        <v>0.19</v>
       </c>
       <c r="C7" s="1" t="n">
-        <v>0.28</v>
+        <v>0.12</v>
       </c>
       <c r="D7" s="1" t="n">
-        <v>0.26</v>
+        <v>0.14</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>0.29</v>
+        <v>0.13</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>0.28</v>
+        <v>0.17</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>0.33</v>
+        <v>0.19</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>0.29</v>
+        <v>0.18</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>0.29</v>
+        <v>0.13</v>
       </c>
       <c r="J7" s="1" t="n">
-        <v>0.27</v>
+        <v>0.13</v>
       </c>
       <c r="K7" s="1" t="n">
-        <v>0.28</v>
+        <v>0.13</v>
       </c>
       <c r="L7" s="1" t="n">
-        <v>0.3</v>
+        <v>0.13</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>0.27</v>
+        <v>0.14</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>0.27</v>
+        <v>0.13</v>
       </c>
       <c r="O7" s="1" t="n">
-        <v>0.28</v>
+        <v>0.11</v>
       </c>
       <c r="P7" s="1" t="n">
-        <v>0.29</v>
+        <v>0.09</v>
       </c>
       <c r="Q7" s="1" t="n">
-        <v>0.3</v>
+        <v>0.16</v>
       </c>
       <c r="R7" s="1" t="n">
-        <v>0.3</v>
+        <v>0.14</v>
       </c>
       <c r="S7" s="1" t="n">
-        <v>0.31</v>
+        <v>0.19</v>
       </c>
       <c r="T7" s="1" t="n">
-        <v>0.33</v>
+        <v>0.2</v>
       </c>
       <c r="U7" s="1" t="n">
-        <v>0.35</v>
+        <v>0.19</v>
       </c>
       <c r="V7" s="1" t="n">
-        <v>0.31</v>
+        <v>0.15</v>
       </c>
       <c r="W7" s="1" t="n">
-        <v>0.34</v>
+        <v>0.15</v>
       </c>
       <c r="X7" s="1" t="n">
-        <v>0.31</v>
+        <v>0.18</v>
       </c>
       <c r="Y7" s="1" t="n">
-        <v>0.29</v>
+        <v>0.15</v>
       </c>
       <c r="Z7" s="1" t="n">
-        <v>0.3</v>
+        <v>0.19</v>
       </c>
       <c r="AA7" s="1" t="n">
-        <v>0.31</v>
+        <v>0.14</v>
       </c>
       <c r="AB7" s="1" t="n">
-        <v>0.31</v>
+        <v>0.16</v>
       </c>
       <c r="AC7" s="1" t="n">
-        <v>0.31</v>
+        <v>0.18</v>
       </c>
       <c r="AD7" s="1" t="n">
-        <v>0.34</v>
+        <v>0.17</v>
       </c>
       <c r="AE7" s="1" t="n">
-        <v>0.29</v>
+        <v>0.14</v>
       </c>
       <c r="AF7" s="1" t="n">
-        <v>0.32</v>
+        <v>0.13</v>
       </c>
       <c r="AG7" s="1" t="n">
-        <v>0.32</v>
+        <v>0.11</v>
       </c>
       <c r="AH7" s="1" t="n">
-        <v>0.32</v>
+        <v>0.17</v>
       </c>
       <c r="AI7" s="1" t="n">
-        <v>0.32</v>
+        <v>0.16</v>
       </c>
       <c r="AJ7" s="1" t="n">
-        <v>0.31</v>
+        <v>0.16</v>
       </c>
       <c r="AK7" s="1" t="n">
-        <v>0.32</v>
+        <v>0.16</v>
       </c>
       <c r="AL7" s="1" t="n">
-        <v>0.34</v>
+        <v>0.15</v>
       </c>
       <c r="AM7" s="1" t="n">
-        <v>0.33</v>
+        <v>0.17</v>
       </c>
       <c r="AN7" s="1" t="n">
-        <v>0.29</v>
+        <v>0.13</v>
       </c>
       <c r="AO7" s="1" t="n">
-        <v>0.3</v>
+        <v>0.13</v>
+      </c>
+      <c r="AP7" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AQ7" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AR7" s="1" t="n">
+        <v>0.13</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
-        <v>0.06</v>
+        <v>0.14</v>
       </c>
       <c r="C8" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.11</v>
       </c>
       <c r="D8" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="E8" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="F8" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="G8" s="1" t="n">
         <v>0.08</v>
       </c>
-      <c r="E8" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="H8" s="1" t="n">
-        <v>0.07000000000000001</v>
+        <v>0.11</v>
       </c>
       <c r="I8" s="1" t="n">
-        <v>0.1</v>
+        <v>0.09</v>
       </c>
       <c r="J8" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="K8" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="L8" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="M8" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="N8" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="O8" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="P8" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="Q8" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="R8" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="S8" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="T8" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="U8" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="V8" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="W8" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="X8" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="Y8" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="Z8" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AA8" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AB8" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AC8" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AD8" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AE8" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AF8" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AG8" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AH8" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AI8" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AJ8" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AK8" s="1" t="n">
         <v>0.09</v>
       </c>
-      <c r="K8" s="1" t="n">
-[...79 lines deleted...]
-      </c>
       <c r="AL8" s="1" t="n">
-        <v>0.11</v>
+        <v>0.16</v>
       </c>
       <c r="AM8" s="1" t="n">
-        <v>0.08</v>
+        <v>0.17</v>
       </c>
       <c r="AN8" s="1" t="n">
-        <v>0.09</v>
+        <v>0.17</v>
       </c>
       <c r="AO8" s="1" t="n">
-        <v>0.13</v>
+        <v>0.19</v>
+      </c>
+      <c r="AP8" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AQ8" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AR8" s="1" t="n">
+        <v>0.25</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
       <c r="C9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
       <c r="D9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="E9" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="G9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
       <c r="H9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="I9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="J9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
       <c r="K9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="L9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.06</v>
       </c>
       <c r="M9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="N9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="O9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="P9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
       <c r="Q9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="R9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
       <c r="S9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="T9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
       <c r="U9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
       <c r="V9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="W9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="X9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
       <c r="Y9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
       <c r="Z9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
       <c r="AA9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AB9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
       <c r="AC9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
       <c r="AD9" s="1" t="n">
-        <v>0.04</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AE9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AF9" s="1" t="n">
-        <v>0.04</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="AG9" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AH9" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AI9" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AJ9" s="1" t="n">
         <v>0.05</v>
       </c>
-      <c r="AH9" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AK9" s="1" t="n">
-        <v>0.04</v>
+        <v>0.11</v>
       </c>
       <c r="AL9" s="1" t="n">
-        <v>0.04</v>
+        <v>0.09</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AN9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
       <c r="AO9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.06</v>
+      </c>
+      <c r="AP9" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="AQ9" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AR9" s="1" t="n">
+        <v>0.04</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
-        <v>781</v>
+        <v>137</v>
       </c>
       <c r="C10" t="n">
-        <v>844</v>
+        <v>189</v>
       </c>
       <c r="D10" t="n">
-        <v>872</v>
+        <v>218</v>
       </c>
       <c r="E10" t="n">
-        <v>867</v>
+        <v>195</v>
       </c>
       <c r="F10" t="n">
-        <v>814</v>
+        <v>205</v>
       </c>
       <c r="G10" t="n">
-        <v>854</v>
+        <v>197</v>
       </c>
       <c r="H10" t="n">
-        <v>832</v>
+        <v>179</v>
       </c>
       <c r="I10" t="n">
-        <v>779</v>
+        <v>174</v>
       </c>
       <c r="J10" t="n">
-        <v>794</v>
+        <v>209</v>
       </c>
       <c r="K10" t="n">
-        <v>781</v>
+        <v>203</v>
       </c>
       <c r="L10" t="n">
-        <v>797</v>
+        <v>189</v>
       </c>
       <c r="M10" t="n">
-        <v>779</v>
+        <v>213</v>
       </c>
       <c r="N10" t="n">
-        <v>831</v>
+        <v>205</v>
       </c>
       <c r="O10" t="n">
-        <v>811</v>
+        <v>224</v>
       </c>
       <c r="P10" t="n">
-        <v>729</v>
+        <v>171</v>
       </c>
       <c r="Q10" t="n">
-        <v>790</v>
+        <v>210</v>
       </c>
       <c r="R10" t="n">
-        <v>771</v>
+        <v>194</v>
       </c>
       <c r="S10" t="n">
-        <v>799</v>
+        <v>212</v>
       </c>
       <c r="T10" t="n">
-        <v>803</v>
+        <v>196</v>
       </c>
       <c r="U10" t="n">
-        <v>728</v>
+        <v>191</v>
       </c>
       <c r="V10" t="n">
-        <v>780</v>
+        <v>201</v>
       </c>
       <c r="W10" t="n">
-        <v>753</v>
+        <v>193</v>
       </c>
       <c r="X10" t="n">
-        <v>827</v>
+        <v>196</v>
       </c>
       <c r="Y10" t="n">
-        <v>816</v>
+        <v>195</v>
       </c>
       <c r="Z10" t="n">
-        <v>814</v>
+        <v>204</v>
       </c>
       <c r="AA10" t="n">
-        <v>822</v>
+        <v>199</v>
       </c>
       <c r="AB10" t="n">
-        <v>757</v>
+        <v>173</v>
       </c>
       <c r="AC10" t="n">
-        <v>773</v>
+        <v>183</v>
       </c>
       <c r="AD10" t="n">
-        <v>768</v>
+        <v>201</v>
       </c>
       <c r="AE10" t="n">
-        <v>826</v>
+        <v>210</v>
       </c>
       <c r="AF10" t="n">
-        <v>846</v>
+        <v>201</v>
       </c>
       <c r="AG10" t="n">
-        <v>816</v>
+        <v>189</v>
       </c>
       <c r="AH10" t="n">
-        <v>841</v>
+        <v>201</v>
       </c>
       <c r="AI10" t="n">
-        <v>837</v>
+        <v>197</v>
       </c>
       <c r="AJ10" t="n">
-        <v>854</v>
+        <v>213</v>
       </c>
       <c r="AK10" t="n">
-        <v>817</v>
+        <v>185</v>
       </c>
       <c r="AL10" t="n">
-        <v>814</v>
+        <v>189</v>
       </c>
       <c r="AM10" t="n">
-        <v>902</v>
+        <v>206</v>
       </c>
       <c r="AN10" t="n">
-        <v>798</v>
+        <v>192</v>
       </c>
       <c r="AO10" t="n">
-        <v>780</v>
+        <v>219</v>
+      </c>
+      <c r="AP10" t="n">
+        <v>197</v>
+      </c>
+      <c r="AQ10" t="n">
+        <v>195</v>
+      </c>
+      <c r="AR10" t="n">
+        <v>194</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
-        <v>823</v>
+        <v>209</v>
       </c>
       <c r="C11" t="n">
-        <v>891</v>
+        <v>226</v>
       </c>
       <c r="D11" t="n">
-        <v>910</v>
+        <v>231</v>
       </c>
       <c r="E11" t="n">
-        <v>894</v>
+        <v>227</v>
       </c>
       <c r="F11" t="n">
-        <v>862</v>
+        <v>219</v>
       </c>
       <c r="G11" t="n">
-        <v>886</v>
+        <v>225</v>
       </c>
       <c r="H11" t="n">
-        <v>874</v>
+        <v>222</v>
       </c>
       <c r="I11" t="n">
-        <v>801</v>
+        <v>203</v>
       </c>
       <c r="J11" t="n">
-        <v>841</v>
+        <v>214</v>
       </c>
       <c r="K11" t="n">
-        <v>838</v>
+        <v>213</v>
       </c>
       <c r="L11" t="n">
-        <v>825</v>
+        <v>210</v>
       </c>
       <c r="M11" t="n">
-        <v>843</v>
+        <v>212</v>
       </c>
       <c r="N11" t="n">
-        <v>863</v>
+        <v>217</v>
       </c>
       <c r="O11" t="n">
-        <v>862</v>
+        <v>216</v>
       </c>
       <c r="P11" t="n">
-        <v>739</v>
+        <v>186</v>
       </c>
       <c r="Q11" t="n">
-        <v>823</v>
+        <v>207</v>
       </c>
       <c r="R11" t="n">
-        <v>796</v>
+        <v>200</v>
       </c>
       <c r="S11" t="n">
-        <v>825</v>
+        <v>207</v>
       </c>
       <c r="T11" t="n">
-        <v>816</v>
+        <v>205</v>
       </c>
       <c r="U11" t="n">
-        <v>741</v>
+        <v>186</v>
       </c>
       <c r="V11" t="n">
-        <v>807</v>
+        <v>203</v>
       </c>
       <c r="W11" t="n">
-        <v>783</v>
+        <v>197</v>
       </c>
       <c r="X11" t="n">
-        <v>809</v>
+        <v>203</v>
       </c>
       <c r="Y11" t="n">
-        <v>872</v>
+        <v>219</v>
       </c>
       <c r="Z11" t="n">
-        <v>832</v>
+        <v>209</v>
       </c>
       <c r="AA11" t="n">
-        <v>865</v>
+        <v>217</v>
       </c>
       <c r="AB11" t="n">
-        <v>796</v>
+        <v>200</v>
       </c>
       <c r="AC11" t="n">
-        <v>819</v>
+        <v>206</v>
       </c>
       <c r="AD11" t="n">
-        <v>796</v>
+        <v>200</v>
       </c>
       <c r="AE11" t="n">
-        <v>881</v>
+        <v>221</v>
       </c>
       <c r="AF11" t="n">
-        <v>888</v>
+        <v>223</v>
       </c>
       <c r="AG11" t="n">
-        <v>847</v>
+        <v>213</v>
       </c>
       <c r="AH11" t="n">
-        <v>857</v>
+        <v>215</v>
       </c>
       <c r="AI11" t="n">
-        <v>882</v>
+        <v>221</v>
       </c>
       <c r="AJ11" t="n">
-        <v>911</v>
+        <v>229</v>
       </c>
       <c r="AK11" t="n">
-        <v>855</v>
+        <v>215</v>
       </c>
       <c r="AL11" t="n">
-        <v>839</v>
+        <v>211</v>
       </c>
       <c r="AM11" t="n">
-        <v>928</v>
+        <v>233</v>
       </c>
       <c r="AN11" t="n">
-        <v>836</v>
+        <v>210</v>
       </c>
       <c r="AO11" t="n">
-        <v>812</v>
+        <v>204</v>
+      </c>
+      <c r="AP11" t="n">
+        <v>208</v>
+      </c>
+      <c r="AQ11" t="n">
+        <v>212</v>
+      </c>
+      <c r="AR11" t="n">
+        <v>207</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AO11"/>
+  <dimension ref="A1:AR11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
     <col width="14" customWidth="1" min="19" max="19"/>
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
+    <col width="14" customWidth="1" min="42" max="42"/>
+    <col width="14" customWidth="1" min="43" max="43"/>
+    <col width="14" customWidth="1" min="44" max="44"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -31497,1315 +33660,1420 @@
       <c r="AK1" t="inlineStr">
         <is>
           <t>2025-09-15</t>
         </is>
       </c>
       <c r="AL1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
       <c r="AM1" t="inlineStr">
         <is>
           <t>2025-09-29</t>
         </is>
       </c>
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
+      <c r="AP1" t="inlineStr">
+        <is>
+          <t>2025-10-20</t>
+        </is>
+      </c>
+      <c r="AQ1" t="inlineStr">
+        <is>
+          <t>2025-10-27</t>
+        </is>
+      </c>
+      <c r="AR1" t="inlineStr">
+        <is>
+          <t>2025-11-03</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="C2" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="D2" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="E2" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="F2" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="G2" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="H2" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="I2" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="J2" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="K2" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="L2" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="M2" s="1" t="n">
         <v>0.25</v>
       </c>
-      <c r="C2" s="1" t="n">
-[...5 lines deleted...]
-      <c r="E2" s="1" t="n">
+      <c r="N2" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="O2" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="P2" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="Q2" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="R2" s="1" t="n">
         <v>0.22</v>
       </c>
-      <c r="F2" s="1" t="n">
+      <c r="S2" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="T2" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="U2" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="V2" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="W2" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="X2" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="Y2" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="Z2" s="1" t="n">
         <v>0.23</v>
       </c>
-      <c r="G2" s="1" t="n">
-[...29 lines deleted...]
-      <c r="Q2" s="1" t="n">
+      <c r="AA2" s="1" t="n">
         <v>0.2</v>
       </c>
-      <c r="R2" s="1" t="n">
-[...11 lines deleted...]
-      <c r="V2" s="1" t="n">
+      <c r="AB2" s="1" t="n">
         <v>0.2</v>
       </c>
-      <c r="W2" s="1" t="n">
-[...2 lines deleted...]
-      <c r="X2" s="1" t="n">
+      <c r="AC2" s="1" t="n">
         <v>0.21</v>
       </c>
-      <c r="Y2" s="1" t="n">
+      <c r="AD2" s="1" t="n">
         <v>0.21</v>
-      </c>
-[...13 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="AE2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AF2" s="1" t="n">
-        <v>0.18</v>
+        <v>0.2</v>
       </c>
       <c r="AG2" s="1" t="n">
-        <v>0.19</v>
+        <v>0.2</v>
       </c>
       <c r="AH2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AI2" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AJ2" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AK2" s="1" t="n">
         <v>0.19</v>
       </c>
-      <c r="AJ2" s="1" t="n">
+      <c r="AL2" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AM2" s="1" t="n">
         <v>0.19</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.18</v>
       </c>
       <c r="AN2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AO2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.19</v>
+      </c>
+      <c r="AP2" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AQ2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AR2" s="1" t="n">
+        <v>0.19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.25</v>
+        <v>0.18</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>0.25</v>
+        <v>0.19</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>0.25</v>
+        <v>0.19</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>0.24</v>
+        <v>0.16</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>0.24</v>
+        <v>0.19</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>0.26</v>
+        <v>0.17</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>0.23</v>
+        <v>0.18</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>0.29</v>
+        <v>0.18</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>0.24</v>
+        <v>0.18</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>0.26</v>
+        <v>0.18</v>
       </c>
       <c r="L3" s="1" t="n">
-        <v>0.22</v>
+        <v>0.18</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>0.22</v>
+        <v>0.18</v>
       </c>
       <c r="N3" s="1" t="n">
-        <v>0.23</v>
+        <v>0.17</v>
       </c>
       <c r="O3" s="1" t="n">
-        <v>0.21</v>
+        <v>0.18</v>
       </c>
       <c r="P3" s="1" t="n">
-        <v>0.21</v>
+        <v>0.19</v>
       </c>
       <c r="Q3" s="1" t="n">
-        <v>0.24</v>
+        <v>0.16</v>
       </c>
       <c r="R3" s="1" t="n">
-        <v>0.2</v>
+        <v>0.14</v>
       </c>
       <c r="S3" s="1" t="n">
-        <v>0.21</v>
+        <v>0.17</v>
       </c>
       <c r="T3" s="1" t="n">
-        <v>0.2</v>
+        <v>0.14</v>
       </c>
       <c r="U3" s="1" t="n">
-        <v>0.21</v>
+        <v>0.16</v>
       </c>
       <c r="V3" s="1" t="n">
-        <v>0.21</v>
+        <v>0.16</v>
       </c>
       <c r="W3" s="1" t="n">
-        <v>0.21</v>
+        <v>0.16</v>
       </c>
       <c r="X3" s="1" t="n">
-        <v>0.2</v>
+        <v>0.17</v>
       </c>
       <c r="Y3" s="1" t="n">
-        <v>0.2</v>
+        <v>0.16</v>
       </c>
       <c r="Z3" s="1" t="n">
-        <v>0.24</v>
+        <v>0.19</v>
       </c>
       <c r="AA3" s="1" t="n">
-        <v>0.23</v>
+        <v>0.18</v>
       </c>
       <c r="AB3" s="1" t="n">
-        <v>0.19</v>
+        <v>0.15</v>
       </c>
       <c r="AC3" s="1" t="n">
-        <v>0.21</v>
+        <v>0.17</v>
       </c>
       <c r="AD3" s="1" t="n">
-        <v>0.21</v>
+        <v>0.15</v>
       </c>
       <c r="AE3" s="1" t="n">
-        <v>0.2</v>
+        <v>0.16</v>
       </c>
       <c r="AF3" s="1" t="n">
-        <v>0.22</v>
+        <v>0.16</v>
       </c>
       <c r="AG3" s="1" t="n">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="AH3" s="1" t="n">
-        <v>0.18</v>
+        <v>0.16</v>
       </c>
       <c r="AI3" s="1" t="n">
-        <v>0.19</v>
+        <v>0.16</v>
       </c>
       <c r="AJ3" s="1" t="n">
-        <v>0.22</v>
+        <v>0.17</v>
       </c>
       <c r="AK3" s="1" t="n">
-        <v>0.18</v>
+        <v>0.15</v>
       </c>
       <c r="AL3" s="1" t="n">
-        <v>0.21</v>
+        <v>0.13</v>
       </c>
       <c r="AM3" s="1" t="n">
-        <v>0.21</v>
+        <v>0.17</v>
       </c>
       <c r="AN3" s="1" t="n">
-        <v>0.19</v>
+        <v>0.14</v>
       </c>
       <c r="AO3" s="1" t="n">
-        <v>0.19</v>
+        <v>0.13</v>
+      </c>
+      <c r="AP3" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AQ3" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AR3" s="1" t="n">
+        <v>0.15</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.21</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.2</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.2</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.23</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.2</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.21</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.18</v>
+        <v>0.23</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.21</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>0.18</v>
+        <v>0.21</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.2</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.25</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.21</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>0.19</v>
+        <v>0.25</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.21</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>0.18</v>
+        <v>0.24</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.23</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.25</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.23</v>
       </c>
       <c r="T4" s="1" t="n">
-        <v>0.19</v>
+        <v>0.23</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.22</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.26</v>
       </c>
       <c r="W4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.21</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.21</v>
       </c>
       <c r="Y4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.22</v>
       </c>
       <c r="Z4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.21</v>
       </c>
       <c r="AA4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.22</v>
       </c>
       <c r="AB4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.23</v>
       </c>
       <c r="AC4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.23</v>
       </c>
       <c r="AD4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.21</v>
       </c>
       <c r="AE4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.21</v>
       </c>
       <c r="AF4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.21</v>
       </c>
       <c r="AG4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.21</v>
       </c>
       <c r="AH4" s="1" t="n">
-        <v>0.18</v>
+        <v>0.24</v>
       </c>
       <c r="AI4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.2</v>
       </c>
       <c r="AJ4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.23</v>
       </c>
       <c r="AK4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.22</v>
       </c>
       <c r="AL4" s="1" t="n">
-        <v>0.13</v>
+        <v>0.2</v>
       </c>
       <c r="AM4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.2</v>
       </c>
       <c r="AN4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.24</v>
       </c>
       <c r="AO4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.24</v>
+      </c>
+      <c r="AP4" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AQ4" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="AR4" s="1" t="n">
+        <v>0.22</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AG5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AH5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AI5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AJ5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AK5" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AL5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AM5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="AN5" s="1" t="n">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="AO5" s="1" t="n">
-        <v>0.03</v>
+        <v>0</v>
+      </c>
+      <c r="AP5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AR5" s="1" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="O6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="P6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="Q6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="R6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="S6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="T6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="U6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="V6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="W6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="X6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="Y6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="Z6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AA6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AB6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AC6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AD6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AE6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AF6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AG6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AH6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AI6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AJ6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AK6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AL6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="AM6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AN6" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="AO6" s="1" t="n">
-        <v>0.02</v>
+        <v>0</v>
+      </c>
+      <c r="AP6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AQ6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AR6" s="1" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
-        <v>0.19</v>
+        <v>0.25</v>
       </c>
       <c r="C7" s="1" t="n">
-        <v>0.19</v>
+        <v>0.25</v>
       </c>
       <c r="D7" s="1" t="n">
-        <v>0.2</v>
+        <v>0.22</v>
       </c>
       <c r="E7" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="F7" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="G7" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="H7" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="I7" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="J7" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="K7" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="L7" s="1" t="n">
         <v>0.22</v>
       </c>
-      <c r="F7" s="1" t="n">
-[...2 lines deleted...]
-      <c r="G7" s="1" t="n">
+      <c r="M7" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="N7" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="O7" s="1" t="n">
         <v>0.22</v>
       </c>
-      <c r="H7" s="1" t="n">
-[...22 lines deleted...]
-      </c>
       <c r="P7" s="1" t="n">
-        <v>0.2</v>
+        <v>0.24</v>
       </c>
       <c r="Q7" s="1" t="n">
-        <v>0.22</v>
+        <v>0.28</v>
       </c>
       <c r="R7" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="S7" s="1" t="n">
         <v>0.28</v>
       </c>
-      <c r="S7" s="1" t="n">
+      <c r="T7" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="U7" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="V7" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="W7" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="X7" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="Y7" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="Z7" s="1" t="n">
         <v>0.25</v>
       </c>
-      <c r="T7" s="1" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="AA7" s="1" t="n">
-        <v>0.22</v>
+        <v>0.26</v>
       </c>
       <c r="AB7" s="1" t="n">
-        <v>0.24</v>
+        <v>0.29</v>
       </c>
       <c r="AC7" s="1" t="n">
-        <v>0.23</v>
+        <v>0.26</v>
       </c>
       <c r="AD7" s="1" t="n">
-        <v>0.25</v>
+        <v>0.31</v>
       </c>
       <c r="AE7" s="1" t="n">
-        <v>0.25</v>
+        <v>0.3</v>
       </c>
       <c r="AF7" s="1" t="n">
-        <v>0.24</v>
+        <v>0.29</v>
       </c>
       <c r="AG7" s="1" t="n">
-        <v>0.24</v>
+        <v>0.3</v>
       </c>
       <c r="AH7" s="1" t="n">
-        <v>0.24</v>
+        <v>0.28</v>
       </c>
       <c r="AI7" s="1" t="n">
-        <v>0.26</v>
+        <v>0.31</v>
       </c>
       <c r="AJ7" s="1" t="n">
-        <v>0.23</v>
+        <v>0.28</v>
       </c>
       <c r="AK7" s="1" t="n">
-        <v>0.26</v>
+        <v>0.3</v>
       </c>
       <c r="AL7" s="1" t="n">
-        <v>0.25</v>
+        <v>0.34</v>
       </c>
       <c r="AM7" s="1" t="n">
-        <v>0.25</v>
+        <v>0.31</v>
       </c>
       <c r="AN7" s="1" t="n">
-        <v>0.24</v>
+        <v>0.3</v>
       </c>
       <c r="AO7" s="1" t="n">
-        <v>0.24</v>
+        <v>0.3</v>
+      </c>
+      <c r="AP7" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="AQ7" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="AR7" s="1" t="n">
+        <v>0.3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="C8" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="D8" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="E8" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="F8" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="G8" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="H8" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="I8" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="J8" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="K8" s="1" t="n">
         <v>0.1</v>
       </c>
-      <c r="C8" s="1" t="n">
+      <c r="L8" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="M8" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="N8" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="O8" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="P8" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="Q8" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="R8" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="S8" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="T8" s="1" t="n">
         <v>0.1</v>
       </c>
-      <c r="D8" s="1" t="n">
+      <c r="U8" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="V8" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="W8" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="X8" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="Y8" s="1" t="n">
         <v>0.1</v>
       </c>
-      <c r="E8" s="1" t="n">
+      <c r="Z8" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AA8" s="1" t="n">
         <v>0.11</v>
       </c>
-      <c r="F8" s="1" t="n">
+      <c r="AB8" s="1" t="n">
         <v>0.1</v>
       </c>
-      <c r="G8" s="1" t="n">
+      <c r="AC8" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AD8" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AE8" s="1" t="n">
         <v>0.1</v>
       </c>
-      <c r="H8" s="1" t="n">
+      <c r="AF8" s="1" t="n">
         <v>0.09</v>
       </c>
-      <c r="I8" s="1" t="n">
-[...5 lines deleted...]
-      <c r="K8" s="1" t="n">
+      <c r="AG8" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AH8" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AI8" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AJ8" s="1" t="n">
         <v>0.11</v>
       </c>
-      <c r="L8" s="1" t="n">
-[...14 lines deleted...]
-      <c r="Q8" s="1" t="n">
+      <c r="AK8" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AL8" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AM8" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AN8" s="1" t="n">
         <v>0.12</v>
-      </c>
-[...67 lines deleted...]
-        <v>0.15</v>
       </c>
       <c r="AO8" s="1" t="n">
         <v>0.13</v>
+      </c>
+      <c r="AP8" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AQ8" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AR8" s="1" t="n">
+        <v>0.14</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="G9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="H9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="I9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="J9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="K9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="L9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="M9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="N9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="O9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="P9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="Q9" s="1" t="n">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="R9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="S9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="T9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="U9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="V9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="W9" s="1" t="n">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="X9" s="1" t="n">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="Y9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="Z9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="AA9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AB9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="AC9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AD9" s="1" t="n">
         <v>0.04</v>
       </c>
-      <c r="AD9" s="1" t="n">
+      <c r="AE9" s="1" t="n">
         <v>0.05</v>
       </c>
-      <c r="AE9" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="AF9" s="1" t="n">
-        <v>0.06</v>
+        <v>0.05</v>
       </c>
       <c r="AG9" s="1" t="n">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
       <c r="AH9" s="1" t="n">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
       <c r="AI9" s="1" t="n">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
       <c r="AJ9" s="1" t="n">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
       <c r="AK9" s="1" t="n">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
       <c r="AL9" s="1" t="n">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AO9" s="1" t="n">
-        <v>0.04</v>
+        <v>0.02</v>
+      </c>
+      <c r="AP9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AQ9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AR9" s="1" t="n">
+        <v>0.01</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
-        <v>910</v>
+        <v>595</v>
       </c>
       <c r="C10" t="n">
-        <v>985</v>
+        <v>644</v>
       </c>
       <c r="D10" t="n">
-        <v>997</v>
+        <v>657</v>
       </c>
       <c r="E10" t="n">
-        <v>969</v>
+        <v>663</v>
       </c>
       <c r="F10" t="n">
-        <v>956</v>
+        <v>595</v>
       </c>
       <c r="G10" t="n">
-        <v>966</v>
+        <v>647</v>
       </c>
       <c r="H10" t="n">
-        <v>963</v>
+        <v>653</v>
       </c>
       <c r="I10" t="n">
-        <v>865</v>
+        <v>582</v>
       </c>
       <c r="J10" t="n">
-        <v>932</v>
+        <v>637</v>
       </c>
       <c r="K10" t="n">
-        <v>940</v>
+        <v>583</v>
       </c>
       <c r="L10" t="n">
-        <v>897</v>
+        <v>616</v>
       </c>
       <c r="M10" t="n">
-        <v>956</v>
+        <v>617</v>
       </c>
       <c r="N10" t="n">
-        <v>944</v>
+        <v>650</v>
       </c>
       <c r="O10" t="n">
-        <v>963</v>
+        <v>604</v>
       </c>
       <c r="P10" t="n">
-        <v>792</v>
+        <v>562</v>
       </c>
       <c r="Q10" t="n">
-        <v>903</v>
+        <v>594</v>
       </c>
       <c r="R10" t="n">
-        <v>866</v>
+        <v>569</v>
       </c>
       <c r="S10" t="n">
-        <v>899</v>
+        <v>568</v>
       </c>
       <c r="T10" t="n">
-        <v>876</v>
+        <v>596</v>
       </c>
       <c r="U10" t="n">
-        <v>796</v>
+        <v>541</v>
       </c>
       <c r="V10" t="n">
-        <v>880</v>
+        <v>576</v>
       </c>
       <c r="W10" t="n">
-        <v>858</v>
+        <v>569</v>
       </c>
       <c r="X10" t="n">
-        <v>838</v>
+        <v>574</v>
       </c>
       <c r="Y10" t="n">
-        <v>978</v>
+        <v>652</v>
       </c>
       <c r="Z10" t="n">
-        <v>899</v>
+        <v>597</v>
       </c>
       <c r="AA10" t="n">
-        <v>958</v>
+        <v>622</v>
       </c>
       <c r="AB10" t="n">
-        <v>880</v>
+        <v>597</v>
       </c>
       <c r="AC10" t="n">
-        <v>913</v>
+        <v>630</v>
       </c>
       <c r="AD10" t="n">
-        <v>869</v>
+        <v>565</v>
       </c>
       <c r="AE10" t="n">
-        <v>987</v>
+        <v>646</v>
       </c>
       <c r="AF10" t="n">
-        <v>981</v>
+        <v>637</v>
       </c>
       <c r="AG10" t="n">
-        <v>927</v>
+        <v>624</v>
       </c>
       <c r="AH10" t="n">
-        <v>922</v>
+        <v>647</v>
       </c>
       <c r="AI10" t="n">
-        <v>978</v>
+        <v>678</v>
       </c>
       <c r="AJ10" t="n">
-        <v>1020</v>
+        <v>685</v>
       </c>
       <c r="AK10" t="n">
-        <v>942</v>
+        <v>638</v>
       </c>
       <c r="AL10" t="n">
-        <v>912</v>
+        <v>601</v>
       </c>
       <c r="AM10" t="n">
-        <v>1007</v>
+        <v>686</v>
       </c>
       <c r="AN10" t="n">
-        <v>923</v>
+        <v>610</v>
       </c>
       <c r="AO10" t="n">
-        <v>891</v>
+        <v>572</v>
+      </c>
+      <c r="AP10" t="n">
+        <v>579</v>
+      </c>
+      <c r="AQ10" t="n">
+        <v>588</v>
+      </c>
+      <c r="AR10" t="n">
+        <v>618</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
-        <v>868</v>
+        <v>592</v>
       </c>
       <c r="C11" t="n">
-        <v>938</v>
+        <v>641</v>
       </c>
       <c r="D11" t="n">
-        <v>959</v>
+        <v>655</v>
       </c>
       <c r="E11" t="n">
-        <v>942</v>
+        <v>643</v>
       </c>
       <c r="F11" t="n">
-        <v>908</v>
+        <v>620</v>
       </c>
       <c r="G11" t="n">
-        <v>934</v>
+        <v>638</v>
       </c>
       <c r="H11" t="n">
-        <v>921</v>
+        <v>629</v>
       </c>
       <c r="I11" t="n">
-        <v>843</v>
+        <v>576</v>
       </c>
       <c r="J11" t="n">
-        <v>885</v>
+        <v>605</v>
       </c>
       <c r="K11" t="n">
-        <v>883</v>
+        <v>603</v>
       </c>
       <c r="L11" t="n">
-        <v>869</v>
+        <v>593</v>
       </c>
       <c r="M11" t="n">
-        <v>892</v>
+        <v>611</v>
       </c>
       <c r="N11" t="n">
-        <v>912</v>
+        <v>625</v>
       </c>
       <c r="O11" t="n">
-        <v>912</v>
+        <v>624</v>
       </c>
       <c r="P11" t="n">
-        <v>782</v>
+        <v>535</v>
       </c>
       <c r="Q11" t="n">
-        <v>870</v>
+        <v>596</v>
       </c>
       <c r="R11" t="n">
-        <v>841</v>
+        <v>576</v>
       </c>
       <c r="S11" t="n">
-        <v>873</v>
+        <v>598</v>
       </c>
       <c r="T11" t="n">
-        <v>863</v>
+        <v>591</v>
       </c>
       <c r="U11" t="n">
-        <v>783</v>
+        <v>536</v>
       </c>
       <c r="V11" t="n">
-        <v>853</v>
+        <v>584</v>
       </c>
       <c r="W11" t="n">
-        <v>828</v>
+        <v>567</v>
       </c>
       <c r="X11" t="n">
-        <v>856</v>
+        <v>586</v>
       </c>
       <c r="Y11" t="n">
-        <v>922</v>
+        <v>631</v>
       </c>
       <c r="Z11" t="n">
-        <v>881</v>
+        <v>603</v>
       </c>
       <c r="AA11" t="n">
-        <v>915</v>
+        <v>627</v>
       </c>
       <c r="AB11" t="n">
-        <v>841</v>
+        <v>576</v>
       </c>
       <c r="AC11" t="n">
-        <v>867</v>
+        <v>593</v>
       </c>
       <c r="AD11" t="n">
-        <v>841</v>
+        <v>576</v>
       </c>
       <c r="AE11" t="n">
-        <v>932</v>
+        <v>638</v>
       </c>
       <c r="AF11" t="n">
-        <v>939</v>
+        <v>643</v>
       </c>
       <c r="AG11" t="n">
-        <v>896</v>
+        <v>614</v>
       </c>
       <c r="AH11" t="n">
-        <v>906</v>
+        <v>621</v>
       </c>
       <c r="AI11" t="n">
-        <v>933</v>
+        <v>639</v>
       </c>
       <c r="AJ11" t="n">
-        <v>963</v>
+        <v>660</v>
       </c>
       <c r="AK11" t="n">
-        <v>904</v>
+        <v>619</v>
       </c>
       <c r="AL11" t="n">
-        <v>887</v>
+        <v>608</v>
       </c>
       <c r="AM11" t="n">
-        <v>981</v>
+        <v>672</v>
       </c>
       <c r="AN11" t="n">
-        <v>885</v>
+        <v>606</v>
       </c>
       <c r="AO11" t="n">
-        <v>859</v>
+        <v>588</v>
+      </c>
+      <c r="AP11" t="n">
+        <v>600</v>
+      </c>
+      <c r="AQ11" t="n">
+        <v>611</v>
+      </c>
+      <c r="AR11" t="n">
+        <v>597</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>