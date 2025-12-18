--- v2 (2025-11-07)
+++ v3 (2025-12-18)
@@ -460,51 +460,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AR11"/>
+  <dimension ref="A1:AX11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -512,50 +512,56 @@
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
+    <col width="14" customWidth="1" min="45" max="45"/>
+    <col width="14" customWidth="1" min="46" max="46"/>
+    <col width="14" customWidth="1" min="47" max="47"/>
+    <col width="14" customWidth="1" min="48" max="48"/>
+    <col width="14" customWidth="1" min="49" max="49"/>
+    <col width="14" customWidth="1" min="50" max="50"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -735,50 +741,80 @@
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
       <c r="AP1" t="inlineStr">
         <is>
           <t>2025-10-20</t>
         </is>
       </c>
       <c r="AQ1" t="inlineStr">
         <is>
           <t>2025-10-27</t>
         </is>
       </c>
       <c r="AR1" t="inlineStr">
         <is>
           <t>2025-11-03</t>
         </is>
       </c>
+      <c r="AS1" t="inlineStr">
+        <is>
+          <t>2025-11-10</t>
+        </is>
+      </c>
+      <c r="AT1" t="inlineStr">
+        <is>
+          <t>2025-11-17</t>
+        </is>
+      </c>
+      <c r="AU1" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
+      <c r="AV1" t="inlineStr">
+        <is>
+          <t>2025-12-01</t>
+        </is>
+      </c>
+      <c r="AW1" t="inlineStr">
+        <is>
+          <t>2025-12-08</t>
+        </is>
+      </c>
+      <c r="AX1" t="inlineStr">
+        <is>
+          <t>2025-12-15</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.21</v>
       </c>
@@ -871,50 +907,68 @@
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AN2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AO2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AP2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="AS2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AT2" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AU2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AV2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AW2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AX2" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.25</v>
       </c>
@@ -1007,50 +1061,68 @@
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AN3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AO3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AP3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.2</v>
       </c>
+      <c r="AS3" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AT3" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AU3" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AV3" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AW3" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AX3" s="1" t="n">
+        <v>0.18</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.14</v>
       </c>
@@ -1143,50 +1215,68 @@
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AN4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AO4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AP4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.15</v>
       </c>
+      <c r="AS4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AT4" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AU4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AV4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AW4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AX4" s="1" t="n">
+        <v>0.14</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -1279,50 +1369,68 @@
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AN5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AO5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AP5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AS5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AT5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AU5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AV5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AW5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AX5" s="1" t="n">
+        <v>0.04</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -1415,50 +1523,68 @@
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AN6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AO6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AP6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AS6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AT6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AU6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AV6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AW6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AX6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.27</v>
       </c>
@@ -1551,50 +1677,68 @@
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AN7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AO7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AP7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.27</v>
       </c>
+      <c r="AS7" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="AT7" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="AU7" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="AV7" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="AW7" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="AX7" s="1" t="n">
+        <v>0.28</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.09</v>
       </c>
@@ -1687,50 +1831,68 @@
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AN8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AO8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AP8" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="AS8" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AT8" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AU8" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AV8" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AW8" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AX8" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -1823,50 +1985,68 @@
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AO9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AP9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AS9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AT9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AU9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AV9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AW9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AX9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>1691</v>
       </c>
       <c r="C10" t="n">
         <v>1829</v>
       </c>
       <c r="D10" t="n">
         <v>1869</v>
       </c>
       <c r="E10" t="n">
         <v>1836</v>
       </c>
       <c r="F10" t="n">
         <v>1770</v>
       </c>
       <c r="G10" t="n">
         <v>1820</v>
       </c>
@@ -1959,50 +2139,68 @@
       </c>
       <c r="AK10" t="n">
         <v>1759</v>
       </c>
       <c r="AL10" t="n">
         <v>1726</v>
       </c>
       <c r="AM10" t="n">
         <v>1909</v>
       </c>
       <c r="AN10" t="n">
         <v>1721</v>
       </c>
       <c r="AO10" t="n">
         <v>1671</v>
       </c>
       <c r="AP10" t="n">
         <v>1704</v>
       </c>
       <c r="AQ10" t="n">
         <v>1736</v>
       </c>
       <c r="AR10" t="n">
         <v>1696</v>
       </c>
+      <c r="AS10" t="n">
+        <v>1717</v>
+      </c>
+      <c r="AT10" t="n">
+        <v>1675</v>
+      </c>
+      <c r="AU10" t="n">
+        <v>1712</v>
+      </c>
+      <c r="AV10" t="n">
+        <v>1730</v>
+      </c>
+      <c r="AW10" t="n">
+        <v>1662</v>
+      </c>
+      <c r="AX10" t="n">
+        <v>1656</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>1691</v>
       </c>
       <c r="C11" t="n">
         <v>1829</v>
       </c>
       <c r="D11" t="n">
         <v>1869</v>
       </c>
       <c r="E11" t="n">
         <v>1836</v>
       </c>
       <c r="F11" t="n">
         <v>1770</v>
       </c>
       <c r="G11" t="n">
         <v>1820</v>
       </c>
@@ -2094,64 +2292,82 @@
         <v>1874</v>
       </c>
       <c r="AK11" t="n">
         <v>1759</v>
       </c>
       <c r="AL11" t="n">
         <v>1726</v>
       </c>
       <c r="AM11" t="n">
         <v>1909</v>
       </c>
       <c r="AN11" t="n">
         <v>1721</v>
       </c>
       <c r="AO11" t="n">
         <v>1671</v>
       </c>
       <c r="AP11" t="n">
         <v>1704</v>
       </c>
       <c r="AQ11" t="n">
         <v>1736</v>
       </c>
       <c r="AR11" t="n">
         <v>1696</v>
+      </c>
+      <c r="AS11" t="n">
+        <v>1717</v>
+      </c>
+      <c r="AT11" t="n">
+        <v>1675</v>
+      </c>
+      <c r="AU11" t="n">
+        <v>1712</v>
+      </c>
+      <c r="AV11" t="n">
+        <v>1730</v>
+      </c>
+      <c r="AW11" t="n">
+        <v>1662</v>
+      </c>
+      <c r="AX11" t="n">
+        <v>1656</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AR11"/>
+  <dimension ref="A1:AX11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -2159,50 +2375,56 @@
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
+    <col width="14" customWidth="1" min="45" max="45"/>
+    <col width="14" customWidth="1" min="46" max="46"/>
+    <col width="14" customWidth="1" min="47" max="47"/>
+    <col width="14" customWidth="1" min="48" max="48"/>
+    <col width="14" customWidth="1" min="49" max="49"/>
+    <col width="14" customWidth="1" min="50" max="50"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -2382,50 +2604,80 @@
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
       <c r="AP1" t="inlineStr">
         <is>
           <t>2025-10-20</t>
         </is>
       </c>
       <c r="AQ1" t="inlineStr">
         <is>
           <t>2025-10-27</t>
         </is>
       </c>
       <c r="AR1" t="inlineStr">
         <is>
           <t>2025-11-03</t>
         </is>
       </c>
+      <c r="AS1" t="inlineStr">
+        <is>
+          <t>2025-11-10</t>
+        </is>
+      </c>
+      <c r="AT1" t="inlineStr">
+        <is>
+          <t>2025-11-17</t>
+        </is>
+      </c>
+      <c r="AU1" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
+      <c r="AV1" t="inlineStr">
+        <is>
+          <t>2025-12-01</t>
+        </is>
+      </c>
+      <c r="AW1" t="inlineStr">
+        <is>
+          <t>2025-12-08</t>
+        </is>
+      </c>
+      <c r="AX1" t="inlineStr">
+        <is>
+          <t>2025-12-15</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.25</v>
       </c>
@@ -2518,50 +2770,68 @@
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AN2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AO2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AP2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.21</v>
       </c>
+      <c r="AS2" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="AT2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AU2" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="AV2" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="AW2" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AX2" s="1" t="n">
+        <v>0.22</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.25</v>
       </c>
@@ -2654,50 +2924,68 @@
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AN3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AO3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AP3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="AS3" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AT3" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AU3" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AV3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AW3" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AX3" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.11</v>
       </c>
@@ -2790,50 +3078,68 @@
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AN4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AO4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AP4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.11</v>
       </c>
+      <c r="AS4" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AT4" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AU4" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AV4" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AW4" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AX4" s="1" t="n">
+        <v>0.08</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -2926,50 +3232,68 @@
       </c>
       <c r="AK5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AN5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AO5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AP5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AS5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AU5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AX5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -3062,50 +3386,68 @@
       </c>
       <c r="AK6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AN6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AO6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AP6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AS6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AU6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AX6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.24</v>
       </c>
@@ -3198,50 +3540,68 @@
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AN7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AO7" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="AP7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.31</v>
       </c>
+      <c r="AS7" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="AT7" s="1" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="AU7" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="AV7" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AW7" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="AX7" s="1" t="n">
+        <v>0.3</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.14</v>
       </c>
@@ -3334,50 +3694,68 @@
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AN8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AO8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AP8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.14</v>
       </c>
+      <c r="AS8" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AT8" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AU8" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AV8" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AW8" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AX8" s="1" t="n">
+        <v>0.18</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -3470,50 +3848,68 @@
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AO9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AP9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.05</v>
       </c>
+      <c r="AS9" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AT9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AU9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AV9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AW9" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AX9" s="1" t="n">
+        <v>0.04</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>312</v>
       </c>
       <c r="C10" t="n">
         <v>325</v>
       </c>
       <c r="D10" t="n">
         <v>302</v>
       </c>
       <c r="E10" t="n">
         <v>296</v>
       </c>
       <c r="F10" t="n">
         <v>297</v>
       </c>
       <c r="G10" t="n">
         <v>299</v>
       </c>
@@ -3606,50 +4002,68 @@
       </c>
       <c r="AK10" t="n">
         <v>290</v>
       </c>
       <c r="AL10" t="n">
         <v>298</v>
       </c>
       <c r="AM10" t="n">
         <v>303</v>
       </c>
       <c r="AN10" t="n">
         <v>259</v>
       </c>
       <c r="AO10" t="n">
         <v>275</v>
       </c>
       <c r="AP10" t="n">
         <v>293</v>
       </c>
       <c r="AQ10" t="n">
         <v>280</v>
       </c>
       <c r="AR10" t="n">
         <v>285</v>
       </c>
+      <c r="AS10" t="n">
+        <v>271</v>
+      </c>
+      <c r="AT10" t="n">
+        <v>292</v>
+      </c>
+      <c r="AU10" t="n">
+        <v>288</v>
+      </c>
+      <c r="AV10" t="n">
+        <v>285</v>
+      </c>
+      <c r="AW10" t="n">
+        <v>302</v>
+      </c>
+      <c r="AX10" t="n">
+        <v>277</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>273</v>
       </c>
       <c r="C11" t="n">
         <v>296</v>
       </c>
       <c r="D11" t="n">
         <v>302</v>
       </c>
       <c r="E11" t="n">
         <v>297</v>
       </c>
       <c r="F11" t="n">
         <v>286</v>
       </c>
       <c r="G11" t="n">
         <v>294</v>
       </c>
@@ -3741,64 +4155,82 @@
         <v>305</v>
       </c>
       <c r="AK11" t="n">
         <v>287</v>
       </c>
       <c r="AL11" t="n">
         <v>281</v>
       </c>
       <c r="AM11" t="n">
         <v>311</v>
       </c>
       <c r="AN11" t="n">
         <v>281</v>
       </c>
       <c r="AO11" t="n">
         <v>272</v>
       </c>
       <c r="AP11" t="n">
         <v>278</v>
       </c>
       <c r="AQ11" t="n">
         <v>283</v>
       </c>
       <c r="AR11" t="n">
         <v>276</v>
+      </c>
+      <c r="AS11" t="n">
+        <v>280</v>
+      </c>
+      <c r="AT11" t="n">
+        <v>273</v>
+      </c>
+      <c r="AU11" t="n">
+        <v>279</v>
+      </c>
+      <c r="AV11" t="n">
+        <v>282</v>
+      </c>
+      <c r="AW11" t="n">
+        <v>271</v>
+      </c>
+      <c r="AX11" t="n">
+        <v>270</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AR11"/>
+  <dimension ref="A1:AX11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -3806,50 +4238,56 @@
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
+    <col width="14" customWidth="1" min="45" max="45"/>
+    <col width="14" customWidth="1" min="46" max="46"/>
+    <col width="14" customWidth="1" min="47" max="47"/>
+    <col width="14" customWidth="1" min="48" max="48"/>
+    <col width="14" customWidth="1" min="49" max="49"/>
+    <col width="14" customWidth="1" min="50" max="50"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -4029,50 +4467,80 @@
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
       <c r="AP1" t="inlineStr">
         <is>
           <t>2025-10-20</t>
         </is>
       </c>
       <c r="AQ1" t="inlineStr">
         <is>
           <t>2025-10-27</t>
         </is>
       </c>
       <c r="AR1" t="inlineStr">
         <is>
           <t>2025-11-03</t>
         </is>
       </c>
+      <c r="AS1" t="inlineStr">
+        <is>
+          <t>2025-11-10</t>
+        </is>
+      </c>
+      <c r="AT1" t="inlineStr">
+        <is>
+          <t>2025-11-17</t>
+        </is>
+      </c>
+      <c r="AU1" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
+      <c r="AV1" t="inlineStr">
+        <is>
+          <t>2025-12-01</t>
+        </is>
+      </c>
+      <c r="AW1" t="inlineStr">
+        <is>
+          <t>2025-12-08</t>
+        </is>
+      </c>
+      <c r="AX1" t="inlineStr">
+        <is>
+          <t>2025-12-15</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.18</v>
       </c>
@@ -4165,50 +4633,68 @@
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AN2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AO2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AP2" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.14</v>
       </c>
+      <c r="AS2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AT2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AU2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AV2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AW2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AX2" s="1" t="n">
+        <v>0.12</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.3</v>
       </c>
@@ -4301,50 +4787,68 @@
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AN3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AO3" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AP3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.27</v>
       </c>
+      <c r="AS3" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="AT3" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="AU3" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="AV3" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AW3" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="AX3" s="1" t="n">
+        <v>0.23</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.11</v>
       </c>
@@ -4437,50 +4941,68 @@
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AN4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AO4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AP4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.11</v>
       </c>
+      <c r="AS4" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AT4" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AU4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AV4" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AW4" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AX4" s="1" t="n">
+        <v>0.14</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -4573,50 +5095,68 @@
       </c>
       <c r="AK5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AN5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AO5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AP5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AS5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AU5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AX5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -4709,50 +5249,68 @@
       </c>
       <c r="AK6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AN6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AO6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AP6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AS6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AU6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AX6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.32</v>
       </c>
@@ -4845,50 +5403,68 @@
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AN7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AO7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AP7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.32</v>
       </c>
+      <c r="AS7" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="AT7" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="AU7" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="AV7" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="AW7" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="AX7" s="1" t="n">
+        <v>0.32</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.08</v>
       </c>
@@ -4981,50 +5557,68 @@
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AN8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AO8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AP8" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.15</v>
       </c>
+      <c r="AS8" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AT8" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AU8" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AV8" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AW8" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AX8" s="1" t="n">
+        <v>0.18</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -5117,50 +5711,68 @@
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AO9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AP9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AS9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AT9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AU9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AV9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AW9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AX9" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>407</v>
       </c>
       <c r="C10" t="n">
         <v>413</v>
       </c>
       <c r="D10" t="n">
         <v>461</v>
       </c>
       <c r="E10" t="n">
         <v>440</v>
       </c>
       <c r="F10" t="n">
         <v>407</v>
       </c>
       <c r="G10" t="n">
         <v>426</v>
       </c>
@@ -5253,50 +5865,68 @@
       </c>
       <c r="AK10" t="n">
         <v>403</v>
       </c>
       <c r="AL10" t="n">
         <v>403</v>
       </c>
       <c r="AM10" t="n">
         <v>457</v>
       </c>
       <c r="AN10" t="n">
         <v>430</v>
       </c>
       <c r="AO10" t="n">
         <v>398</v>
       </c>
       <c r="AP10" t="n">
         <v>405</v>
       </c>
       <c r="AQ10" t="n">
         <v>430</v>
       </c>
       <c r="AR10" t="n">
         <v>386</v>
       </c>
+      <c r="AS10" t="n">
+        <v>397</v>
+      </c>
+      <c r="AT10" t="n">
+        <v>381</v>
+      </c>
+      <c r="AU10" t="n">
+        <v>416</v>
+      </c>
+      <c r="AV10" t="n">
+        <v>372</v>
+      </c>
+      <c r="AW10" t="n">
+        <v>376</v>
+      </c>
+      <c r="AX10" t="n">
+        <v>402</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>386</v>
       </c>
       <c r="C11" t="n">
         <v>418</v>
       </c>
       <c r="D11" t="n">
         <v>427</v>
       </c>
       <c r="E11" t="n">
         <v>420</v>
       </c>
       <c r="F11" t="n">
         <v>405</v>
       </c>
       <c r="G11" t="n">
         <v>416</v>
       </c>
@@ -5388,64 +6018,82 @@
         <v>425</v>
       </c>
       <c r="AK11" t="n">
         <v>399</v>
       </c>
       <c r="AL11" t="n">
         <v>392</v>
       </c>
       <c r="AM11" t="n">
         <v>433</v>
       </c>
       <c r="AN11" t="n">
         <v>391</v>
       </c>
       <c r="AO11" t="n">
         <v>379</v>
       </c>
       <c r="AP11" t="n">
         <v>387</v>
       </c>
       <c r="AQ11" t="n">
         <v>394</v>
       </c>
       <c r="AR11" t="n">
         <v>385</v>
+      </c>
+      <c r="AS11" t="n">
+        <v>390</v>
+      </c>
+      <c r="AT11" t="n">
+        <v>380</v>
+      </c>
+      <c r="AU11" t="n">
+        <v>389</v>
+      </c>
+      <c r="AV11" t="n">
+        <v>393</v>
+      </c>
+      <c r="AW11" t="n">
+        <v>377</v>
+      </c>
+      <c r="AX11" t="n">
+        <v>376</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AR11"/>
+  <dimension ref="A1:AX11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -5453,50 +6101,56 @@
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
+    <col width="14" customWidth="1" min="45" max="45"/>
+    <col width="14" customWidth="1" min="46" max="46"/>
+    <col width="14" customWidth="1" min="47" max="47"/>
+    <col width="14" customWidth="1" min="48" max="48"/>
+    <col width="14" customWidth="1" min="49" max="49"/>
+    <col width="14" customWidth="1" min="50" max="50"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -5676,50 +6330,80 @@
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
       <c r="AP1" t="inlineStr">
         <is>
           <t>2025-10-20</t>
         </is>
       </c>
       <c r="AQ1" t="inlineStr">
         <is>
           <t>2025-10-27</t>
         </is>
       </c>
       <c r="AR1" t="inlineStr">
         <is>
           <t>2025-11-03</t>
         </is>
       </c>
+      <c r="AS1" t="inlineStr">
+        <is>
+          <t>2025-11-10</t>
+        </is>
+      </c>
+      <c r="AT1" t="inlineStr">
+        <is>
+          <t>2025-11-17</t>
+        </is>
+      </c>
+      <c r="AU1" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
+      <c r="AV1" t="inlineStr">
+        <is>
+          <t>2025-12-01</t>
+        </is>
+      </c>
+      <c r="AW1" t="inlineStr">
+        <is>
+          <t>2025-12-08</t>
+        </is>
+      </c>
+      <c r="AX1" t="inlineStr">
+        <is>
+          <t>2025-12-15</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.08</v>
       </c>
@@ -5812,50 +6496,68 @@
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AN2" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AO2" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AP2" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="AS2" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AT2" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AU2" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AV2" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AW2" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AX2" s="1" t="n">
+        <v>0.08</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.22</v>
       </c>
@@ -5948,50 +6650,68 @@
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AN3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AO3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AP3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="AS3" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AT3" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AU3" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AV3" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AW3" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AX3" s="1" t="n">
+        <v>0.1</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
@@ -6084,50 +6804,68 @@
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AN4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AO4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AP4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.1</v>
       </c>
+      <c r="AS4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AT4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AU4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AV4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AW4" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AX4" s="1" t="n">
+        <v>0.05</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.34</v>
       </c>
@@ -6220,50 +6958,68 @@
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AN5" s="1" t="n">
         <v>0.44</v>
       </c>
       <c r="AO5" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="AP5" s="1" t="n">
         <v>0.4</v>
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0.35</v>
       </c>
+      <c r="AS5" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="AT5" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="AU5" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="AV5" s="1" t="n">
+        <v>0.39</v>
+      </c>
+      <c r="AW5" s="1" t="n">
+        <v>0.39</v>
+      </c>
+      <c r="AX5" s="1" t="n">
+        <v>0.4</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -6356,50 +7112,68 @@
       </c>
       <c r="AK6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AN6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AO6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AP6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AS6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AU6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AX6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.22</v>
       </c>
@@ -6492,50 +7266,68 @@
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AN7" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AO7" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AP7" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.19</v>
       </c>
+      <c r="AS7" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AT7" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AU7" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AV7" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AW7" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AX7" s="1" t="n">
+        <v>0.29</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.06</v>
       </c>
@@ -6628,50 +7420,68 @@
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AN8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AO8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AP8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.1</v>
       </c>
+      <c r="AS8" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AT8" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AU8" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="AV8" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AW8" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AX8" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0</v>
       </c>
@@ -6764,50 +7574,68 @@
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AO9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AP9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AS9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AT9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AU9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AV9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AW9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AX9" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>145</v>
       </c>
       <c r="C10" t="n">
         <v>162</v>
       </c>
       <c r="D10" t="n">
         <v>147</v>
       </c>
       <c r="E10" t="n">
         <v>158</v>
       </c>
       <c r="F10" t="n">
         <v>172</v>
       </c>
       <c r="G10" t="n">
         <v>150</v>
       </c>
@@ -6900,50 +7728,68 @@
       </c>
       <c r="AK10" t="n">
         <v>148</v>
       </c>
       <c r="AL10" t="n">
         <v>158</v>
       </c>
       <c r="AM10" t="n">
         <v>165</v>
       </c>
       <c r="AN10" t="n">
         <v>137</v>
       </c>
       <c r="AO10" t="n">
         <v>132</v>
       </c>
       <c r="AP10" t="n">
         <v>137</v>
       </c>
       <c r="AQ10" t="n">
         <v>155</v>
       </c>
       <c r="AR10" t="n">
         <v>128</v>
       </c>
+      <c r="AS10" t="n">
+        <v>152</v>
+      </c>
+      <c r="AT10" t="n">
+        <v>142</v>
+      </c>
+      <c r="AU10" t="n">
+        <v>136</v>
+      </c>
+      <c r="AV10" t="n">
+        <v>121</v>
+      </c>
+      <c r="AW10" t="n">
+        <v>136</v>
+      </c>
+      <c r="AX10" t="n">
+        <v>121</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>147</v>
       </c>
       <c r="C11" t="n">
         <v>159</v>
       </c>
       <c r="D11" t="n">
         <v>162</v>
       </c>
       <c r="E11" t="n">
         <v>159</v>
       </c>
       <c r="F11" t="n">
         <v>154</v>
       </c>
       <c r="G11" t="n">
         <v>158</v>
       </c>
@@ -7035,64 +7881,82 @@
         <v>163</v>
       </c>
       <c r="AK11" t="n">
         <v>153</v>
       </c>
       <c r="AL11" t="n">
         <v>150</v>
       </c>
       <c r="AM11" t="n">
         <v>166</v>
       </c>
       <c r="AN11" t="n">
         <v>150</v>
       </c>
       <c r="AO11" t="n">
         <v>145</v>
       </c>
       <c r="AP11" t="n">
         <v>148</v>
       </c>
       <c r="AQ11" t="n">
         <v>151</v>
       </c>
       <c r="AR11" t="n">
         <v>148</v>
+      </c>
+      <c r="AS11" t="n">
+        <v>149</v>
+      </c>
+      <c r="AT11" t="n">
+        <v>146</v>
+      </c>
+      <c r="AU11" t="n">
+        <v>149</v>
+      </c>
+      <c r="AV11" t="n">
+        <v>151</v>
+      </c>
+      <c r="AW11" t="n">
+        <v>145</v>
+      </c>
+      <c r="AX11" t="n">
+        <v>144</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AR11"/>
+  <dimension ref="A1:AX11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -7100,50 +7964,56 @@
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
+    <col width="14" customWidth="1" min="45" max="45"/>
+    <col width="14" customWidth="1" min="46" max="46"/>
+    <col width="14" customWidth="1" min="47" max="47"/>
+    <col width="14" customWidth="1" min="48" max="48"/>
+    <col width="14" customWidth="1" min="49" max="49"/>
+    <col width="14" customWidth="1" min="50" max="50"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -7323,50 +8193,80 @@
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
       <c r="AP1" t="inlineStr">
         <is>
           <t>2025-10-20</t>
         </is>
       </c>
       <c r="AQ1" t="inlineStr">
         <is>
           <t>2025-10-27</t>
         </is>
       </c>
       <c r="AR1" t="inlineStr">
         <is>
           <t>2025-11-03</t>
         </is>
       </c>
+      <c r="AS1" t="inlineStr">
+        <is>
+          <t>2025-11-10</t>
+        </is>
+      </c>
+      <c r="AT1" t="inlineStr">
+        <is>
+          <t>2025-11-17</t>
+        </is>
+      </c>
+      <c r="AU1" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
+      <c r="AV1" t="inlineStr">
+        <is>
+          <t>2025-12-01</t>
+        </is>
+      </c>
+      <c r="AW1" t="inlineStr">
+        <is>
+          <t>2025-12-08</t>
+        </is>
+      </c>
+      <c r="AX1" t="inlineStr">
+        <is>
+          <t>2025-12-15</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.19</v>
       </c>
@@ -7459,50 +8359,68 @@
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AN2" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AO2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AP2" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.12</v>
       </c>
+      <c r="AS2" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AT2" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AU2" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AV2" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AW2" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AX2" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.28</v>
       </c>
@@ -7595,50 +8513,68 @@
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AN3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AO3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AP3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.15</v>
       </c>
+      <c r="AS3" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AT3" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AU3" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AV3" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AW3" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AX3" s="1" t="n">
+        <v>0.11</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.05</v>
       </c>
@@ -7731,50 +8667,68 @@
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AN4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AO4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AP4" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="AS4" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AT4" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AU4" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AV4" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AW4" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AX4" s="1" t="n">
+        <v>0.09</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -7867,50 +8821,68 @@
       </c>
       <c r="AK5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AN5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AO5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AP5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AS5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AU5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AX5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.18</v>
       </c>
@@ -8003,50 +8975,68 @@
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AN6" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AO6" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AP6" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0.28</v>
       </c>
+      <c r="AS6" s="1" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="AT6" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="AU6" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="AV6" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AW6" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="AX6" s="1" t="n">
+        <v>0.29</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.25</v>
       </c>
@@ -8139,50 +9129,68 @@
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AN7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AO7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AP7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.21</v>
       </c>
+      <c r="AS7" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="AT7" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="AU7" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="AV7" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="AW7" s="1" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="AX7" s="1" t="n">
+        <v>0.32</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.05</v>
       </c>
@@ -8275,50 +9283,68 @@
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AN8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AO8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AP8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.19</v>
       </c>
+      <c r="AS8" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AT8" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AU8" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AV8" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AW8" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AX8" s="1" t="n">
+        <v>0.12</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0</v>
       </c>
@@ -8411,50 +9437,68 @@
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AO9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AP9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AS9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AT9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AU9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AV9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AW9" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AX9" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>95</v>
       </c>
       <c r="C10" t="n">
         <v>96</v>
       </c>
       <c r="D10" t="n">
         <v>84</v>
       </c>
       <c r="E10" t="n">
         <v>84</v>
       </c>
       <c r="F10" t="n">
         <v>94</v>
       </c>
       <c r="G10" t="n">
         <v>101</v>
       </c>
@@ -8547,50 +9591,68 @@
       </c>
       <c r="AK10" t="n">
         <v>95</v>
       </c>
       <c r="AL10" t="n">
         <v>77</v>
       </c>
       <c r="AM10" t="n">
         <v>92</v>
       </c>
       <c r="AN10" t="n">
         <v>93</v>
       </c>
       <c r="AO10" t="n">
         <v>75</v>
       </c>
       <c r="AP10" t="n">
         <v>93</v>
       </c>
       <c r="AQ10" t="n">
         <v>88</v>
       </c>
       <c r="AR10" t="n">
         <v>85</v>
       </c>
+      <c r="AS10" t="n">
+        <v>101</v>
+      </c>
+      <c r="AT10" t="n">
+        <v>76</v>
+      </c>
+      <c r="AU10" t="n">
+        <v>87</v>
+      </c>
+      <c r="AV10" t="n">
+        <v>104</v>
+      </c>
+      <c r="AW10" t="n">
+        <v>67</v>
+      </c>
+      <c r="AX10" t="n">
+        <v>99</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>83</v>
       </c>
       <c r="C11" t="n">
         <v>89</v>
       </c>
       <c r="D11" t="n">
         <v>91</v>
       </c>
       <c r="E11" t="n">
         <v>90</v>
       </c>
       <c r="F11" t="n">
         <v>87</v>
       </c>
       <c r="G11" t="n">
         <v>89</v>
       </c>
@@ -8682,64 +9744,82 @@
         <v>92</v>
       </c>
       <c r="AK11" t="n">
         <v>86</v>
       </c>
       <c r="AL11" t="n">
         <v>85</v>
       </c>
       <c r="AM11" t="n">
         <v>94</v>
       </c>
       <c r="AN11" t="n">
         <v>84</v>
       </c>
       <c r="AO11" t="n">
         <v>82</v>
       </c>
       <c r="AP11" t="n">
         <v>83</v>
       </c>
       <c r="AQ11" t="n">
         <v>85</v>
       </c>
       <c r="AR11" t="n">
         <v>83</v>
+      </c>
+      <c r="AS11" t="n">
+        <v>84</v>
+      </c>
+      <c r="AT11" t="n">
+        <v>82</v>
+      </c>
+      <c r="AU11" t="n">
+        <v>84</v>
+      </c>
+      <c r="AV11" t="n">
+        <v>85</v>
+      </c>
+      <c r="AW11" t="n">
+        <v>81</v>
+      </c>
+      <c r="AX11" t="n">
+        <v>81</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AR11"/>
+  <dimension ref="A1:AX11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -8747,50 +9827,56 @@
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
+    <col width="14" customWidth="1" min="45" max="45"/>
+    <col width="14" customWidth="1" min="46" max="46"/>
+    <col width="14" customWidth="1" min="47" max="47"/>
+    <col width="14" customWidth="1" min="48" max="48"/>
+    <col width="14" customWidth="1" min="49" max="49"/>
+    <col width="14" customWidth="1" min="50" max="50"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -8970,50 +10056,80 @@
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
       <c r="AP1" t="inlineStr">
         <is>
           <t>2025-10-20</t>
         </is>
       </c>
       <c r="AQ1" t="inlineStr">
         <is>
           <t>2025-10-27</t>
         </is>
       </c>
       <c r="AR1" t="inlineStr">
         <is>
           <t>2025-11-03</t>
         </is>
       </c>
+      <c r="AS1" t="inlineStr">
+        <is>
+          <t>2025-11-10</t>
+        </is>
+      </c>
+      <c r="AT1" t="inlineStr">
+        <is>
+          <t>2025-11-17</t>
+        </is>
+      </c>
+      <c r="AU1" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
+      <c r="AV1" t="inlineStr">
+        <is>
+          <t>2025-12-01</t>
+        </is>
+      </c>
+      <c r="AW1" t="inlineStr">
+        <is>
+          <t>2025-12-08</t>
+        </is>
+      </c>
+      <c r="AX1" t="inlineStr">
+        <is>
+          <t>2025-12-15</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.79</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.74</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.76</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.71</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.6899999999999999</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.72</v>
       </c>
@@ -9106,50 +10222,68 @@
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.6</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.57</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.59</v>
       </c>
       <c r="AN2" s="1" t="n">
         <v>0.58</v>
       </c>
       <c r="AO2" s="1" t="n">
         <v>0.6</v>
       </c>
       <c r="AP2" s="1" t="n">
         <v>0.61</v>
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.61</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.59</v>
       </c>
+      <c r="AS2" s="1" t="n">
+        <v>0.65</v>
+      </c>
+      <c r="AT2" s="1" t="n">
+        <v>0.59</v>
+      </c>
+      <c r="AU2" s="1" t="n">
+        <v>0.61</v>
+      </c>
+      <c r="AV2" s="1" t="n">
+        <v>0.63</v>
+      </c>
+      <c r="AW2" s="1" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="AX2" s="1" t="n">
+        <v>0.59</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.02</v>
       </c>
@@ -9242,50 +10376,68 @@
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AN3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AO3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AP3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AS3" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AT3" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AU3" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AV3" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AW3" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AX3" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.04</v>
       </c>
@@ -9378,50 +10530,68 @@
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AN4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AO4" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AP4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.05</v>
       </c>
+      <c r="AS4" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AT4" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AU4" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AV4" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AW4" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AX4" s="1" t="n">
+        <v>0.06</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -9514,50 +10684,68 @@
       </c>
       <c r="AK5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AN5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AO5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AP5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AS5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AU5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AX5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -9650,50 +10838,68 @@
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AN6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AO6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AP6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AS6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AU6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AX6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.22</v>
       </c>
@@ -9786,50 +10992,68 @@
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="AN7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AO7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AP7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.31</v>
       </c>
+      <c r="AS7" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="AT7" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="AU7" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="AV7" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="AW7" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="AX7" s="1" t="n">
+        <v>0.29</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -9922,50 +11146,68 @@
       </c>
       <c r="AK8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AN8" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AO8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AP8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AS8" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AT8" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AU8" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AV8" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AW8" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AX8" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0</v>
       </c>
@@ -10058,50 +11300,68 @@
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AO9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AP9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AS9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AT9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AU9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AV9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AW9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AX9" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>303</v>
       </c>
       <c r="C10" t="n">
         <v>356</v>
       </c>
       <c r="D10" t="n">
         <v>346</v>
       </c>
       <c r="E10" t="n">
         <v>340</v>
       </c>
       <c r="F10" t="n">
         <v>334</v>
       </c>
       <c r="G10" t="n">
         <v>340</v>
       </c>
@@ -10194,50 +11454,68 @@
       </c>
       <c r="AK10" t="n">
         <v>319</v>
       </c>
       <c r="AL10" t="n">
         <v>336</v>
       </c>
       <c r="AM10" t="n">
         <v>332</v>
       </c>
       <c r="AN10" t="n">
         <v>283</v>
       </c>
       <c r="AO10" t="n">
         <v>294</v>
       </c>
       <c r="AP10" t="n">
         <v>328</v>
       </c>
       <c r="AQ10" t="n">
         <v>308</v>
       </c>
       <c r="AR10" t="n">
         <v>320</v>
       </c>
+      <c r="AS10" t="n">
+        <v>321</v>
+      </c>
+      <c r="AT10" t="n">
+        <v>317</v>
+      </c>
+      <c r="AU10" t="n">
+        <v>320</v>
+      </c>
+      <c r="AV10" t="n">
+        <v>327</v>
+      </c>
+      <c r="AW10" t="n">
+        <v>319</v>
+      </c>
+      <c r="AX10" t="n">
+        <v>307</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>353</v>
       </c>
       <c r="C11" t="n">
         <v>381</v>
       </c>
       <c r="D11" t="n">
         <v>390</v>
       </c>
       <c r="E11" t="n">
         <v>383</v>
       </c>
       <c r="F11" t="n">
         <v>369</v>
       </c>
       <c r="G11" t="n">
         <v>380</v>
       </c>
@@ -10329,64 +11607,82 @@
         <v>394</v>
       </c>
       <c r="AK11" t="n">
         <v>369</v>
       </c>
       <c r="AL11" t="n">
         <v>362</v>
       </c>
       <c r="AM11" t="n">
         <v>401</v>
       </c>
       <c r="AN11" t="n">
         <v>361</v>
       </c>
       <c r="AO11" t="n">
         <v>351</v>
       </c>
       <c r="AP11" t="n">
         <v>358</v>
       </c>
       <c r="AQ11" t="n">
         <v>365</v>
       </c>
       <c r="AR11" t="n">
         <v>356</v>
+      </c>
+      <c r="AS11" t="n">
+        <v>361</v>
+      </c>
+      <c r="AT11" t="n">
+        <v>352</v>
+      </c>
+      <c r="AU11" t="n">
+        <v>359</v>
+      </c>
+      <c r="AV11" t="n">
+        <v>363</v>
+      </c>
+      <c r="AW11" t="n">
+        <v>349</v>
+      </c>
+      <c r="AX11" t="n">
+        <v>348</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AR11"/>
+  <dimension ref="A1:AX11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -10394,50 +11690,56 @@
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
+    <col width="14" customWidth="1" min="45" max="45"/>
+    <col width="14" customWidth="1" min="46" max="46"/>
+    <col width="14" customWidth="1" min="47" max="47"/>
+    <col width="14" customWidth="1" min="48" max="48"/>
+    <col width="14" customWidth="1" min="49" max="49"/>
+    <col width="14" customWidth="1" min="50" max="50"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -10617,50 +11919,80 @@
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
       <c r="AP1" t="inlineStr">
         <is>
           <t>2025-10-20</t>
         </is>
       </c>
       <c r="AQ1" t="inlineStr">
         <is>
           <t>2025-10-27</t>
         </is>
       </c>
       <c r="AR1" t="inlineStr">
         <is>
           <t>2025-11-03</t>
         </is>
       </c>
+      <c r="AS1" t="inlineStr">
+        <is>
+          <t>2025-11-10</t>
+        </is>
+      </c>
+      <c r="AT1" t="inlineStr">
+        <is>
+          <t>2025-11-17</t>
+        </is>
+      </c>
+      <c r="AU1" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
+      <c r="AV1" t="inlineStr">
+        <is>
+          <t>2025-12-01</t>
+        </is>
+      </c>
+      <c r="AW1" t="inlineStr">
+        <is>
+          <t>2025-12-08</t>
+        </is>
+      </c>
+      <c r="AX1" t="inlineStr">
+        <is>
+          <t>2025-12-15</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.04</v>
       </c>
@@ -10753,50 +12085,68 @@
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AN2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AO2" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AP2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.05</v>
       </c>
+      <c r="AS2" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AT2" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AU2" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="AV2" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AW2" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AX2" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.7</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.6899999999999999</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.7</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.67</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.66</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.66</v>
       </c>
@@ -10889,50 +12239,68 @@
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.57</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.54</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.59</v>
       </c>
       <c r="AN3" s="1" t="n">
         <v>0.57</v>
       </c>
       <c r="AO3" s="1" t="n">
         <v>0.52</v>
       </c>
       <c r="AP3" s="1" t="n">
         <v>0.51</v>
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.5</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.5</v>
       </c>
+      <c r="AS3" s="1" t="n">
+        <v>0.51</v>
+      </c>
+      <c r="AT3" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="AU3" s="1" t="n">
+        <v>0.52</v>
+      </c>
+      <c r="AV3" s="1" t="n">
+        <v>0.49</v>
+      </c>
+      <c r="AW3" s="1" t="n">
+        <v>0.51</v>
+      </c>
+      <c r="AX3" s="1" t="n">
+        <v>0.47</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.11</v>
       </c>
@@ -11025,50 +12393,68 @@
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AN4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AO4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AP4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.14</v>
       </c>
+      <c r="AS4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AT4" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AU4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AV4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AW4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AX4" s="1" t="n">
+        <v>0.14</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -11161,50 +12547,68 @@
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AN5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AO5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AP5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AS5" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AT5" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AU5" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AV5" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AW5" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AX5" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -11297,50 +12701,68 @@
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AN6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AO6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AP6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AS6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AT6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AU6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AV6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AW6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AX6" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.11</v>
       </c>
@@ -11433,50 +12855,68 @@
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AN7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AO7" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AP7" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.08</v>
       </c>
+      <c r="AS7" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AT7" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AU7" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AV7" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AW7" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AX7" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.06</v>
       </c>
@@ -11569,50 +13009,68 @@
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AN8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AO8" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AP8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="AS8" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AT8" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AU8" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AV8" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AW8" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AX8" s="1" t="n">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0</v>
       </c>
@@ -11705,50 +13163,68 @@
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AO9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AP9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AS9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AT9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AU9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AV9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AW9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AX9" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>506</v>
       </c>
       <c r="C10" t="n">
         <v>592</v>
       </c>
       <c r="D10" t="n">
         <v>584</v>
       </c>
       <c r="E10" t="n">
         <v>606</v>
       </c>
       <c r="F10" t="n">
         <v>519</v>
       </c>
       <c r="G10" t="n">
         <v>534</v>
       </c>
@@ -11841,50 +13317,68 @@
       </c>
       <c r="AK10" t="n">
         <v>525</v>
       </c>
       <c r="AL10" t="n">
         <v>507</v>
       </c>
       <c r="AM10" t="n">
         <v>593</v>
       </c>
       <c r="AN10" t="n">
         <v>562</v>
       </c>
       <c r="AO10" t="n">
         <v>532</v>
       </c>
       <c r="AP10" t="n">
         <v>531</v>
       </c>
       <c r="AQ10" t="n">
         <v>564</v>
       </c>
       <c r="AR10" t="n">
         <v>516</v>
       </c>
+      <c r="AS10" t="n">
+        <v>544</v>
+      </c>
+      <c r="AT10" t="n">
+        <v>518</v>
+      </c>
+      <c r="AU10" t="n">
+        <v>526</v>
+      </c>
+      <c r="AV10" t="n">
+        <v>502</v>
+      </c>
+      <c r="AW10" t="n">
+        <v>472</v>
+      </c>
+      <c r="AX10" t="n">
+        <v>497</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>486</v>
       </c>
       <c r="C11" t="n">
         <v>526</v>
       </c>
       <c r="D11" t="n">
         <v>537</v>
       </c>
       <c r="E11" t="n">
         <v>528</v>
       </c>
       <c r="F11" t="n">
         <v>509</v>
       </c>
       <c r="G11" t="n">
         <v>523</v>
       </c>
@@ -11976,64 +13470,82 @@
         <v>540</v>
       </c>
       <c r="AK11" t="n">
         <v>507</v>
       </c>
       <c r="AL11" t="n">
         <v>497</v>
       </c>
       <c r="AM11" t="n">
         <v>550</v>
       </c>
       <c r="AN11" t="n">
         <v>496</v>
       </c>
       <c r="AO11" t="n">
         <v>481</v>
       </c>
       <c r="AP11" t="n">
         <v>491</v>
       </c>
       <c r="AQ11" t="n">
         <v>500</v>
       </c>
       <c r="AR11" t="n">
         <v>488</v>
+      </c>
+      <c r="AS11" t="n">
+        <v>494</v>
+      </c>
+      <c r="AT11" t="n">
+        <v>482</v>
+      </c>
+      <c r="AU11" t="n">
+        <v>493</v>
+      </c>
+      <c r="AV11" t="n">
+        <v>498</v>
+      </c>
+      <c r="AW11" t="n">
+        <v>479</v>
+      </c>
+      <c r="AX11" t="n">
+        <v>477</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AR11"/>
+  <dimension ref="A1:AX11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -12041,50 +13553,56 @@
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
+    <col width="14" customWidth="1" min="45" max="45"/>
+    <col width="14" customWidth="1" min="46" max="46"/>
+    <col width="14" customWidth="1" min="47" max="47"/>
+    <col width="14" customWidth="1" min="48" max="48"/>
+    <col width="14" customWidth="1" min="49" max="49"/>
+    <col width="14" customWidth="1" min="50" max="50"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -12264,50 +13782,80 @@
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
       <c r="AP1" t="inlineStr">
         <is>
           <t>2025-10-20</t>
         </is>
       </c>
       <c r="AQ1" t="inlineStr">
         <is>
           <t>2025-10-27</t>
         </is>
       </c>
       <c r="AR1" t="inlineStr">
         <is>
           <t>2025-11-03</t>
         </is>
       </c>
+      <c r="AS1" t="inlineStr">
+        <is>
+          <t>2025-11-10</t>
+        </is>
+      </c>
+      <c r="AT1" t="inlineStr">
+        <is>
+          <t>2025-11-17</t>
+        </is>
+      </c>
+      <c r="AU1" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
+      <c r="AV1" t="inlineStr">
+        <is>
+          <t>2025-12-01</t>
+        </is>
+      </c>
+      <c r="AW1" t="inlineStr">
+        <is>
+          <t>2025-12-08</t>
+        </is>
+      </c>
+      <c r="AX1" t="inlineStr">
+        <is>
+          <t>2025-12-15</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.05</v>
       </c>
@@ -12400,50 +13948,68 @@
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AN2" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AO2" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AP2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="AS2" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AT2" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AU2" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AV2" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="AW2" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AX2" s="1" t="n">
+        <v>0.04</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.08</v>
       </c>
@@ -12536,50 +14102,68 @@
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AN3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AO3" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AP3" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.05</v>
       </c>
+      <c r="AS3" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AT3" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="AU3" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AV3" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AW3" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="AX3" s="1" t="n">
+        <v>0.08</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.78</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.73</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.74</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.77</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.74</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.76</v>
       </c>
@@ -12672,50 +14256,68 @@
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.72</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.74</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.72</v>
       </c>
       <c r="AN4" s="1" t="n">
         <v>0.79</v>
       </c>
       <c r="AO4" s="1" t="n">
         <v>0.74</v>
       </c>
       <c r="AP4" s="1" t="n">
         <v>0.71</v>
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.74</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.6899999999999999</v>
       </c>
+      <c r="AS4" s="1" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="AT4" s="1" t="n">
+        <v>0.67</v>
+      </c>
+      <c r="AU4" s="1" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="AV4" s="1" t="n">
+        <v>0.66</v>
+      </c>
+      <c r="AW4" s="1" t="n">
+        <v>0.63</v>
+      </c>
+      <c r="AX4" s="1" t="n">
+        <v>0.61</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -12808,50 +14410,68 @@
       </c>
       <c r="AK5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AN5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AO5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AP5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AS5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AU5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AX5" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -12944,50 +14564,68 @@
       </c>
       <c r="AK6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AN6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AO6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AP6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AS6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AT6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AU6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AV6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AW6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AX6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.05</v>
       </c>
@@ -13080,50 +14718,68 @@
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AN7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AO7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AP7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.11</v>
       </c>
+      <c r="AS7" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AT7" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AU7" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AV7" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AW7" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AX7" s="1" t="n">
+        <v>0.1</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.04</v>
       </c>
@@ -13216,50 +14872,68 @@
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AN8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AO8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AP8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.11</v>
       </c>
+      <c r="AS8" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AT8" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AU8" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AV8" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AW8" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AX8" s="1" t="n">
+        <v>0.14</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -13352,50 +15026,68 @@
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AO9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AP9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AS9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AT9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AU9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AV9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AW9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AX9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>198</v>
       </c>
       <c r="C10" t="n">
         <v>200</v>
       </c>
       <c r="D10" t="n">
         <v>214</v>
       </c>
       <c r="E10" t="n">
         <v>230</v>
       </c>
       <c r="F10" t="n">
         <v>196</v>
       </c>
       <c r="G10" t="n">
         <v>210</v>
       </c>
@@ -13488,50 +15180,68 @@
       </c>
       <c r="AK10" t="n">
         <v>197</v>
       </c>
       <c r="AL10" t="n">
         <v>205</v>
       </c>
       <c r="AM10" t="n">
         <v>223</v>
       </c>
       <c r="AN10" t="n">
         <v>187</v>
       </c>
       <c r="AO10" t="n">
         <v>183</v>
       </c>
       <c r="AP10" t="n">
         <v>180</v>
       </c>
       <c r="AQ10" t="n">
         <v>196</v>
       </c>
       <c r="AR10" t="n">
         <v>203</v>
       </c>
+      <c r="AS10" t="n">
+        <v>187</v>
+      </c>
+      <c r="AT10" t="n">
+        <v>185</v>
+      </c>
+      <c r="AU10" t="n">
+        <v>184</v>
+      </c>
+      <c r="AV10" t="n">
+        <v>200</v>
+      </c>
+      <c r="AW10" t="n">
+        <v>186</v>
+      </c>
+      <c r="AX10" t="n">
+        <v>201</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>179</v>
       </c>
       <c r="C11" t="n">
         <v>193</v>
       </c>
       <c r="D11" t="n">
         <v>198</v>
       </c>
       <c r="E11" t="n">
         <v>194</v>
       </c>
       <c r="F11" t="n">
         <v>187</v>
       </c>
       <c r="G11" t="n">
         <v>193</v>
       </c>
@@ -13623,64 +15333,82 @@
         <v>199</v>
       </c>
       <c r="AK11" t="n">
         <v>186</v>
       </c>
       <c r="AL11" t="n">
         <v>183</v>
       </c>
       <c r="AM11" t="n">
         <v>202</v>
       </c>
       <c r="AN11" t="n">
         <v>182</v>
       </c>
       <c r="AO11" t="n">
         <v>177</v>
       </c>
       <c r="AP11" t="n">
         <v>181</v>
       </c>
       <c r="AQ11" t="n">
         <v>184</v>
       </c>
       <c r="AR11" t="n">
         <v>180</v>
+      </c>
+      <c r="AS11" t="n">
+        <v>182</v>
+      </c>
+      <c r="AT11" t="n">
+        <v>178</v>
+      </c>
+      <c r="AU11" t="n">
+        <v>181</v>
+      </c>
+      <c r="AV11" t="n">
+        <v>183</v>
+      </c>
+      <c r="AW11" t="n">
+        <v>176</v>
+      </c>
+      <c r="AX11" t="n">
+        <v>176</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AR11"/>
+  <dimension ref="A1:AX11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -13688,50 +15416,56 @@
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
+    <col width="14" customWidth="1" min="45" max="45"/>
+    <col width="14" customWidth="1" min="46" max="46"/>
+    <col width="14" customWidth="1" min="47" max="47"/>
+    <col width="14" customWidth="1" min="48" max="48"/>
+    <col width="14" customWidth="1" min="49" max="49"/>
+    <col width="14" customWidth="1" min="50" max="50"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -13911,50 +15645,80 @@
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
       <c r="AP1" t="inlineStr">
         <is>
           <t>2025-10-20</t>
         </is>
       </c>
       <c r="AQ1" t="inlineStr">
         <is>
           <t>2025-10-27</t>
         </is>
       </c>
       <c r="AR1" t="inlineStr">
         <is>
           <t>2025-11-03</t>
         </is>
       </c>
+      <c r="AS1" t="inlineStr">
+        <is>
+          <t>2025-11-10</t>
+        </is>
+      </c>
+      <c r="AT1" t="inlineStr">
+        <is>
+          <t>2025-11-17</t>
+        </is>
+      </c>
+      <c r="AU1" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
+      <c r="AV1" t="inlineStr">
+        <is>
+          <t>2025-12-01</t>
+        </is>
+      </c>
+      <c r="AW1" t="inlineStr">
+        <is>
+          <t>2025-12-08</t>
+        </is>
+      </c>
+      <c r="AX1" t="inlineStr">
+        <is>
+          <t>2025-12-15</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.05</v>
       </c>
@@ -14047,50 +15811,68 @@
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AN2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AO2" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AP2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AS2" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AT2" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AU2" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AV2" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AW2" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AX2" s="1" t="n">
+        <v>0.05</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0</v>
       </c>
@@ -14183,50 +15965,68 @@
       </c>
       <c r="AK3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AN3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AO3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AP3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AS3" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT3" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AU3" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AV3" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AW3" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AX3" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0</v>
       </c>
@@ -14319,50 +16119,68 @@
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AN4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AO4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AP4" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AS4" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AT4" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AU4" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV4" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AW4" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AX4" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -14455,50 +16273,68 @@
       </c>
       <c r="AK5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AN5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AO5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AP5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AS5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AU5" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AV5" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AW5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AX5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -14591,50 +16427,68 @@
       </c>
       <c r="AK6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AN6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AO6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AP6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AS6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AT6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AU6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AX6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.93</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.9</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.88</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.91</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.9399999999999999</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.9399999999999999</v>
       </c>
@@ -14727,50 +16581,68 @@
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.95</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.9</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.91</v>
       </c>
       <c r="AN7" s="1" t="n">
         <v>0.9399999999999999</v>
       </c>
       <c r="AO7" s="1" t="n">
         <v>0.9</v>
       </c>
       <c r="AP7" s="1" t="n">
         <v>0.9</v>
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.92</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.92</v>
       </c>
+      <c r="AS7" s="1" t="n">
+        <v>0.92</v>
+      </c>
+      <c r="AT7" s="1" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="AU7" s="1" t="n">
+        <v>0.87</v>
+      </c>
+      <c r="AV7" s="1" t="n">
+        <v>0.86</v>
+      </c>
+      <c r="AW7" s="1" t="n">
+        <v>0.88</v>
+      </c>
+      <c r="AX7" s="1" t="n">
+        <v>0.91</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -14863,50 +16735,68 @@
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AN8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AO8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AP8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AS8" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AT8" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AU8" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AV8" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AW8" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AX8" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0</v>
       </c>
@@ -14999,50 +16889,68 @@
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AO9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AP9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AS9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AT9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AU9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AV9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AW9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AX9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>300</v>
       </c>
       <c r="C10" t="n">
         <v>282</v>
       </c>
       <c r="D10" t="n">
         <v>266</v>
       </c>
       <c r="E10" t="n">
         <v>276</v>
       </c>
       <c r="F10" t="n">
         <v>229</v>
       </c>
       <c r="G10" t="n">
         <v>248</v>
       </c>
@@ -15135,50 +17043,68 @@
       </c>
       <c r="AK10" t="n">
         <v>231</v>
       </c>
       <c r="AL10" t="n">
         <v>228</v>
       </c>
       <c r="AM10" t="n">
         <v>264</v>
       </c>
       <c r="AN10" t="n">
         <v>236</v>
       </c>
       <c r="AO10" t="n">
         <v>214</v>
       </c>
       <c r="AP10" t="n">
         <v>220</v>
       </c>
       <c r="AQ10" t="n">
         <v>209</v>
       </c>
       <c r="AR10" t="n">
         <v>235</v>
       </c>
+      <c r="AS10" t="n">
+        <v>231</v>
+      </c>
+      <c r="AT10" t="n">
+        <v>234</v>
+      </c>
+      <c r="AU10" t="n">
+        <v>219</v>
+      </c>
+      <c r="AV10" t="n">
+        <v>219</v>
+      </c>
+      <c r="AW10" t="n">
+        <v>233</v>
+      </c>
+      <c r="AX10" t="n">
+        <v>222</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>209</v>
       </c>
       <c r="C11" t="n">
         <v>226</v>
       </c>
       <c r="D11" t="n">
         <v>231</v>
       </c>
       <c r="E11" t="n">
         <v>227</v>
       </c>
       <c r="F11" t="n">
         <v>219</v>
       </c>
       <c r="G11" t="n">
         <v>225</v>
       </c>
@@ -15270,64 +17196,82 @@
         <v>232</v>
       </c>
       <c r="AK11" t="n">
         <v>218</v>
       </c>
       <c r="AL11" t="n">
         <v>214</v>
       </c>
       <c r="AM11" t="n">
         <v>237</v>
       </c>
       <c r="AN11" t="n">
         <v>213</v>
       </c>
       <c r="AO11" t="n">
         <v>207</v>
       </c>
       <c r="AP11" t="n">
         <v>211</v>
       </c>
       <c r="AQ11" t="n">
         <v>215</v>
       </c>
       <c r="AR11" t="n">
         <v>210</v>
+      </c>
+      <c r="AS11" t="n">
+        <v>213</v>
+      </c>
+      <c r="AT11" t="n">
+        <v>208</v>
+      </c>
+      <c r="AU11" t="n">
+        <v>212</v>
+      </c>
+      <c r="AV11" t="n">
+        <v>215</v>
+      </c>
+      <c r="AW11" t="n">
+        <v>206</v>
+      </c>
+      <c r="AX11" t="n">
+        <v>205</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AR11"/>
+  <dimension ref="A1:AX11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -15335,50 +17279,56 @@
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
+    <col width="14" customWidth="1" min="45" max="45"/>
+    <col width="14" customWidth="1" min="46" max="46"/>
+    <col width="14" customWidth="1" min="47" max="47"/>
+    <col width="14" customWidth="1" min="48" max="48"/>
+    <col width="14" customWidth="1" min="49" max="49"/>
+    <col width="14" customWidth="1" min="50" max="50"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -15558,50 +17508,80 @@
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
       <c r="AP1" t="inlineStr">
         <is>
           <t>2025-10-20</t>
         </is>
       </c>
       <c r="AQ1" t="inlineStr">
         <is>
           <t>2025-10-27</t>
         </is>
       </c>
       <c r="AR1" t="inlineStr">
         <is>
           <t>2025-11-03</t>
         </is>
       </c>
+      <c r="AS1" t="inlineStr">
+        <is>
+          <t>2025-11-10</t>
+        </is>
+      </c>
+      <c r="AT1" t="inlineStr">
+        <is>
+          <t>2025-11-17</t>
+        </is>
+      </c>
+      <c r="AU1" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
+      <c r="AV1" t="inlineStr">
+        <is>
+          <t>2025-12-01</t>
+        </is>
+      </c>
+      <c r="AW1" t="inlineStr">
+        <is>
+          <t>2025-12-08</t>
+        </is>
+      </c>
+      <c r="AX1" t="inlineStr">
+        <is>
+          <t>2025-12-15</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.17</v>
       </c>
@@ -15694,50 +17674,68 @@
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AN2" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AO2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AP2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.13</v>
       </c>
+      <c r="AS2" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AT2" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AU2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AV2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AW2" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AX2" s="1" t="n">
+        <v>0.14</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.39</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.37</v>
       </c>
@@ -15830,50 +17828,68 @@
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AN3" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AO3" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AP3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.27</v>
       </c>
+      <c r="AS3" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="AT3" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="AU3" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="AV3" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="AW3" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="AX3" s="1" t="n">
+        <v>0.29</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.2</v>
       </c>
@@ -15966,50 +17982,68 @@
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AN4" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AO4" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AP4" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.23</v>
       </c>
+      <c r="AS4" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AT4" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AU4" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AV4" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AW4" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AX4" s="1" t="n">
+        <v>0.18</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.04</v>
       </c>
@@ -16102,50 +18136,68 @@
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AN5" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AO5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AP5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0.06</v>
       </c>
+      <c r="AS5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AT5" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AU5" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AV5" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AW5" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AX5" s="1" t="n">
+        <v>0.05</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -16238,50 +18290,68 @@
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AN6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AO6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AP6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AS6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AT6" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AU6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AV6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AW6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AX6" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.08</v>
       </c>
@@ -16374,50 +18444,68 @@
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AN7" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AO7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AP7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.08</v>
       </c>
+      <c r="AS7" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AT7" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AU7" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AV7" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AW7" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AX7" s="1" t="n">
+        <v>0.08</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.11</v>
       </c>
@@ -16510,50 +18598,68 @@
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AN8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AO8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AP8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="AS8" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AT8" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AU8" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AV8" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AW8" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AX8" s="1" t="n">
+        <v>0.2</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.02</v>
       </c>
@@ -16646,50 +18752,68 @@
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AO9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AP9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AS9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AT9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AU9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AV9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AW9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AX9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>726</v>
       </c>
       <c r="C10" t="n">
         <v>815</v>
       </c>
       <c r="D10" t="n">
         <v>784</v>
       </c>
       <c r="E10" t="n">
         <v>838</v>
       </c>
       <c r="F10" t="n">
         <v>792</v>
       </c>
       <c r="G10" t="n">
         <v>789</v>
       </c>
@@ -16782,50 +18906,68 @@
       </c>
       <c r="AK10" t="n">
         <v>753</v>
       </c>
       <c r="AL10" t="n">
         <v>745</v>
       </c>
       <c r="AM10" t="n">
         <v>860</v>
       </c>
       <c r="AN10" t="n">
         <v>777</v>
       </c>
       <c r="AO10" t="n">
         <v>729</v>
       </c>
       <c r="AP10" t="n">
         <v>778</v>
       </c>
       <c r="AQ10" t="n">
         <v>758</v>
       </c>
       <c r="AR10" t="n">
         <v>727</v>
       </c>
+      <c r="AS10" t="n">
+        <v>776</v>
+      </c>
+      <c r="AT10" t="n">
+        <v>744</v>
+      </c>
+      <c r="AU10" t="n">
+        <v>718</v>
+      </c>
+      <c r="AV10" t="n">
+        <v>735</v>
+      </c>
+      <c r="AW10" t="n">
+        <v>741</v>
+      </c>
+      <c r="AX10" t="n">
+        <v>748</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>653</v>
       </c>
       <c r="C11" t="n">
         <v>706</v>
       </c>
       <c r="D11" t="n">
         <v>721</v>
       </c>
       <c r="E11" t="n">
         <v>709</v>
       </c>
       <c r="F11" t="n">
         <v>683</v>
       </c>
       <c r="G11" t="n">
         <v>702</v>
       </c>
@@ -16917,64 +19059,82 @@
         <v>720</v>
       </c>
       <c r="AK11" t="n">
         <v>676</v>
       </c>
       <c r="AL11" t="n">
         <v>663</v>
       </c>
       <c r="AM11" t="n">
         <v>734</v>
       </c>
       <c r="AN11" t="n">
         <v>662</v>
       </c>
       <c r="AO11" t="n">
         <v>642</v>
       </c>
       <c r="AP11" t="n">
         <v>655</v>
       </c>
       <c r="AQ11" t="n">
         <v>667</v>
       </c>
       <c r="AR11" t="n">
         <v>652</v>
+      </c>
+      <c r="AS11" t="n">
+        <v>660</v>
+      </c>
+      <c r="AT11" t="n">
+        <v>644</v>
+      </c>
+      <c r="AU11" t="n">
+        <v>658</v>
+      </c>
+      <c r="AV11" t="n">
+        <v>665</v>
+      </c>
+      <c r="AW11" t="n">
+        <v>639</v>
+      </c>
+      <c r="AX11" t="n">
+        <v>637</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AR11"/>
+  <dimension ref="A1:AX11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -16982,50 +19142,56 @@
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
+    <col width="14" customWidth="1" min="45" max="45"/>
+    <col width="14" customWidth="1" min="46" max="46"/>
+    <col width="14" customWidth="1" min="47" max="47"/>
+    <col width="14" customWidth="1" min="48" max="48"/>
+    <col width="14" customWidth="1" min="49" max="49"/>
+    <col width="14" customWidth="1" min="50" max="50"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -17205,50 +19371,80 @@
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
       <c r="AP1" t="inlineStr">
         <is>
           <t>2025-10-20</t>
         </is>
       </c>
       <c r="AQ1" t="inlineStr">
         <is>
           <t>2025-10-27</t>
         </is>
       </c>
       <c r="AR1" t="inlineStr">
         <is>
           <t>2025-11-03</t>
         </is>
       </c>
+      <c r="AS1" t="inlineStr">
+        <is>
+          <t>2025-11-10</t>
+        </is>
+      </c>
+      <c r="AT1" t="inlineStr">
+        <is>
+          <t>2025-11-17</t>
+        </is>
+      </c>
+      <c r="AU1" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
+      <c r="AV1" t="inlineStr">
+        <is>
+          <t>2025-12-01</t>
+        </is>
+      </c>
+      <c r="AW1" t="inlineStr">
+        <is>
+          <t>2025-12-08</t>
+        </is>
+      </c>
+      <c r="AX1" t="inlineStr">
+        <is>
+          <t>2025-12-15</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.29</v>
       </c>
@@ -17341,50 +19537,68 @@
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AN2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AO2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AP2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.23</v>
       </c>
+      <c r="AS2" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="AT2" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="AU2" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="AV2" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="AW2" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AX2" s="1" t="n">
+        <v>0.22</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.1</v>
       </c>
@@ -17477,50 +19691,68 @@
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AN3" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AO3" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AP3" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.08</v>
       </c>
+      <c r="AS3" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AT3" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AU3" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AV3" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AW3" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AX3" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
@@ -17613,50 +19845,68 @@
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AN4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AO4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AP4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.08</v>
       </c>
+      <c r="AS4" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="AT4" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AU4" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AV4" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AW4" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AX4" s="1" t="n">
+        <v>0.08</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -17749,50 +19999,68 @@
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AN5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AO5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AP5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AS5" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AT5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AU5" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AV5" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AW5" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AX5" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -17885,50 +20153,68 @@
       </c>
       <c r="AK6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AN6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AO6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AP6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AS6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AT6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AU6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AV6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AW6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AX6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.45</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.45</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.42</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.46</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.49</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.49</v>
       </c>
@@ -18021,50 +20307,68 @@
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.54</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.55</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.54</v>
       </c>
       <c r="AN7" s="1" t="n">
         <v>0.51</v>
       </c>
       <c r="AO7" s="1" t="n">
         <v>0.52</v>
       </c>
       <c r="AP7" s="1" t="n">
         <v>0.51</v>
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.5</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.52</v>
       </c>
+      <c r="AS7" s="1" t="n">
+        <v>0.51</v>
+      </c>
+      <c r="AT7" s="1" t="n">
+        <v>0.53</v>
+      </c>
+      <c r="AU7" s="1" t="n">
+        <v>0.49</v>
+      </c>
+      <c r="AV7" s="1" t="n">
+        <v>0.46</v>
+      </c>
+      <c r="AW7" s="1" t="n">
+        <v>0.52</v>
+      </c>
+      <c r="AX7" s="1" t="n">
+        <v>0.53</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -18157,50 +20461,68 @@
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AN8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AO8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AP8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.06</v>
       </c>
+      <c r="AS8" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AT8" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="AU8" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AV8" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AW8" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AX8" s="1" t="n">
+        <v>0.05</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -18293,50 +20615,68 @@
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AO9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AP9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AS9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AT9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AU9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AV9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AW9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AX9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>727</v>
       </c>
       <c r="C10" t="n">
         <v>740</v>
       </c>
       <c r="D10" t="n">
         <v>751</v>
       </c>
       <c r="E10" t="n">
         <v>736</v>
       </c>
       <c r="F10" t="n">
         <v>701</v>
       </c>
       <c r="G10" t="n">
         <v>713</v>
       </c>
@@ -18429,50 +20769,68 @@
       </c>
       <c r="AK10" t="n">
         <v>643</v>
       </c>
       <c r="AL10" t="n">
         <v>631</v>
       </c>
       <c r="AM10" t="n">
         <v>683</v>
       </c>
       <c r="AN10" t="n">
         <v>589</v>
       </c>
       <c r="AO10" t="n">
         <v>606</v>
       </c>
       <c r="AP10" t="n">
         <v>611</v>
       </c>
       <c r="AQ10" t="n">
         <v>633</v>
       </c>
       <c r="AR10" t="n">
         <v>620</v>
       </c>
+      <c r="AS10" t="n">
+        <v>641</v>
+      </c>
+      <c r="AT10" t="n">
+        <v>594</v>
+      </c>
+      <c r="AU10" t="n">
+        <v>664</v>
+      </c>
+      <c r="AV10" t="n">
+        <v>619</v>
+      </c>
+      <c r="AW10" t="n">
+        <v>617</v>
+      </c>
+      <c r="AX10" t="n">
+        <v>588</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>670</v>
       </c>
       <c r="C11" t="n">
         <v>724</v>
       </c>
       <c r="D11" t="n">
         <v>740</v>
       </c>
       <c r="E11" t="n">
         <v>727</v>
       </c>
       <c r="F11" t="n">
         <v>701</v>
       </c>
       <c r="G11" t="n">
         <v>721</v>
       </c>
@@ -18564,64 +20922,82 @@
         <v>719</v>
       </c>
       <c r="AK11" t="n">
         <v>674</v>
       </c>
       <c r="AL11" t="n">
         <v>662</v>
       </c>
       <c r="AM11" t="n">
         <v>732</v>
       </c>
       <c r="AN11" t="n">
         <v>660</v>
       </c>
       <c r="AO11" t="n">
         <v>641</v>
       </c>
       <c r="AP11" t="n">
         <v>653</v>
       </c>
       <c r="AQ11" t="n">
         <v>666</v>
       </c>
       <c r="AR11" t="n">
         <v>650</v>
+      </c>
+      <c r="AS11" t="n">
+        <v>658</v>
+      </c>
+      <c r="AT11" t="n">
+        <v>642</v>
+      </c>
+      <c r="AU11" t="n">
+        <v>656</v>
+      </c>
+      <c r="AV11" t="n">
+        <v>663</v>
+      </c>
+      <c r="AW11" t="n">
+        <v>637</v>
+      </c>
+      <c r="AX11" t="n">
+        <v>635</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AR11"/>
+  <dimension ref="A1:AX11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -18629,50 +21005,56 @@
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
+    <col width="14" customWidth="1" min="45" max="45"/>
+    <col width="14" customWidth="1" min="46" max="46"/>
+    <col width="14" customWidth="1" min="47" max="47"/>
+    <col width="14" customWidth="1" min="48" max="48"/>
+    <col width="14" customWidth="1" min="49" max="49"/>
+    <col width="14" customWidth="1" min="50" max="50"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -18852,50 +21234,80 @@
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
       <c r="AP1" t="inlineStr">
         <is>
           <t>2025-10-20</t>
         </is>
       </c>
       <c r="AQ1" t="inlineStr">
         <is>
           <t>2025-10-27</t>
         </is>
       </c>
       <c r="AR1" t="inlineStr">
         <is>
           <t>2025-11-03</t>
         </is>
       </c>
+      <c r="AS1" t="inlineStr">
+        <is>
+          <t>2025-11-10</t>
+        </is>
+      </c>
+      <c r="AT1" t="inlineStr">
+        <is>
+          <t>2025-11-17</t>
+        </is>
+      </c>
+      <c r="AU1" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
+      <c r="AV1" t="inlineStr">
+        <is>
+          <t>2025-12-01</t>
+        </is>
+      </c>
+      <c r="AW1" t="inlineStr">
+        <is>
+          <t>2025-12-08</t>
+        </is>
+      </c>
+      <c r="AX1" t="inlineStr">
+        <is>
+          <t>2025-12-15</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.12</v>
       </c>
@@ -18988,50 +21400,68 @@
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AN2" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AO2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AP2" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.06</v>
       </c>
+      <c r="AS2" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AT2" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AU2" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AV2" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AW2" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AX2" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.48</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.32</v>
       </c>
@@ -19124,50 +21554,68 @@
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AN3" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AO3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AP3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.28</v>
       </c>
+      <c r="AS3" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="AT3" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="AU3" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AV3" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="AW3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AX3" s="1" t="n">
+        <v>0.18</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.17</v>
       </c>
@@ -19260,50 +21708,68 @@
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AN4" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AO4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AP4" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="AS4" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AT4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AU4" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AV4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AW4" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AX4" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.02</v>
       </c>
@@ -19396,50 +21862,68 @@
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AN5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AO5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AP5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AS5" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AT5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AU5" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AV5" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AW5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AX5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -19532,50 +22016,68 @@
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AN6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AO6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AP6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AS6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AT6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AU6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AV6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AW6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AX6" s="1" t="n">
+        <v>0.04</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.17</v>
       </c>
@@ -19668,50 +22170,68 @@
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AN7" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AO7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AP7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
+      <c r="AS7" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AT7" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AU7" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="AV7" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AW7" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AX7" s="1" t="n">
+        <v>0.08</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.21</v>
       </c>
@@ -19804,50 +22324,68 @@
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AN8" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AO8" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AP8" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.4</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.37</v>
       </c>
+      <c r="AS8" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="AT8" s="1" t="n">
+        <v>0.47</v>
+      </c>
+      <c r="AU8" s="1" t="n">
+        <v>0.47</v>
+      </c>
+      <c r="AV8" s="1" t="n">
+        <v>0.37</v>
+      </c>
+      <c r="AW8" s="1" t="n">
+        <v>0.42</v>
+      </c>
+      <c r="AX8" s="1" t="n">
+        <v>0.46</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -19940,50 +22478,68 @@
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AO9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AP9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AS9" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AT9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AU9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AV9" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AW9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AX9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>85</v>
       </c>
       <c r="C10" t="n">
         <v>91</v>
       </c>
       <c r="D10" t="n">
         <v>115</v>
       </c>
       <c r="E10" t="n">
         <v>76</v>
       </c>
       <c r="F10" t="n">
         <v>103</v>
       </c>
       <c r="G10" t="n">
         <v>102</v>
       </c>
@@ -20076,50 +22632,68 @@
       </c>
       <c r="AK10" t="n">
         <v>146</v>
       </c>
       <c r="AL10" t="n">
         <v>153</v>
       </c>
       <c r="AM10" t="n">
         <v>141</v>
       </c>
       <c r="AN10" t="n">
         <v>136</v>
       </c>
       <c r="AO10" t="n">
         <v>133</v>
       </c>
       <c r="AP10" t="n">
         <v>124</v>
       </c>
       <c r="AQ10" t="n">
         <v>136</v>
       </c>
       <c r="AR10" t="n">
         <v>130</v>
       </c>
+      <c r="AS10" t="n">
+        <v>118</v>
+      </c>
+      <c r="AT10" t="n">
+        <v>117</v>
+      </c>
+      <c r="AU10" t="n">
+        <v>156</v>
+      </c>
+      <c r="AV10" t="n">
+        <v>149</v>
+      </c>
+      <c r="AW10" t="n">
+        <v>111</v>
+      </c>
+      <c r="AX10" t="n">
+        <v>105</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>161</v>
       </c>
       <c r="C11" t="n">
         <v>174</v>
       </c>
       <c r="D11" t="n">
         <v>178</v>
       </c>
       <c r="E11" t="n">
         <v>175</v>
       </c>
       <c r="F11" t="n">
         <v>169</v>
       </c>
       <c r="G11" t="n">
         <v>173</v>
       </c>
@@ -20211,64 +22785,82 @@
         <v>177</v>
       </c>
       <c r="AK11" t="n">
         <v>166</v>
       </c>
       <c r="AL11" t="n">
         <v>163</v>
       </c>
       <c r="AM11" t="n">
         <v>180</v>
       </c>
       <c r="AN11" t="n">
         <v>162</v>
       </c>
       <c r="AO11" t="n">
         <v>157</v>
       </c>
       <c r="AP11" t="n">
         <v>160</v>
       </c>
       <c r="AQ11" t="n">
         <v>164</v>
       </c>
       <c r="AR11" t="n">
         <v>160</v>
+      </c>
+      <c r="AS11" t="n">
+        <v>162</v>
+      </c>
+      <c r="AT11" t="n">
+        <v>158</v>
+      </c>
+      <c r="AU11" t="n">
+        <v>161</v>
+      </c>
+      <c r="AV11" t="n">
+        <v>163</v>
+      </c>
+      <c r="AW11" t="n">
+        <v>157</v>
+      </c>
+      <c r="AX11" t="n">
+        <v>156</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AR11"/>
+  <dimension ref="A1:AX11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -20276,50 +22868,56 @@
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
+    <col width="14" customWidth="1" min="45" max="45"/>
+    <col width="14" customWidth="1" min="46" max="46"/>
+    <col width="14" customWidth="1" min="47" max="47"/>
+    <col width="14" customWidth="1" min="48" max="48"/>
+    <col width="14" customWidth="1" min="49" max="49"/>
+    <col width="14" customWidth="1" min="50" max="50"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -20499,50 +23097,80 @@
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
       <c r="AP1" t="inlineStr">
         <is>
           <t>2025-10-20</t>
         </is>
       </c>
       <c r="AQ1" t="inlineStr">
         <is>
           <t>2025-10-27</t>
         </is>
       </c>
       <c r="AR1" t="inlineStr">
         <is>
           <t>2025-11-03</t>
         </is>
       </c>
+      <c r="AS1" t="inlineStr">
+        <is>
+          <t>2025-11-10</t>
+        </is>
+      </c>
+      <c r="AT1" t="inlineStr">
+        <is>
+          <t>2025-11-17</t>
+        </is>
+      </c>
+      <c r="AU1" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
+      <c r="AV1" t="inlineStr">
+        <is>
+          <t>2025-12-01</t>
+        </is>
+      </c>
+      <c r="AW1" t="inlineStr">
+        <is>
+          <t>2025-12-08</t>
+        </is>
+      </c>
+      <c r="AX1" t="inlineStr">
+        <is>
+          <t>2025-12-15</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.22</v>
       </c>
@@ -20635,50 +23263,68 @@
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AN2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AO2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AP2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="AS2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AT2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AU2" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AV2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AW2" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AX2" s="1" t="n">
+        <v>0.18</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.29</v>
       </c>
@@ -20771,50 +23417,68 @@
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AN3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AO3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AP3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.22</v>
       </c>
+      <c r="AS3" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AT3" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AU3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AV3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AW3" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AX3" s="1" t="n">
+        <v>0.2</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.15</v>
       </c>
@@ -20907,50 +23571,68 @@
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AN4" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AO4" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AP4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="AS4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AT4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AU4" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AV4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AW4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AX4" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -21043,50 +23725,68 @@
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AN5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AO5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AP5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AS5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AT5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AU5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AV5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AW5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AX5" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -21179,50 +23879,68 @@
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AN6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AO6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AP6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AS6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AT6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AU6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AV6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AW6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AX6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.19</v>
       </c>
@@ -21315,50 +24033,68 @@
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AN7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AO7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AP7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.23</v>
       </c>
+      <c r="AS7" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AT7" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AU7" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AV7" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AW7" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AX7" s="1" t="n">
+        <v>0.22</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.1</v>
       </c>
@@ -21451,50 +24187,68 @@
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AN8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AO8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AP8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="AS8" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AT8" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AU8" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AV8" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AW8" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AX8" s="1" t="n">
+        <v>0.2</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -21587,50 +24341,68 @@
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AO9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AP9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AS9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AT9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AU9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AV9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AW9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AX9" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>1072</v>
       </c>
       <c r="C10" t="n">
         <v>1182</v>
       </c>
       <c r="D10" t="n">
         <v>1256</v>
       </c>
       <c r="E10" t="n">
         <v>1197</v>
       </c>
       <c r="F10" t="n">
         <v>1118</v>
       </c>
       <c r="G10" t="n">
         <v>1159</v>
       </c>
@@ -21723,50 +24495,68 @@
       </c>
       <c r="AK10" t="n">
         <v>1161</v>
       </c>
       <c r="AL10" t="n">
         <v>1151</v>
       </c>
       <c r="AM10" t="n">
         <v>1203</v>
       </c>
       <c r="AN10" t="n">
         <v>1102</v>
       </c>
       <c r="AO10" t="n">
         <v>1083</v>
       </c>
       <c r="AP10" t="n">
         <v>1101</v>
       </c>
       <c r="AQ10" t="n">
         <v>1129</v>
       </c>
       <c r="AR10" t="n">
         <v>1103</v>
       </c>
+      <c r="AS10" t="n">
+        <v>1098</v>
+      </c>
+      <c r="AT10" t="n">
+        <v>1096</v>
+      </c>
+      <c r="AU10" t="n">
+        <v>1111</v>
+      </c>
+      <c r="AV10" t="n">
+        <v>1055</v>
+      </c>
+      <c r="AW10" t="n">
+        <v>1087</v>
+      </c>
+      <c r="AX10" t="n">
+        <v>1047</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>1006</v>
       </c>
       <c r="C11" t="n">
         <v>1088</v>
       </c>
       <c r="D11" t="n">
         <v>1112</v>
       </c>
       <c r="E11" t="n">
         <v>1092</v>
       </c>
       <c r="F11" t="n">
         <v>1053</v>
       </c>
       <c r="G11" t="n">
         <v>1083</v>
       </c>
@@ -21858,64 +24648,82 @@
         <v>1112</v>
       </c>
       <c r="AK11" t="n">
         <v>1044</v>
       </c>
       <c r="AL11" t="n">
         <v>1023</v>
       </c>
       <c r="AM11" t="n">
         <v>1130</v>
       </c>
       <c r="AN11" t="n">
         <v>1020</v>
       </c>
       <c r="AO11" t="n">
         <v>988</v>
       </c>
       <c r="AP11" t="n">
         <v>1011</v>
       </c>
       <c r="AQ11" t="n">
         <v>1029</v>
       </c>
       <c r="AR11" t="n">
         <v>1007</v>
+      </c>
+      <c r="AS11" t="n">
+        <v>1019</v>
+      </c>
+      <c r="AT11" t="n">
+        <v>994</v>
+      </c>
+      <c r="AU11" t="n">
+        <v>1016</v>
+      </c>
+      <c r="AV11" t="n">
+        <v>1025</v>
+      </c>
+      <c r="AW11" t="n">
+        <v>985</v>
+      </c>
+      <c r="AX11" t="n">
+        <v>977</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AR11"/>
+  <dimension ref="A1:AX11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -21923,50 +24731,56 @@
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
+    <col width="14" customWidth="1" min="45" max="45"/>
+    <col width="14" customWidth="1" min="46" max="46"/>
+    <col width="14" customWidth="1" min="47" max="47"/>
+    <col width="14" customWidth="1" min="48" max="48"/>
+    <col width="14" customWidth="1" min="49" max="49"/>
+    <col width="14" customWidth="1" min="50" max="50"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -22146,50 +24960,80 @@
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
       <c r="AP1" t="inlineStr">
         <is>
           <t>2025-10-20</t>
         </is>
       </c>
       <c r="AQ1" t="inlineStr">
         <is>
           <t>2025-10-27</t>
         </is>
       </c>
       <c r="AR1" t="inlineStr">
         <is>
           <t>2025-11-03</t>
         </is>
       </c>
+      <c r="AS1" t="inlineStr">
+        <is>
+          <t>2025-11-10</t>
+        </is>
+      </c>
+      <c r="AT1" t="inlineStr">
+        <is>
+          <t>2025-11-17</t>
+        </is>
+      </c>
+      <c r="AU1" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
+      <c r="AV1" t="inlineStr">
+        <is>
+          <t>2025-12-01</t>
+        </is>
+      </c>
+      <c r="AW1" t="inlineStr">
+        <is>
+          <t>2025-12-08</t>
+        </is>
+      </c>
+      <c r="AX1" t="inlineStr">
+        <is>
+          <t>2025-12-15</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.19</v>
       </c>
@@ -22282,50 +25126,68 @@
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AN2" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AO2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AP2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="AS2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AT2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AU2" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AV2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AW2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AX2" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.18</v>
       </c>
@@ -22418,50 +25280,68 @@
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AN3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AO3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AP3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="AS3" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AT3" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AU3" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AV3" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AW3" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AX3" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.12</v>
       </c>
@@ -22554,50 +25434,68 @@
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AN4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AO4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AP4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.12</v>
       </c>
+      <c r="AS4" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AT4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AU4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AV4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AW4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AX4" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -22690,50 +25588,68 @@
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AN5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AO5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AP5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0.05</v>
       </c>
+      <c r="AS5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AT5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AU5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AV5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AW5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AX5" s="1" t="n">
+        <v>0.04</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -22826,50 +25742,68 @@
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AN6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AO6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AP6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AS6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AT6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AU6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AV6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AW6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AX6" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.39</v>
       </c>
@@ -22962,50 +25896,68 @@
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.4</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AN7" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="AO7" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AP7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.34</v>
       </c>
+      <c r="AS7" s="1" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="AT7" s="1" t="n">
+        <v>0.37</v>
+      </c>
+      <c r="AU7" s="1" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="AV7" s="1" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="AW7" s="1" t="n">
+        <v>0.37</v>
+      </c>
+      <c r="AX7" s="1" t="n">
+        <v>0.37</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
@@ -23098,50 +26050,68 @@
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AN8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AO8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AP8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.13</v>
       </c>
+      <c r="AS8" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AT8" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AU8" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AV8" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AW8" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AX8" s="1" t="n">
+        <v>0.12</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -23234,50 +26204,68 @@
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AO9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AP9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AS9" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AT9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AU9" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AV9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AW9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AX9" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>619</v>
       </c>
       <c r="C10" t="n">
         <v>647</v>
       </c>
       <c r="D10" t="n">
         <v>613</v>
       </c>
       <c r="E10" t="n">
         <v>639</v>
       </c>
       <c r="F10" t="n">
         <v>652</v>
       </c>
       <c r="G10" t="n">
         <v>661</v>
       </c>
@@ -23370,50 +26358,68 @@
       </c>
       <c r="AK10" t="n">
         <v>593</v>
       </c>
       <c r="AL10" t="n">
         <v>570</v>
       </c>
       <c r="AM10" t="n">
         <v>698</v>
       </c>
       <c r="AN10" t="n">
         <v>615</v>
       </c>
       <c r="AO10" t="n">
         <v>582</v>
       </c>
       <c r="AP10" t="n">
         <v>599</v>
       </c>
       <c r="AQ10" t="n">
         <v>598</v>
       </c>
       <c r="AR10" t="n">
         <v>587</v>
       </c>
+      <c r="AS10" t="n">
+        <v>615</v>
+      </c>
+      <c r="AT10" t="n">
+        <v>575</v>
+      </c>
+      <c r="AU10" t="n">
+        <v>594</v>
+      </c>
+      <c r="AV10" t="n">
+        <v>665</v>
+      </c>
+      <c r="AW10" t="n">
+        <v>568</v>
+      </c>
+      <c r="AX10" t="n">
+        <v>604</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>685</v>
       </c>
       <c r="C11" t="n">
         <v>741</v>
       </c>
       <c r="D11" t="n">
         <v>757</v>
       </c>
       <c r="E11" t="n">
         <v>744</v>
       </c>
       <c r="F11" t="n">
         <v>717</v>
       </c>
       <c r="G11" t="n">
         <v>737</v>
       </c>
@@ -23505,64 +26511,82 @@
         <v>762</v>
       </c>
       <c r="AK11" t="n">
         <v>708</v>
       </c>
       <c r="AL11" t="n">
         <v>697</v>
       </c>
       <c r="AM11" t="n">
         <v>766</v>
       </c>
       <c r="AN11" t="n">
         <v>696</v>
       </c>
       <c r="AO11" t="n">
         <v>674</v>
       </c>
       <c r="AP11" t="n">
         <v>689</v>
       </c>
       <c r="AQ11" t="n">
         <v>693</v>
       </c>
       <c r="AR11" t="n">
         <v>680</v>
+      </c>
+      <c r="AS11" t="n">
+        <v>689</v>
+      </c>
+      <c r="AT11" t="n">
+        <v>675</v>
+      </c>
+      <c r="AU11" t="n">
+        <v>688</v>
+      </c>
+      <c r="AV11" t="n">
+        <v>695</v>
+      </c>
+      <c r="AW11" t="n">
+        <v>665</v>
+      </c>
+      <c r="AX11" t="n">
+        <v>670</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AR11"/>
+  <dimension ref="A1:AX11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -23570,50 +26594,56 @@
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
+    <col width="14" customWidth="1" min="45" max="45"/>
+    <col width="14" customWidth="1" min="46" max="46"/>
+    <col width="14" customWidth="1" min="47" max="47"/>
+    <col width="14" customWidth="1" min="48" max="48"/>
+    <col width="14" customWidth="1" min="49" max="49"/>
+    <col width="14" customWidth="1" min="50" max="50"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -23793,50 +26823,80 @@
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
       <c r="AP1" t="inlineStr">
         <is>
           <t>2025-10-20</t>
         </is>
       </c>
       <c r="AQ1" t="inlineStr">
         <is>
           <t>2025-10-27</t>
         </is>
       </c>
       <c r="AR1" t="inlineStr">
         <is>
           <t>2025-11-03</t>
         </is>
       </c>
+      <c r="AS1" t="inlineStr">
+        <is>
+          <t>2025-11-10</t>
+        </is>
+      </c>
+      <c r="AT1" t="inlineStr">
+        <is>
+          <t>2025-11-17</t>
+        </is>
+      </c>
+      <c r="AU1" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
+      <c r="AV1" t="inlineStr">
+        <is>
+          <t>2025-12-01</t>
+        </is>
+      </c>
+      <c r="AW1" t="inlineStr">
+        <is>
+          <t>2025-12-08</t>
+        </is>
+      </c>
+      <c r="AX1" t="inlineStr">
+        <is>
+          <t>2025-12-15</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.16</v>
       </c>
@@ -23929,50 +26989,68 @@
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AN2" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AO2" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AP2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.13</v>
       </c>
+      <c r="AS2" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AT2" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AU2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AV2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AW2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AX2" s="1" t="n">
+        <v>0.14</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.34</v>
       </c>
@@ -24065,50 +27143,68 @@
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AN3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AO3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AP3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.23</v>
       </c>
+      <c r="AS3" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AT3" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="AU3" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AV3" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="AW3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AX3" s="1" t="n">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.15</v>
       </c>
@@ -24201,50 +27297,68 @@
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AN4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AO4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AP4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.14</v>
       </c>
+      <c r="AS4" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AT4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AU4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AV4" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AW4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AX4" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -24337,50 +27451,68 @@
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AN5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AO5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AP5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="AS5" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AT5" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AU5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AV5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AW5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AX5" s="1" t="n">
+        <v>0.05</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -24473,50 +27605,68 @@
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AN6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AO6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AP6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AS6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AT6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AU6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AV6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AW6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AX6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.2</v>
       </c>
@@ -24609,50 +27759,68 @@
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AN7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AO7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AP7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.21</v>
       </c>
+      <c r="AS7" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="AT7" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AU7" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AV7" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AW7" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="AX7" s="1" t="n">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.1</v>
       </c>
@@ -24745,50 +27913,68 @@
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AN8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AO8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AP8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.21</v>
       </c>
+      <c r="AS8" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AT8" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="AU8" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AV8" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AW8" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AX8" s="1" t="n">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -24881,50 +28067,68 @@
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AO9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AP9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AS9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AT9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AU9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AV9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AW9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AX9" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>585</v>
       </c>
       <c r="C10" t="n">
         <v>694</v>
       </c>
       <c r="D10" t="n">
         <v>712</v>
       </c>
       <c r="E10" t="n">
         <v>683</v>
       </c>
       <c r="F10" t="n">
         <v>624</v>
       </c>
       <c r="G10" t="n">
         <v>658</v>
       </c>
@@ -25017,50 +28221,68 @@
       </c>
       <c r="AK10" t="n">
         <v>566</v>
       </c>
       <c r="AL10" t="n">
         <v>584</v>
       </c>
       <c r="AM10" t="n">
         <v>636</v>
       </c>
       <c r="AN10" t="n">
         <v>587</v>
       </c>
       <c r="AO10" t="n">
         <v>560</v>
       </c>
       <c r="AP10" t="n">
         <v>587</v>
       </c>
       <c r="AQ10" t="n">
         <v>608</v>
       </c>
       <c r="AR10" t="n">
         <v>580</v>
       </c>
+      <c r="AS10" t="n">
+        <v>579</v>
+      </c>
+      <c r="AT10" t="n">
+        <v>606</v>
+      </c>
+      <c r="AU10" t="n">
+        <v>598</v>
+      </c>
+      <c r="AV10" t="n">
+        <v>585</v>
+      </c>
+      <c r="AW10" t="n">
+        <v>570</v>
+      </c>
+      <c r="AX10" t="n">
+        <v>622</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>659</v>
       </c>
       <c r="C11" t="n">
         <v>713</v>
       </c>
       <c r="D11" t="n">
         <v>729</v>
       </c>
       <c r="E11" t="n">
         <v>716</v>
       </c>
       <c r="F11" t="n">
         <v>690</v>
       </c>
       <c r="G11" t="n">
         <v>709</v>
       </c>
@@ -25152,64 +28374,82 @@
         <v>727</v>
       </c>
       <c r="AK11" t="n">
         <v>682</v>
       </c>
       <c r="AL11" t="n">
         <v>669</v>
       </c>
       <c r="AM11" t="n">
         <v>740</v>
       </c>
       <c r="AN11" t="n">
         <v>667</v>
       </c>
       <c r="AO11" t="n">
         <v>648</v>
       </c>
       <c r="AP11" t="n">
         <v>661</v>
       </c>
       <c r="AQ11" t="n">
         <v>673</v>
       </c>
       <c r="AR11" t="n">
         <v>658</v>
+      </c>
+      <c r="AS11" t="n">
+        <v>666</v>
+      </c>
+      <c r="AT11" t="n">
+        <v>650</v>
+      </c>
+      <c r="AU11" t="n">
+        <v>664</v>
+      </c>
+      <c r="AV11" t="n">
+        <v>671</v>
+      </c>
+      <c r="AW11" t="n">
+        <v>645</v>
+      </c>
+      <c r="AX11" t="n">
+        <v>642</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AR11"/>
+  <dimension ref="A1:AX11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -25217,50 +28457,56 @@
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
+    <col width="14" customWidth="1" min="45" max="45"/>
+    <col width="14" customWidth="1" min="46" max="46"/>
+    <col width="14" customWidth="1" min="47" max="47"/>
+    <col width="14" customWidth="1" min="48" max="48"/>
+    <col width="14" customWidth="1" min="49" max="49"/>
+    <col width="14" customWidth="1" min="50" max="50"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -25440,50 +28686,80 @@
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
       <c r="AP1" t="inlineStr">
         <is>
           <t>2025-10-20</t>
         </is>
       </c>
       <c r="AQ1" t="inlineStr">
         <is>
           <t>2025-10-27</t>
         </is>
       </c>
       <c r="AR1" t="inlineStr">
         <is>
           <t>2025-11-03</t>
         </is>
       </c>
+      <c r="AS1" t="inlineStr">
+        <is>
+          <t>2025-11-10</t>
+        </is>
+      </c>
+      <c r="AT1" t="inlineStr">
+        <is>
+          <t>2025-11-17</t>
+        </is>
+      </c>
+      <c r="AU1" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
+      <c r="AV1" t="inlineStr">
+        <is>
+          <t>2025-12-01</t>
+        </is>
+      </c>
+      <c r="AW1" t="inlineStr">
+        <is>
+          <t>2025-12-08</t>
+        </is>
+      </c>
+      <c r="AX1" t="inlineStr">
+        <is>
+          <t>2025-12-15</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.2</v>
       </c>
@@ -25576,50 +28852,68 @@
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AN2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AO2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AP2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="AS2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AT2" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AU2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AV2" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AW2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AX2" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.2</v>
       </c>
@@ -25712,50 +29006,68 @@
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AN3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AO3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AP3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="AS3" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AT3" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AU3" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AV3" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AW3" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AX3" s="1" t="n">
+        <v>0.18</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.14</v>
       </c>
@@ -25848,50 +29160,68 @@
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AN4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AO4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AP4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.14</v>
       </c>
+      <c r="AS4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AT4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AU4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AV4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AW4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AX4" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.04</v>
       </c>
@@ -25984,50 +29314,68 @@
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AN5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AO5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AP5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="AS5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AT5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AU5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AV5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AW5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AX5" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -26120,50 +29468,68 @@
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AN6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AO6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AP6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AS6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AT6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AU6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AV6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AW6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AX6" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.34</v>
       </c>
@@ -26256,50 +29622,68 @@
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AN7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AO7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AP7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.34</v>
       </c>
+      <c r="AS7" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="AT7" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="AU7" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="AV7" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="AW7" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="AX7" s="1" t="n">
+        <v>0.34</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.06</v>
       </c>
@@ -26392,50 +29776,68 @@
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AN8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AO8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AP8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.12</v>
       </c>
+      <c r="AS8" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AT8" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AU8" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AV8" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AW8" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AX8" s="1" t="n">
+        <v>0.12</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -26528,50 +29930,68 @@
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AO9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AP9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AS9" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AT9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AU9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AV9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AW9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AX9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>470</v>
       </c>
       <c r="C10" t="n">
         <v>477</v>
       </c>
       <c r="D10" t="n">
         <v>486</v>
       </c>
       <c r="E10" t="n">
         <v>507</v>
       </c>
       <c r="F10" t="n">
         <v>487</v>
       </c>
       <c r="G10" t="n">
         <v>507</v>
       </c>
@@ -26664,50 +30084,68 @@
       </c>
       <c r="AK10" t="n">
         <v>472</v>
       </c>
       <c r="AL10" t="n">
         <v>460</v>
       </c>
       <c r="AM10" t="n">
         <v>537</v>
       </c>
       <c r="AN10" t="n">
         <v>464</v>
       </c>
       <c r="AO10" t="n">
         <v>461</v>
       </c>
       <c r="AP10" t="n">
         <v>462</v>
       </c>
       <c r="AQ10" t="n">
         <v>472</v>
       </c>
       <c r="AR10" t="n">
         <v>480</v>
       </c>
+      <c r="AS10" t="n">
+        <v>483</v>
+      </c>
+      <c r="AT10" t="n">
+        <v>468</v>
+      </c>
+      <c r="AU10" t="n">
+        <v>441</v>
+      </c>
+      <c r="AV10" t="n">
+        <v>444</v>
+      </c>
+      <c r="AW10" t="n">
+        <v>477</v>
+      </c>
+      <c r="AX10" t="n">
+        <v>444</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>441</v>
       </c>
       <c r="C11" t="n">
         <v>476</v>
       </c>
       <c r="D11" t="n">
         <v>487</v>
       </c>
       <c r="E11" t="n">
         <v>478</v>
       </c>
       <c r="F11" t="n">
         <v>461</v>
       </c>
       <c r="G11" t="n">
         <v>474</v>
       </c>
@@ -26799,64 +30237,82 @@
         <v>490</v>
       </c>
       <c r="AK11" t="n">
         <v>460</v>
       </c>
       <c r="AL11" t="n">
         <v>451</v>
       </c>
       <c r="AM11" t="n">
         <v>499</v>
       </c>
       <c r="AN11" t="n">
         <v>450</v>
       </c>
       <c r="AO11" t="n">
         <v>437</v>
       </c>
       <c r="AP11" t="n">
         <v>446</v>
       </c>
       <c r="AQ11" t="n">
         <v>454</v>
       </c>
       <c r="AR11" t="n">
         <v>444</v>
+      </c>
+      <c r="AS11" t="n">
+        <v>449</v>
+      </c>
+      <c r="AT11" t="n">
+        <v>438</v>
+      </c>
+      <c r="AU11" t="n">
+        <v>448</v>
+      </c>
+      <c r="AV11" t="n">
+        <v>452</v>
+      </c>
+      <c r="AW11" t="n">
+        <v>435</v>
+      </c>
+      <c r="AX11" t="n">
+        <v>433</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AR11"/>
+  <dimension ref="A1:AX11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -26864,50 +30320,56 @@
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
+    <col width="14" customWidth="1" min="45" max="45"/>
+    <col width="14" customWidth="1" min="46" max="46"/>
+    <col width="14" customWidth="1" min="47" max="47"/>
+    <col width="14" customWidth="1" min="48" max="48"/>
+    <col width="14" customWidth="1" min="49" max="49"/>
+    <col width="14" customWidth="1" min="50" max="50"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -27087,50 +30549,80 @@
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
       <c r="AP1" t="inlineStr">
         <is>
           <t>2025-10-20</t>
         </is>
       </c>
       <c r="AQ1" t="inlineStr">
         <is>
           <t>2025-10-27</t>
         </is>
       </c>
       <c r="AR1" t="inlineStr">
         <is>
           <t>2025-11-03</t>
         </is>
       </c>
+      <c r="AS1" t="inlineStr">
+        <is>
+          <t>2025-11-10</t>
+        </is>
+      </c>
+      <c r="AT1" t="inlineStr">
+        <is>
+          <t>2025-11-17</t>
+        </is>
+      </c>
+      <c r="AU1" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
+      <c r="AV1" t="inlineStr">
+        <is>
+          <t>2025-12-01</t>
+        </is>
+      </c>
+      <c r="AW1" t="inlineStr">
+        <is>
+          <t>2025-12-08</t>
+        </is>
+      </c>
+      <c r="AX1" t="inlineStr">
+        <is>
+          <t>2025-12-15</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.34</v>
       </c>
@@ -27223,50 +30715,68 @@
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AN2" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AO2" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AP2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.25</v>
       </c>
+      <c r="AS2" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="AT2" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="AU2" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="AV2" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="AW2" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="AX2" s="1" t="n">
+        <v>0.26</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.12</v>
       </c>
@@ -27359,50 +30869,68 @@
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AN3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AO3" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AP3" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.13</v>
       </c>
+      <c r="AS3" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AT3" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AU3" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AV3" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AW3" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AX3" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.12</v>
       </c>
@@ -27495,50 +31023,68 @@
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AN4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AO4" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AP4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="AS4" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AT4" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AU4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AV4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AW4" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AX4" s="1" t="n">
+        <v>0.11</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.02</v>
       </c>
@@ -27631,50 +31177,68 @@
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AN5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AO5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AP5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AS5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AT5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AU5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AV5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AW5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AX5" s="1" t="n">
+        <v>0.04</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -27767,50 +31331,68 @@
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AN6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AO6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AP6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AS6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AT6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AU6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AV6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AW6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AX6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.34</v>
       </c>
@@ -27903,50 +31485,68 @@
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="AN7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AO7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AP7" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.36</v>
       </c>
+      <c r="AS7" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="AT7" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="AU7" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="AV7" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AW7" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="AX7" s="1" t="n">
+        <v>0.38</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.04</v>
       </c>
@@ -28039,50 +31639,68 @@
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AN8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AO8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AP8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.05</v>
       </c>
+      <c r="AS8" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AT8" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AU8" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AV8" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AW8" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AX8" s="1" t="n">
+        <v>0.05</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -28175,50 +31793,68 @@
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AO9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AP9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AS9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AT9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AU9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AV9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AW9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AX9" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>551</v>
       </c>
       <c r="C10" t="n">
         <v>567</v>
       </c>
       <c r="D10" t="n">
         <v>556</v>
       </c>
       <c r="E10" t="n">
         <v>570</v>
       </c>
       <c r="F10" t="n">
         <v>556</v>
       </c>
       <c r="G10" t="n">
         <v>553</v>
       </c>
@@ -28311,50 +31947,68 @@
       </c>
       <c r="AK10" t="n">
         <v>575</v>
       </c>
       <c r="AL10" t="n">
         <v>529</v>
       </c>
       <c r="AM10" t="n">
         <v>595</v>
       </c>
       <c r="AN10" t="n">
         <v>534</v>
       </c>
       <c r="AO10" t="n">
         <v>517</v>
       </c>
       <c r="AP10" t="n">
         <v>531</v>
       </c>
       <c r="AQ10" t="n">
         <v>520</v>
       </c>
       <c r="AR10" t="n">
         <v>506</v>
       </c>
+      <c r="AS10" t="n">
+        <v>537</v>
+      </c>
+      <c r="AT10" t="n">
+        <v>484</v>
+      </c>
+      <c r="AU10" t="n">
+        <v>517</v>
+      </c>
+      <c r="AV10" t="n">
+        <v>552</v>
+      </c>
+      <c r="AW10" t="n">
+        <v>504</v>
+      </c>
+      <c r="AX10" t="n">
+        <v>485</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>430</v>
       </c>
       <c r="C11" t="n">
         <v>466</v>
       </c>
       <c r="D11" t="n">
         <v>476</v>
       </c>
       <c r="E11" t="n">
         <v>467</v>
       </c>
       <c r="F11" t="n">
         <v>450</v>
       </c>
       <c r="G11" t="n">
         <v>463</v>
       </c>
@@ -28446,64 +32100,82 @@
         <v>481</v>
       </c>
       <c r="AK11" t="n">
         <v>451</v>
       </c>
       <c r="AL11" t="n">
         <v>443</v>
       </c>
       <c r="AM11" t="n">
         <v>490</v>
       </c>
       <c r="AN11" t="n">
         <v>441</v>
       </c>
       <c r="AO11" t="n">
         <v>429</v>
       </c>
       <c r="AP11" t="n">
         <v>437</v>
       </c>
       <c r="AQ11" t="n">
         <v>445</v>
       </c>
       <c r="AR11" t="n">
         <v>435</v>
+      </c>
+      <c r="AS11" t="n">
+        <v>440</v>
+      </c>
+      <c r="AT11" t="n">
+        <v>430</v>
+      </c>
+      <c r="AU11" t="n">
+        <v>439</v>
+      </c>
+      <c r="AV11" t="n">
+        <v>444</v>
+      </c>
+      <c r="AW11" t="n">
+        <v>426</v>
+      </c>
+      <c r="AX11" t="n">
+        <v>425</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AR11"/>
+  <dimension ref="A1:AX11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -28511,50 +32183,56 @@
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
+    <col width="14" customWidth="1" min="45" max="45"/>
+    <col width="14" customWidth="1" min="46" max="46"/>
+    <col width="14" customWidth="1" min="47" max="47"/>
+    <col width="14" customWidth="1" min="48" max="48"/>
+    <col width="14" customWidth="1" min="49" max="49"/>
+    <col width="14" customWidth="1" min="50" max="50"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -28734,50 +32412,80 @@
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
       <c r="AP1" t="inlineStr">
         <is>
           <t>2025-10-20</t>
         </is>
       </c>
       <c r="AQ1" t="inlineStr">
         <is>
           <t>2025-10-27</t>
         </is>
       </c>
       <c r="AR1" t="inlineStr">
         <is>
           <t>2025-11-03</t>
         </is>
       </c>
+      <c r="AS1" t="inlineStr">
+        <is>
+          <t>2025-11-10</t>
+        </is>
+      </c>
+      <c r="AT1" t="inlineStr">
+        <is>
+          <t>2025-11-17</t>
+        </is>
+      </c>
+      <c r="AU1" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
+      <c r="AV1" t="inlineStr">
+        <is>
+          <t>2025-12-01</t>
+        </is>
+      </c>
+      <c r="AW1" t="inlineStr">
+        <is>
+          <t>2025-12-08</t>
+        </is>
+      </c>
+      <c r="AX1" t="inlineStr">
+        <is>
+          <t>2025-12-15</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.2</v>
       </c>
@@ -28870,50 +32578,68 @@
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AN2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AO2" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AP2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="AS2" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AT2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AU2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AV2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AW2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AX2" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.23</v>
       </c>
@@ -29006,50 +32732,68 @@
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AN3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AO3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AP3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.19</v>
       </c>
+      <c r="AS3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AT3" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AU3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AV3" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AW3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AX3" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.14</v>
       </c>
@@ -29142,50 +32886,68 @@
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AN4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AO4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AP4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.13</v>
       </c>
+      <c r="AS4" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AT4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AU4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AV4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AW4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AX4" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -29278,50 +33040,68 @@
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AN5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AO5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AP5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="AS5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AT5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AU5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AV5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AW5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AX5" s="1" t="n">
+        <v>0.04</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -29414,50 +33194,68 @@
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AN6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AO6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AP6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AS6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AT6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AU6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AV6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AW6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AX6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.33</v>
       </c>
@@ -29550,50 +33348,68 @@
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AN7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AO7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AP7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.31</v>
       </c>
+      <c r="AS7" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="AT7" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="AU7" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="AV7" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="AW7" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AX7" s="1" t="n">
+        <v>0.32</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
@@ -29686,50 +33502,68 @@
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AN8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AO8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AP8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.12</v>
       </c>
+      <c r="AS8" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AT8" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AU8" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AV8" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AW8" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AX8" s="1" t="n">
+        <v>0.14</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -29822,50 +33656,68 @@
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AO9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AP9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AS9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AT9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AU9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AV9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AW9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AX9" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>781</v>
       </c>
       <c r="C10" t="n">
         <v>844</v>
       </c>
       <c r="D10" t="n">
         <v>872</v>
       </c>
       <c r="E10" t="n">
         <v>867</v>
       </c>
       <c r="F10" t="n">
         <v>814</v>
       </c>
       <c r="G10" t="n">
         <v>854</v>
       </c>
@@ -29958,50 +33810,68 @@
       </c>
       <c r="AK10" t="n">
         <v>817</v>
       </c>
       <c r="AL10" t="n">
         <v>814</v>
       </c>
       <c r="AM10" t="n">
         <v>902</v>
       </c>
       <c r="AN10" t="n">
         <v>798</v>
       </c>
       <c r="AO10" t="n">
         <v>780</v>
       </c>
       <c r="AP10" t="n">
         <v>777</v>
       </c>
       <c r="AQ10" t="n">
         <v>793</v>
       </c>
       <c r="AR10" t="n">
         <v>808</v>
       </c>
+      <c r="AS10" t="n">
+        <v>807</v>
+      </c>
+      <c r="AT10" t="n">
+        <v>784</v>
+      </c>
+      <c r="AU10" t="n">
+        <v>811</v>
+      </c>
+      <c r="AV10" t="n">
+        <v>798</v>
+      </c>
+      <c r="AW10" t="n">
+        <v>770</v>
+      </c>
+      <c r="AX10" t="n">
+        <v>770</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>823</v>
       </c>
       <c r="C11" t="n">
         <v>891</v>
       </c>
       <c r="D11" t="n">
         <v>910</v>
       </c>
       <c r="E11" t="n">
         <v>894</v>
       </c>
       <c r="F11" t="n">
         <v>862</v>
       </c>
       <c r="G11" t="n">
         <v>886</v>
       </c>
@@ -30093,64 +33963,82 @@
         <v>911</v>
       </c>
       <c r="AK11" t="n">
         <v>855</v>
       </c>
       <c r="AL11" t="n">
         <v>839</v>
       </c>
       <c r="AM11" t="n">
         <v>928</v>
       </c>
       <c r="AN11" t="n">
         <v>836</v>
       </c>
       <c r="AO11" t="n">
         <v>812</v>
       </c>
       <c r="AP11" t="n">
         <v>828</v>
       </c>
       <c r="AQ11" t="n">
         <v>844</v>
       </c>
       <c r="AR11" t="n">
         <v>824</v>
+      </c>
+      <c r="AS11" t="n">
+        <v>834</v>
+      </c>
+      <c r="AT11" t="n">
+        <v>814</v>
+      </c>
+      <c r="AU11" t="n">
+        <v>832</v>
+      </c>
+      <c r="AV11" t="n">
+        <v>841</v>
+      </c>
+      <c r="AW11" t="n">
+        <v>808</v>
+      </c>
+      <c r="AX11" t="n">
+        <v>805</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AR11"/>
+  <dimension ref="A1:AX11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -30158,50 +34046,56 @@
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
+    <col width="14" customWidth="1" min="45" max="45"/>
+    <col width="14" customWidth="1" min="46" max="46"/>
+    <col width="14" customWidth="1" min="47" max="47"/>
+    <col width="14" customWidth="1" min="48" max="48"/>
+    <col width="14" customWidth="1" min="49" max="49"/>
+    <col width="14" customWidth="1" min="50" max="50"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -30381,50 +34275,80 @@
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
       <c r="AP1" t="inlineStr">
         <is>
           <t>2025-10-20</t>
         </is>
       </c>
       <c r="AQ1" t="inlineStr">
         <is>
           <t>2025-10-27</t>
         </is>
       </c>
       <c r="AR1" t="inlineStr">
         <is>
           <t>2025-11-03</t>
         </is>
       </c>
+      <c r="AS1" t="inlineStr">
+        <is>
+          <t>2025-11-10</t>
+        </is>
+      </c>
+      <c r="AT1" t="inlineStr">
+        <is>
+          <t>2025-11-17</t>
+        </is>
+      </c>
+      <c r="AU1" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
+      <c r="AV1" t="inlineStr">
+        <is>
+          <t>2025-12-01</t>
+        </is>
+      </c>
+      <c r="AW1" t="inlineStr">
+        <is>
+          <t>2025-12-08</t>
+        </is>
+      </c>
+      <c r="AX1" t="inlineStr">
+        <is>
+          <t>2025-12-15</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.22</v>
       </c>
@@ -30517,50 +34441,68 @@
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AN2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AO2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AP2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="AS2" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AT2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AU2" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AV2" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AW2" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AX2" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.26</v>
       </c>
@@ -30653,50 +34595,68 @@
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AN3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AO3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AP3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.2</v>
       </c>
+      <c r="AS3" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AT3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AU3" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AV3" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AW3" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AX3" s="1" t="n">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.14</v>
       </c>
@@ -30789,50 +34749,68 @@
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AN4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AO4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AP4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="AS4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AT4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AU4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AV4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AW4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AX4" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -30925,50 +34903,68 @@
       </c>
       <c r="AK5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AN5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AO5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AP5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AS5" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AT5" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AU5" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AV5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AW5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AX5" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -31061,50 +35057,68 @@
       </c>
       <c r="AK6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AN6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AO6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AP6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AS6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AT6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AU6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AV6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AW6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AX6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.22</v>
       </c>
@@ -31197,50 +35211,68 @@
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AN7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AO7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AP7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.23</v>
       </c>
+      <c r="AS7" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="AT7" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="AU7" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AV7" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AW7" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="AX7" s="1" t="n">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.1</v>
       </c>
@@ -31333,50 +35365,68 @@
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AN8" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AO8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AP8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.19</v>
       </c>
+      <c r="AS8" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AT8" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AU8" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AV8" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AW8" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AX8" s="1" t="n">
+        <v>0.2</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.02</v>
       </c>
@@ -31469,50 +35519,68 @@
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AO9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AP9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AS9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AT9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AU9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AV9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AW9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AX9" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>910</v>
       </c>
       <c r="C10" t="n">
         <v>985</v>
       </c>
       <c r="D10" t="n">
         <v>997</v>
       </c>
       <c r="E10" t="n">
         <v>969</v>
       </c>
       <c r="F10" t="n">
         <v>956</v>
       </c>
       <c r="G10" t="n">
         <v>966</v>
       </c>
@@ -31605,50 +35673,68 @@
       </c>
       <c r="AK10" t="n">
         <v>942</v>
       </c>
       <c r="AL10" t="n">
         <v>912</v>
       </c>
       <c r="AM10" t="n">
         <v>1007</v>
       </c>
       <c r="AN10" t="n">
         <v>923</v>
       </c>
       <c r="AO10" t="n">
         <v>891</v>
       </c>
       <c r="AP10" t="n">
         <v>927</v>
       </c>
       <c r="AQ10" t="n">
         <v>943</v>
       </c>
       <c r="AR10" t="n">
         <v>888</v>
       </c>
+      <c r="AS10" t="n">
+        <v>910</v>
+      </c>
+      <c r="AT10" t="n">
+        <v>891</v>
+      </c>
+      <c r="AU10" t="n">
+        <v>901</v>
+      </c>
+      <c r="AV10" t="n">
+        <v>932</v>
+      </c>
+      <c r="AW10" t="n">
+        <v>892</v>
+      </c>
+      <c r="AX10" t="n">
+        <v>886</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>868</v>
       </c>
       <c r="C11" t="n">
         <v>938</v>
       </c>
       <c r="D11" t="n">
         <v>959</v>
       </c>
       <c r="E11" t="n">
         <v>942</v>
       </c>
       <c r="F11" t="n">
         <v>908</v>
       </c>
       <c r="G11" t="n">
         <v>934</v>
       </c>
@@ -31740,64 +35826,82 @@
         <v>963</v>
       </c>
       <c r="AK11" t="n">
         <v>904</v>
       </c>
       <c r="AL11" t="n">
         <v>887</v>
       </c>
       <c r="AM11" t="n">
         <v>981</v>
       </c>
       <c r="AN11" t="n">
         <v>885</v>
       </c>
       <c r="AO11" t="n">
         <v>859</v>
       </c>
       <c r="AP11" t="n">
         <v>876</v>
       </c>
       <c r="AQ11" t="n">
         <v>892</v>
       </c>
       <c r="AR11" t="n">
         <v>872</v>
+      </c>
+      <c r="AS11" t="n">
+        <v>883</v>
+      </c>
+      <c r="AT11" t="n">
+        <v>861</v>
+      </c>
+      <c r="AU11" t="n">
+        <v>880</v>
+      </c>
+      <c r="AV11" t="n">
+        <v>889</v>
+      </c>
+      <c r="AW11" t="n">
+        <v>854</v>
+      </c>
+      <c r="AX11" t="n">
+        <v>851</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AR11"/>
+  <dimension ref="A1:AX11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -31805,50 +35909,56 @@
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
+    <col width="14" customWidth="1" min="45" max="45"/>
+    <col width="14" customWidth="1" min="46" max="46"/>
+    <col width="14" customWidth="1" min="47" max="47"/>
+    <col width="14" customWidth="1" min="48" max="48"/>
+    <col width="14" customWidth="1" min="49" max="49"/>
+    <col width="14" customWidth="1" min="50" max="50"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -32028,50 +36138,80 @@
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
       <c r="AP1" t="inlineStr">
         <is>
           <t>2025-10-20</t>
         </is>
       </c>
       <c r="AQ1" t="inlineStr">
         <is>
           <t>2025-10-27</t>
         </is>
       </c>
       <c r="AR1" t="inlineStr">
         <is>
           <t>2025-11-03</t>
         </is>
       </c>
+      <c r="AS1" t="inlineStr">
+        <is>
+          <t>2025-11-10</t>
+        </is>
+      </c>
+      <c r="AT1" t="inlineStr">
+        <is>
+          <t>2025-11-17</t>
+        </is>
+      </c>
+      <c r="AU1" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
+      <c r="AV1" t="inlineStr">
+        <is>
+          <t>2025-12-01</t>
+        </is>
+      </c>
+      <c r="AW1" t="inlineStr">
+        <is>
+          <t>2025-12-08</t>
+        </is>
+      </c>
+      <c r="AX1" t="inlineStr">
+        <is>
+          <t>2025-12-15</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.2</v>
       </c>
@@ -32164,50 +36304,68 @@
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AN2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AO2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AP2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="AS2" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AT2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AU2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AV2" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AW2" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AX2" s="1" t="n">
+        <v>0.23</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.39</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.36</v>
       </c>
@@ -32300,50 +36458,68 @@
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AN3" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AO3" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AP3" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.26</v>
       </c>
+      <c r="AS3" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="AT3" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="AU3" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AV3" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="AW3" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AX3" s="1" t="n">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.13</v>
       </c>
@@ -32436,50 +36612,68 @@
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AN4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AO4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AP4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="AS4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AT4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AU4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AV4" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AW4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AX4" s="1" t="n">
+        <v>0.14</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -32572,50 +36766,68 @@
       </c>
       <c r="AK5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AN5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AO5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AP5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AS5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AU5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AX5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -32708,50 +36920,68 @@
       </c>
       <c r="AK6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AN6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AO6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AP6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AS6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AU6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AX6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.19</v>
       </c>
@@ -32844,50 +37074,68 @@
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AN7" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AO7" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AP7" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.13</v>
       </c>
+      <c r="AS7" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AT7" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AU7" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AV7" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AW7" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AX7" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.08</v>
       </c>
@@ -32980,50 +37228,68 @@
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AN8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AO8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AP8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.25</v>
       </c>
+      <c r="AS8" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="AT8" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="AU8" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AV8" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AW8" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="AX8" s="1" t="n">
+        <v>0.22</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.04</v>
       </c>
@@ -33116,50 +37382,68 @@
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AO9" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AP9" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="AS9" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AT9" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AU9" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AV9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AW9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AX9" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>137</v>
       </c>
       <c r="C10" t="n">
         <v>189</v>
       </c>
       <c r="D10" t="n">
         <v>218</v>
       </c>
       <c r="E10" t="n">
         <v>195</v>
       </c>
       <c r="F10" t="n">
         <v>205</v>
       </c>
       <c r="G10" t="n">
         <v>197</v>
       </c>
@@ -33252,50 +37536,68 @@
       </c>
       <c r="AK10" t="n">
         <v>185</v>
       </c>
       <c r="AL10" t="n">
         <v>189</v>
       </c>
       <c r="AM10" t="n">
         <v>206</v>
       </c>
       <c r="AN10" t="n">
         <v>192</v>
       </c>
       <c r="AO10" t="n">
         <v>219</v>
       </c>
       <c r="AP10" t="n">
         <v>197</v>
       </c>
       <c r="AQ10" t="n">
         <v>195</v>
       </c>
       <c r="AR10" t="n">
         <v>194</v>
       </c>
+      <c r="AS10" t="n">
+        <v>214</v>
+      </c>
+      <c r="AT10" t="n">
+        <v>207</v>
+      </c>
+      <c r="AU10" t="n">
+        <v>180</v>
+      </c>
+      <c r="AV10" t="n">
+        <v>209</v>
+      </c>
+      <c r="AW10" t="n">
+        <v>181</v>
+      </c>
+      <c r="AX10" t="n">
+        <v>174</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>209</v>
       </c>
       <c r="C11" t="n">
         <v>226</v>
       </c>
       <c r="D11" t="n">
         <v>231</v>
       </c>
       <c r="E11" t="n">
         <v>227</v>
       </c>
       <c r="F11" t="n">
         <v>219</v>
       </c>
       <c r="G11" t="n">
         <v>225</v>
       </c>
@@ -33387,64 +37689,82 @@
         <v>229</v>
       </c>
       <c r="AK11" t="n">
         <v>215</v>
       </c>
       <c r="AL11" t="n">
         <v>211</v>
       </c>
       <c r="AM11" t="n">
         <v>233</v>
       </c>
       <c r="AN11" t="n">
         <v>210</v>
       </c>
       <c r="AO11" t="n">
         <v>204</v>
       </c>
       <c r="AP11" t="n">
         <v>208</v>
       </c>
       <c r="AQ11" t="n">
         <v>212</v>
       </c>
       <c r="AR11" t="n">
         <v>207</v>
+      </c>
+      <c r="AS11" t="n">
+        <v>209</v>
+      </c>
+      <c r="AT11" t="n">
+        <v>204</v>
+      </c>
+      <c r="AU11" t="n">
+        <v>209</v>
+      </c>
+      <c r="AV11" t="n">
+        <v>211</v>
+      </c>
+      <c r="AW11" t="n">
+        <v>203</v>
+      </c>
+      <c r="AX11" t="n">
+        <v>202</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AR11"/>
+  <dimension ref="A1:AX11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -33452,50 +37772,56 @@
     <col width="14" customWidth="1" min="20" max="20"/>
     <col width="14" customWidth="1" min="21" max="21"/>
     <col width="14" customWidth="1" min="22" max="22"/>
     <col width="14" customWidth="1" min="23" max="23"/>
     <col width="14" customWidth="1" min="24" max="24"/>
     <col width="14" customWidth="1" min="25" max="25"/>
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
+    <col width="14" customWidth="1" min="45" max="45"/>
+    <col width="14" customWidth="1" min="46" max="46"/>
+    <col width="14" customWidth="1" min="47" max="47"/>
+    <col width="14" customWidth="1" min="48" max="48"/>
+    <col width="14" customWidth="1" min="49" max="49"/>
+    <col width="14" customWidth="1" min="50" max="50"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -33675,50 +38001,80 @@
       <c r="AN1" t="inlineStr">
         <is>
           <t>2025-10-06</t>
         </is>
       </c>
       <c r="AO1" t="inlineStr">
         <is>
           <t>2025-10-13</t>
         </is>
       </c>
       <c r="AP1" t="inlineStr">
         <is>
           <t>2025-10-20</t>
         </is>
       </c>
       <c r="AQ1" t="inlineStr">
         <is>
           <t>2025-10-27</t>
         </is>
       </c>
       <c r="AR1" t="inlineStr">
         <is>
           <t>2025-11-03</t>
         </is>
       </c>
+      <c r="AS1" t="inlineStr">
+        <is>
+          <t>2025-11-10</t>
+        </is>
+      </c>
+      <c r="AT1" t="inlineStr">
+        <is>
+          <t>2025-11-17</t>
+        </is>
+      </c>
+      <c r="AU1" t="inlineStr">
+        <is>
+          <t>2025-11-24</t>
+        </is>
+      </c>
+      <c r="AV1" t="inlineStr">
+        <is>
+          <t>2025-12-01</t>
+        </is>
+      </c>
+      <c r="AW1" t="inlineStr">
+        <is>
+          <t>2025-12-08</t>
+        </is>
+      </c>
+      <c r="AX1" t="inlineStr">
+        <is>
+          <t>2025-12-15</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.24</v>
       </c>
@@ -33811,50 +38167,68 @@
       </c>
       <c r="AK2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AL2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AM2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AN2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AO2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AP2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.19</v>
       </c>
+      <c r="AS2" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AT2" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AU2" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AV2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AW2" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AX2" s="1" t="n">
+        <v>0.18</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.17</v>
       </c>
@@ -33947,50 +38321,68 @@
       </c>
       <c r="AK3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AL3" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AM3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AN3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AO3" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AP3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.15</v>
       </c>
+      <c r="AS3" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AT3" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AU3" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AV3" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AW3" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AX3" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.21</v>
       </c>
@@ -34083,50 +38475,68 @@
       </c>
       <c r="AK4" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AL4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AM4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AN4" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AO4" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AP4" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.22</v>
       </c>
+      <c r="AS4" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AT4" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AU4" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AV4" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AW4" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AX4" s="1" t="n">
+        <v>0.2</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -34219,50 +38629,68 @@
       </c>
       <c r="AK5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AN5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AO5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AP5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AS5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AU5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AX5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -34355,50 +38783,68 @@
       </c>
       <c r="AK6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AL6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AM6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AN6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AO6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AP6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AS6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AT6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AU6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AV6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AW6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AX6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.29</v>
       </c>
@@ -34491,50 +38937,68 @@
       </c>
       <c r="AK7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AL7" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AM7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AN7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AO7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AP7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.3</v>
       </c>
+      <c r="AS7" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AT7" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="AU7" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="AV7" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="AW7" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="AX7" s="1" t="n">
+        <v>0.27</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.08</v>
       </c>
@@ -34627,50 +39091,68 @@
       </c>
       <c r="AK8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AL8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AM8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AN8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AO8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AP8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.14</v>
       </c>
+      <c r="AS8" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AT8" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AU8" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AV8" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AW8" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AX8" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -34763,50 +39245,68 @@
       </c>
       <c r="AK9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AL9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AM9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AN9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AO9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AP9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AS9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AT9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AU9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AV9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AW9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AX9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>595</v>
       </c>
       <c r="C10" t="n">
         <v>644</v>
       </c>
       <c r="D10" t="n">
         <v>657</v>
       </c>
       <c r="E10" t="n">
         <v>663</v>
       </c>
       <c r="F10" t="n">
         <v>595</v>
       </c>
       <c r="G10" t="n">
         <v>647</v>
       </c>
@@ -34899,50 +39399,68 @@
       </c>
       <c r="AK10" t="n">
         <v>638</v>
       </c>
       <c r="AL10" t="n">
         <v>601</v>
       </c>
       <c r="AM10" t="n">
         <v>686</v>
       </c>
       <c r="AN10" t="n">
         <v>610</v>
       </c>
       <c r="AO10" t="n">
         <v>572</v>
       </c>
       <c r="AP10" t="n">
         <v>579</v>
       </c>
       <c r="AQ10" t="n">
         <v>588</v>
       </c>
       <c r="AR10" t="n">
         <v>618</v>
       </c>
+      <c r="AS10" t="n">
+        <v>582</v>
+      </c>
+      <c r="AT10" t="n">
+        <v>577</v>
+      </c>
+      <c r="AU10" t="n">
+        <v>605</v>
+      </c>
+      <c r="AV10" t="n">
+        <v>639</v>
+      </c>
+      <c r="AW10" t="n">
+        <v>600</v>
+      </c>
+      <c r="AX10" t="n">
+        <v>583</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>592</v>
       </c>
       <c r="C11" t="n">
         <v>641</v>
       </c>
       <c r="D11" t="n">
         <v>655</v>
       </c>
       <c r="E11" t="n">
         <v>643</v>
       </c>
       <c r="F11" t="n">
         <v>620</v>
       </c>
       <c r="G11" t="n">
         <v>638</v>
       </c>
@@ -35034,46 +39552,64 @@
         <v>660</v>
       </c>
       <c r="AK11" t="n">
         <v>619</v>
       </c>
       <c r="AL11" t="n">
         <v>608</v>
       </c>
       <c r="AM11" t="n">
         <v>672</v>
       </c>
       <c r="AN11" t="n">
         <v>606</v>
       </c>
       <c r="AO11" t="n">
         <v>588</v>
       </c>
       <c r="AP11" t="n">
         <v>600</v>
       </c>
       <c r="AQ11" t="n">
         <v>611</v>
       </c>
       <c r="AR11" t="n">
         <v>597</v>
+      </c>
+      <c r="AS11" t="n">
+        <v>604</v>
+      </c>
+      <c r="AT11" t="n">
+        <v>590</v>
+      </c>
+      <c r="AU11" t="n">
+        <v>603</v>
+      </c>
+      <c r="AV11" t="n">
+        <v>609</v>
+      </c>
+      <c r="AW11" t="n">
+        <v>585</v>
+      </c>
+      <c r="AX11" t="n">
+        <v>583</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>