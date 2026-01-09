--- v3 (2025-12-18)
+++ v4 (2026-01-09)
@@ -460,51 +460,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AX11"/>
+  <dimension ref="A1:AZ11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -518,50 +518,52 @@
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
+    <col width="14" customWidth="1" min="51" max="51"/>
+    <col width="14" customWidth="1" min="52" max="52"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -771,50 +773,60 @@
       <c r="AT1" t="inlineStr">
         <is>
           <t>2025-11-17</t>
         </is>
       </c>
       <c r="AU1" t="inlineStr">
         <is>
           <t>2025-11-24</t>
         </is>
       </c>
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
+      <c r="AY1" t="inlineStr">
+        <is>
+          <t>2025-12-22</t>
+        </is>
+      </c>
+      <c r="AZ1" t="inlineStr">
+        <is>
+          <t>2026-01-05</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.21</v>
       </c>
@@ -925,50 +937,56 @@
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="AY2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AZ2" s="1" t="n">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.25</v>
       </c>
@@ -1079,50 +1097,56 @@
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="AY3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AZ3" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.14</v>
       </c>
@@ -1233,50 +1257,56 @@
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.14</v>
       </c>
+      <c r="AY4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AZ4" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -1387,50 +1417,56 @@
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AS5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="AY5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AZ5" s="1" t="n">
+        <v>0.04</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -1541,50 +1577,56 @@
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AY6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AZ6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.27</v>
       </c>
@@ -1695,50 +1737,56 @@
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.28</v>
       </c>
+      <c r="AY7" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="AZ7" s="1" t="n">
+        <v>0.26</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.09</v>
       </c>
@@ -1849,50 +1897,56 @@
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="AY8" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AZ8" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -2003,50 +2057,56 @@
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AY9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AZ9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>1691</v>
       </c>
       <c r="C10" t="n">
         <v>1829</v>
       </c>
       <c r="D10" t="n">
         <v>1869</v>
       </c>
       <c r="E10" t="n">
         <v>1836</v>
       </c>
       <c r="F10" t="n">
         <v>1770</v>
       </c>
       <c r="G10" t="n">
         <v>1820</v>
       </c>
@@ -2157,50 +2217,56 @@
       </c>
       <c r="AQ10" t="n">
         <v>1736</v>
       </c>
       <c r="AR10" t="n">
         <v>1696</v>
       </c>
       <c r="AS10" t="n">
         <v>1717</v>
       </c>
       <c r="AT10" t="n">
         <v>1675</v>
       </c>
       <c r="AU10" t="n">
         <v>1712</v>
       </c>
       <c r="AV10" t="n">
         <v>1730</v>
       </c>
       <c r="AW10" t="n">
         <v>1662</v>
       </c>
       <c r="AX10" t="n">
         <v>1656</v>
       </c>
+      <c r="AY10" t="n">
+        <v>1666</v>
+      </c>
+      <c r="AZ10" t="n">
+        <v>1760</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>1691</v>
       </c>
       <c r="C11" t="n">
         <v>1829</v>
       </c>
       <c r="D11" t="n">
         <v>1869</v>
       </c>
       <c r="E11" t="n">
         <v>1836</v>
       </c>
       <c r="F11" t="n">
         <v>1770</v>
       </c>
       <c r="G11" t="n">
         <v>1820</v>
       </c>
@@ -2310,64 +2376,70 @@
         <v>1704</v>
       </c>
       <c r="AQ11" t="n">
         <v>1736</v>
       </c>
       <c r="AR11" t="n">
         <v>1696</v>
       </c>
       <c r="AS11" t="n">
         <v>1717</v>
       </c>
       <c r="AT11" t="n">
         <v>1675</v>
       </c>
       <c r="AU11" t="n">
         <v>1712</v>
       </c>
       <c r="AV11" t="n">
         <v>1730</v>
       </c>
       <c r="AW11" t="n">
         <v>1662</v>
       </c>
       <c r="AX11" t="n">
         <v>1656</v>
+      </c>
+      <c r="AY11" t="n">
+        <v>1666</v>
+      </c>
+      <c r="AZ11" t="n">
+        <v>1760</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AX11"/>
+  <dimension ref="A1:AZ11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -2381,50 +2453,52 @@
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
+    <col width="14" customWidth="1" min="51" max="51"/>
+    <col width="14" customWidth="1" min="52" max="52"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -2634,50 +2708,60 @@
       <c r="AT1" t="inlineStr">
         <is>
           <t>2025-11-17</t>
         </is>
       </c>
       <c r="AU1" t="inlineStr">
         <is>
           <t>2025-11-24</t>
         </is>
       </c>
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
+      <c r="AY1" t="inlineStr">
+        <is>
+          <t>2025-12-22</t>
+        </is>
+      </c>
+      <c r="AZ1" t="inlineStr">
+        <is>
+          <t>2026-01-05</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.25</v>
       </c>
@@ -2788,50 +2872,56 @@
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.22</v>
       </c>
+      <c r="AY2" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="AZ2" s="1" t="n">
+        <v>0.26</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.25</v>
       </c>
@@ -2942,50 +3032,56 @@
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="AY3" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="AZ3" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.11</v>
       </c>
@@ -3096,50 +3192,56 @@
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.08</v>
       </c>
+      <c r="AY4" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AZ4" s="1" t="n">
+        <v>0.11</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -3250,50 +3352,56 @@
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AS5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AY5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -3404,50 +3512,56 @@
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AS6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AY6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.24</v>
       </c>
@@ -3558,50 +3672,56 @@
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.3</v>
       </c>
+      <c r="AY7" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="AZ7" s="1" t="n">
+        <v>0.27</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.14</v>
       </c>
@@ -3712,50 +3832,56 @@
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="AY8" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AZ8" s="1" t="n">
+        <v>0.18</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -3866,50 +3992,56 @@
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="AY9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AZ9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>312</v>
       </c>
       <c r="C10" t="n">
         <v>325</v>
       </c>
       <c r="D10" t="n">
         <v>302</v>
       </c>
       <c r="E10" t="n">
         <v>296</v>
       </c>
       <c r="F10" t="n">
         <v>297</v>
       </c>
       <c r="G10" t="n">
         <v>299</v>
       </c>
@@ -4020,50 +4152,56 @@
       </c>
       <c r="AQ10" t="n">
         <v>280</v>
       </c>
       <c r="AR10" t="n">
         <v>285</v>
       </c>
       <c r="AS10" t="n">
         <v>271</v>
       </c>
       <c r="AT10" t="n">
         <v>292</v>
       </c>
       <c r="AU10" t="n">
         <v>288</v>
       </c>
       <c r="AV10" t="n">
         <v>285</v>
       </c>
       <c r="AW10" t="n">
         <v>302</v>
       </c>
       <c r="AX10" t="n">
         <v>277</v>
       </c>
+      <c r="AY10" t="n">
+        <v>294</v>
+      </c>
+      <c r="AZ10" t="n">
+        <v>308</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>273</v>
       </c>
       <c r="C11" t="n">
         <v>296</v>
       </c>
       <c r="D11" t="n">
         <v>302</v>
       </c>
       <c r="E11" t="n">
         <v>297</v>
       </c>
       <c r="F11" t="n">
         <v>286</v>
       </c>
       <c r="G11" t="n">
         <v>294</v>
       </c>
@@ -4173,64 +4311,70 @@
         <v>278</v>
       </c>
       <c r="AQ11" t="n">
         <v>283</v>
       </c>
       <c r="AR11" t="n">
         <v>276</v>
       </c>
       <c r="AS11" t="n">
         <v>280</v>
       </c>
       <c r="AT11" t="n">
         <v>273</v>
       </c>
       <c r="AU11" t="n">
         <v>279</v>
       </c>
       <c r="AV11" t="n">
         <v>282</v>
       </c>
       <c r="AW11" t="n">
         <v>271</v>
       </c>
       <c r="AX11" t="n">
         <v>270</v>
+      </c>
+      <c r="AY11" t="n">
+        <v>272</v>
+      </c>
+      <c r="AZ11" t="n">
+        <v>287</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AX11"/>
+  <dimension ref="A1:AZ11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -4244,50 +4388,52 @@
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
+    <col width="14" customWidth="1" min="51" max="51"/>
+    <col width="14" customWidth="1" min="52" max="52"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -4497,50 +4643,60 @@
       <c r="AT1" t="inlineStr">
         <is>
           <t>2025-11-17</t>
         </is>
       </c>
       <c r="AU1" t="inlineStr">
         <is>
           <t>2025-11-24</t>
         </is>
       </c>
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
+      <c r="AY1" t="inlineStr">
+        <is>
+          <t>2025-12-22</t>
+        </is>
+      </c>
+      <c r="AZ1" t="inlineStr">
+        <is>
+          <t>2026-01-05</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.18</v>
       </c>
@@ -4651,50 +4807,56 @@
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.12</v>
       </c>
+      <c r="AY2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AZ2" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.3</v>
       </c>
@@ -4805,50 +4967,56 @@
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.23</v>
       </c>
+      <c r="AY3" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="AZ3" s="1" t="n">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.11</v>
       </c>
@@ -4959,50 +5127,56 @@
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.14</v>
       </c>
+      <c r="AY4" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AZ4" s="1" t="n">
+        <v>0.11</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -5113,50 +5287,56 @@
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AS5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AY5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -5267,50 +5447,56 @@
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AS6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AY6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.32</v>
       </c>
@@ -5421,50 +5607,56 @@
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.32</v>
       </c>
+      <c r="AY7" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="AZ7" s="1" t="n">
+        <v>0.29</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.08</v>
       </c>
@@ -5575,50 +5767,56 @@
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="AY8" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AZ8" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -5729,50 +5927,56 @@
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AY9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AZ9" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>407</v>
       </c>
       <c r="C10" t="n">
         <v>413</v>
       </c>
       <c r="D10" t="n">
         <v>461</v>
       </c>
       <c r="E10" t="n">
         <v>440</v>
       </c>
       <c r="F10" t="n">
         <v>407</v>
       </c>
       <c r="G10" t="n">
         <v>426</v>
       </c>
@@ -5883,50 +6087,56 @@
       </c>
       <c r="AQ10" t="n">
         <v>430</v>
       </c>
       <c r="AR10" t="n">
         <v>386</v>
       </c>
       <c r="AS10" t="n">
         <v>397</v>
       </c>
       <c r="AT10" t="n">
         <v>381</v>
       </c>
       <c r="AU10" t="n">
         <v>416</v>
       </c>
       <c r="AV10" t="n">
         <v>372</v>
       </c>
       <c r="AW10" t="n">
         <v>376</v>
       </c>
       <c r="AX10" t="n">
         <v>402</v>
       </c>
+      <c r="AY10" t="n">
+        <v>374</v>
+      </c>
+      <c r="AZ10" t="n">
+        <v>389</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>386</v>
       </c>
       <c r="C11" t="n">
         <v>418</v>
       </c>
       <c r="D11" t="n">
         <v>427</v>
       </c>
       <c r="E11" t="n">
         <v>420</v>
       </c>
       <c r="F11" t="n">
         <v>405</v>
       </c>
       <c r="G11" t="n">
         <v>416</v>
       </c>
@@ -6036,64 +6246,70 @@
         <v>387</v>
       </c>
       <c r="AQ11" t="n">
         <v>394</v>
       </c>
       <c r="AR11" t="n">
         <v>385</v>
       </c>
       <c r="AS11" t="n">
         <v>390</v>
       </c>
       <c r="AT11" t="n">
         <v>380</v>
       </c>
       <c r="AU11" t="n">
         <v>389</v>
       </c>
       <c r="AV11" t="n">
         <v>393</v>
       </c>
       <c r="AW11" t="n">
         <v>377</v>
       </c>
       <c r="AX11" t="n">
         <v>376</v>
+      </c>
+      <c r="AY11" t="n">
+        <v>378</v>
+      </c>
+      <c r="AZ11" t="n">
+        <v>400</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AX11"/>
+  <dimension ref="A1:AZ11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -6107,50 +6323,52 @@
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
+    <col width="14" customWidth="1" min="51" max="51"/>
+    <col width="14" customWidth="1" min="52" max="52"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -6360,50 +6578,60 @@
       <c r="AT1" t="inlineStr">
         <is>
           <t>2025-11-17</t>
         </is>
       </c>
       <c r="AU1" t="inlineStr">
         <is>
           <t>2025-11-24</t>
         </is>
       </c>
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
+      <c r="AY1" t="inlineStr">
+        <is>
+          <t>2025-12-22</t>
+        </is>
+      </c>
+      <c r="AZ1" t="inlineStr">
+        <is>
+          <t>2026-01-05</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.08</v>
       </c>
@@ -6514,50 +6742,56 @@
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.08</v>
       </c>
+      <c r="AY2" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AZ2" s="1" t="n">
+        <v>0.1</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.22</v>
       </c>
@@ -6668,50 +6902,56 @@
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.1</v>
       </c>
+      <c r="AY3" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AZ3" s="1" t="n">
+        <v>0.11</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
@@ -6822,50 +7062,56 @@
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.05</v>
       </c>
+      <c r="AY4" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AZ4" s="1" t="n">
+        <v>0.11</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.34</v>
       </c>
@@ -6976,50 +7222,56 @@
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="AS5" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0.39</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0.39</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0.4</v>
       </c>
+      <c r="AY5" s="1" t="n">
+        <v>0.37</v>
+      </c>
+      <c r="AZ5" s="1" t="n">
+        <v>0.4</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -7130,50 +7382,56 @@
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AS6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AY6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.22</v>
       </c>
@@ -7284,50 +7542,56 @@
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.29</v>
       </c>
+      <c r="AY7" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AZ7" s="1" t="n">
+        <v>0.18</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.06</v>
       </c>
@@ -7438,50 +7702,56 @@
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
+      <c r="AY8" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AZ8" s="1" t="n">
+        <v>0.08</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0</v>
       </c>
@@ -7592,50 +7862,56 @@
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AY9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AZ9" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>145</v>
       </c>
       <c r="C10" t="n">
         <v>162</v>
       </c>
       <c r="D10" t="n">
         <v>147</v>
       </c>
       <c r="E10" t="n">
         <v>158</v>
       </c>
       <c r="F10" t="n">
         <v>172</v>
       </c>
       <c r="G10" t="n">
         <v>150</v>
       </c>
@@ -7746,50 +8022,56 @@
       </c>
       <c r="AQ10" t="n">
         <v>155</v>
       </c>
       <c r="AR10" t="n">
         <v>128</v>
       </c>
       <c r="AS10" t="n">
         <v>152</v>
       </c>
       <c r="AT10" t="n">
         <v>142</v>
       </c>
       <c r="AU10" t="n">
         <v>136</v>
       </c>
       <c r="AV10" t="n">
         <v>121</v>
       </c>
       <c r="AW10" t="n">
         <v>136</v>
       </c>
       <c r="AX10" t="n">
         <v>121</v>
       </c>
+      <c r="AY10" t="n">
+        <v>135</v>
+      </c>
+      <c r="AZ10" t="n">
+        <v>141</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>147</v>
       </c>
       <c r="C11" t="n">
         <v>159</v>
       </c>
       <c r="D11" t="n">
         <v>162</v>
       </c>
       <c r="E11" t="n">
         <v>159</v>
       </c>
       <c r="F11" t="n">
         <v>154</v>
       </c>
       <c r="G11" t="n">
         <v>158</v>
       </c>
@@ -7899,64 +8181,70 @@
         <v>148</v>
       </c>
       <c r="AQ11" t="n">
         <v>151</v>
       </c>
       <c r="AR11" t="n">
         <v>148</v>
       </c>
       <c r="AS11" t="n">
         <v>149</v>
       </c>
       <c r="AT11" t="n">
         <v>146</v>
       </c>
       <c r="AU11" t="n">
         <v>149</v>
       </c>
       <c r="AV11" t="n">
         <v>151</v>
       </c>
       <c r="AW11" t="n">
         <v>145</v>
       </c>
       <c r="AX11" t="n">
         <v>144</v>
+      </c>
+      <c r="AY11" t="n">
+        <v>145</v>
+      </c>
+      <c r="AZ11" t="n">
+        <v>153</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AX11"/>
+  <dimension ref="A1:AZ11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -7970,50 +8258,52 @@
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
+    <col width="14" customWidth="1" min="51" max="51"/>
+    <col width="14" customWidth="1" min="52" max="52"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -8223,50 +8513,60 @@
       <c r="AT1" t="inlineStr">
         <is>
           <t>2025-11-17</t>
         </is>
       </c>
       <c r="AU1" t="inlineStr">
         <is>
           <t>2025-11-24</t>
         </is>
       </c>
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
+      <c r="AY1" t="inlineStr">
+        <is>
+          <t>2025-12-22</t>
+        </is>
+      </c>
+      <c r="AZ1" t="inlineStr">
+        <is>
+          <t>2026-01-05</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.19</v>
       </c>
@@ -8377,50 +8677,56 @@
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
+      <c r="AY2" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AZ2" s="1" t="n">
+        <v>0.11</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.28</v>
       </c>
@@ -8531,50 +8837,56 @@
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.11</v>
       </c>
+      <c r="AY3" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AZ3" s="1" t="n">
+        <v>0.11</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.05</v>
       </c>
@@ -8685,50 +8997,56 @@
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.09</v>
       </c>
+      <c r="AY4" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AZ4" s="1" t="n">
+        <v>0.08</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -8839,50 +9157,56 @@
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AS5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AY5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.18</v>
       </c>
@@ -8993,50 +9317,56 @@
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0.29</v>
       </c>
+      <c r="AY6" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="AZ6" s="1" t="n">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.25</v>
       </c>
@@ -9147,50 +9477,56 @@
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.32</v>
       </c>
+      <c r="AY7" s="1" t="n">
+        <v>0.39</v>
+      </c>
+      <c r="AZ7" s="1" t="n">
+        <v>0.31</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.05</v>
       </c>
@@ -9301,50 +9637,56 @@
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.12</v>
       </c>
+      <c r="AY8" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AZ8" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0</v>
       </c>
@@ -9455,50 +9797,56 @@
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AY9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AZ9" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>95</v>
       </c>
       <c r="C10" t="n">
         <v>96</v>
       </c>
       <c r="D10" t="n">
         <v>84</v>
       </c>
       <c r="E10" t="n">
         <v>84</v>
       </c>
       <c r="F10" t="n">
         <v>94</v>
       </c>
       <c r="G10" t="n">
         <v>101</v>
       </c>
@@ -9609,50 +9957,56 @@
       </c>
       <c r="AQ10" t="n">
         <v>88</v>
       </c>
       <c r="AR10" t="n">
         <v>85</v>
       </c>
       <c r="AS10" t="n">
         <v>101</v>
       </c>
       <c r="AT10" t="n">
         <v>76</v>
       </c>
       <c r="AU10" t="n">
         <v>87</v>
       </c>
       <c r="AV10" t="n">
         <v>104</v>
       </c>
       <c r="AW10" t="n">
         <v>67</v>
       </c>
       <c r="AX10" t="n">
         <v>99</v>
       </c>
+      <c r="AY10" t="n">
+        <v>91</v>
+      </c>
+      <c r="AZ10" t="n">
+        <v>100</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>83</v>
       </c>
       <c r="C11" t="n">
         <v>89</v>
       </c>
       <c r="D11" t="n">
         <v>91</v>
       </c>
       <c r="E11" t="n">
         <v>90</v>
       </c>
       <c r="F11" t="n">
         <v>87</v>
       </c>
       <c r="G11" t="n">
         <v>89</v>
       </c>
@@ -9762,64 +10116,70 @@
         <v>83</v>
       </c>
       <c r="AQ11" t="n">
         <v>85</v>
       </c>
       <c r="AR11" t="n">
         <v>83</v>
       </c>
       <c r="AS11" t="n">
         <v>84</v>
       </c>
       <c r="AT11" t="n">
         <v>82</v>
       </c>
       <c r="AU11" t="n">
         <v>84</v>
       </c>
       <c r="AV11" t="n">
         <v>85</v>
       </c>
       <c r="AW11" t="n">
         <v>81</v>
       </c>
       <c r="AX11" t="n">
         <v>81</v>
+      </c>
+      <c r="AY11" t="n">
+        <v>82</v>
+      </c>
+      <c r="AZ11" t="n">
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AX11"/>
+  <dimension ref="A1:AZ11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -9833,50 +10193,52 @@
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
+    <col width="14" customWidth="1" min="51" max="51"/>
+    <col width="14" customWidth="1" min="52" max="52"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -10086,50 +10448,60 @@
       <c r="AT1" t="inlineStr">
         <is>
           <t>2025-11-17</t>
         </is>
       </c>
       <c r="AU1" t="inlineStr">
         <is>
           <t>2025-11-24</t>
         </is>
       </c>
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
+      <c r="AY1" t="inlineStr">
+        <is>
+          <t>2025-12-22</t>
+        </is>
+      </c>
+      <c r="AZ1" t="inlineStr">
+        <is>
+          <t>2026-01-05</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.79</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.74</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.76</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.71</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.6899999999999999</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.72</v>
       </c>
@@ -10240,50 +10612,56 @@
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.61</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.59</v>
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.65</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.59</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.61</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.63</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.6</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.59</v>
       </c>
+      <c r="AY2" s="1" t="n">
+        <v>0.63</v>
+      </c>
+      <c r="AZ2" s="1" t="n">
+        <v>0.64</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.02</v>
       </c>
@@ -10394,50 +10772,56 @@
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AY3" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AZ3" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.04</v>
       </c>
@@ -10548,50 +10932,56 @@
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.06</v>
       </c>
+      <c r="AY4" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AZ4" s="1" t="n">
+        <v>0.06</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -10702,50 +11092,56 @@
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AS5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AY5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -10856,50 +11252,56 @@
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AS6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AY6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.22</v>
       </c>
@@ -11010,50 +11412,56 @@
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.29</v>
       </c>
+      <c r="AY7" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="AZ7" s="1" t="n">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -11164,50 +11572,56 @@
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AY8" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AZ8" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0</v>
       </c>
@@ -11318,50 +11732,56 @@
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AY9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AZ9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>303</v>
       </c>
       <c r="C10" t="n">
         <v>356</v>
       </c>
       <c r="D10" t="n">
         <v>346</v>
       </c>
       <c r="E10" t="n">
         <v>340</v>
       </c>
       <c r="F10" t="n">
         <v>334</v>
       </c>
       <c r="G10" t="n">
         <v>340</v>
       </c>
@@ -11472,50 +11892,56 @@
       </c>
       <c r="AQ10" t="n">
         <v>308</v>
       </c>
       <c r="AR10" t="n">
         <v>320</v>
       </c>
       <c r="AS10" t="n">
         <v>321</v>
       </c>
       <c r="AT10" t="n">
         <v>317</v>
       </c>
       <c r="AU10" t="n">
         <v>320</v>
       </c>
       <c r="AV10" t="n">
         <v>327</v>
       </c>
       <c r="AW10" t="n">
         <v>319</v>
       </c>
       <c r="AX10" t="n">
         <v>307</v>
       </c>
+      <c r="AY10" t="n">
+        <v>317</v>
+      </c>
+      <c r="AZ10" t="n">
+        <v>316</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>353</v>
       </c>
       <c r="C11" t="n">
         <v>381</v>
       </c>
       <c r="D11" t="n">
         <v>390</v>
       </c>
       <c r="E11" t="n">
         <v>383</v>
       </c>
       <c r="F11" t="n">
         <v>369</v>
       </c>
       <c r="G11" t="n">
         <v>380</v>
       </c>
@@ -11625,64 +12051,70 @@
         <v>358</v>
       </c>
       <c r="AQ11" t="n">
         <v>365</v>
       </c>
       <c r="AR11" t="n">
         <v>356</v>
       </c>
       <c r="AS11" t="n">
         <v>361</v>
       </c>
       <c r="AT11" t="n">
         <v>352</v>
       </c>
       <c r="AU11" t="n">
         <v>359</v>
       </c>
       <c r="AV11" t="n">
         <v>363</v>
       </c>
       <c r="AW11" t="n">
         <v>349</v>
       </c>
       <c r="AX11" t="n">
         <v>348</v>
+      </c>
+      <c r="AY11" t="n">
+        <v>350</v>
+      </c>
+      <c r="AZ11" t="n">
+        <v>370</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AX11"/>
+  <dimension ref="A1:AZ11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -11696,50 +12128,52 @@
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
+    <col width="14" customWidth="1" min="51" max="51"/>
+    <col width="14" customWidth="1" min="52" max="52"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -11949,50 +12383,60 @@
       <c r="AT1" t="inlineStr">
         <is>
           <t>2025-11-17</t>
         </is>
       </c>
       <c r="AU1" t="inlineStr">
         <is>
           <t>2025-11-24</t>
         </is>
       </c>
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
+      <c r="AY1" t="inlineStr">
+        <is>
+          <t>2025-12-22</t>
+        </is>
+      </c>
+      <c r="AZ1" t="inlineStr">
+        <is>
+          <t>2026-01-05</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.04</v>
       </c>
@@ -12103,50 +12547,56 @@
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AY2" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AZ2" s="1" t="n">
+        <v>0.05</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.7</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.6899999999999999</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.7</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.67</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.66</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.66</v>
       </c>
@@ -12257,50 +12707,56 @@
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.5</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.5</v>
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.51</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.5</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.52</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.49</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.51</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.47</v>
       </c>
+      <c r="AY3" s="1" t="n">
+        <v>0.52</v>
+      </c>
+      <c r="AZ3" s="1" t="n">
+        <v>0.5</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.11</v>
       </c>
@@ -12411,50 +12867,56 @@
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.14</v>
       </c>
+      <c r="AY4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AZ4" s="1" t="n">
+        <v>0.12</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -12565,50 +13027,56 @@
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AS5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AY5" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AZ5" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -12719,50 +13187,56 @@
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AY6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AZ6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.11</v>
       </c>
@@ -12873,50 +13347,56 @@
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.13</v>
       </c>
+      <c r="AY7" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="AZ7" s="1" t="n">
+        <v>0.11</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.06</v>
       </c>
@@ -13027,50 +13507,56 @@
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.19</v>
       </c>
+      <c r="AY8" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AZ8" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0</v>
       </c>
@@ -13181,50 +13667,56 @@
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AY9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AZ9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>506</v>
       </c>
       <c r="C10" t="n">
         <v>592</v>
       </c>
       <c r="D10" t="n">
         <v>584</v>
       </c>
       <c r="E10" t="n">
         <v>606</v>
       </c>
       <c r="F10" t="n">
         <v>519</v>
       </c>
       <c r="G10" t="n">
         <v>534</v>
       </c>
@@ -13335,50 +13827,56 @@
       </c>
       <c r="AQ10" t="n">
         <v>564</v>
       </c>
       <c r="AR10" t="n">
         <v>516</v>
       </c>
       <c r="AS10" t="n">
         <v>544</v>
       </c>
       <c r="AT10" t="n">
         <v>518</v>
       </c>
       <c r="AU10" t="n">
         <v>526</v>
       </c>
       <c r="AV10" t="n">
         <v>502</v>
       </c>
       <c r="AW10" t="n">
         <v>472</v>
       </c>
       <c r="AX10" t="n">
         <v>497</v>
       </c>
+      <c r="AY10" t="n">
+        <v>493</v>
+      </c>
+      <c r="AZ10" t="n">
+        <v>544</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>486</v>
       </c>
       <c r="C11" t="n">
         <v>526</v>
       </c>
       <c r="D11" t="n">
         <v>537</v>
       </c>
       <c r="E11" t="n">
         <v>528</v>
       </c>
       <c r="F11" t="n">
         <v>509</v>
       </c>
       <c r="G11" t="n">
         <v>523</v>
       </c>
@@ -13488,64 +13986,70 @@
         <v>491</v>
       </c>
       <c r="AQ11" t="n">
         <v>500</v>
       </c>
       <c r="AR11" t="n">
         <v>488</v>
       </c>
       <c r="AS11" t="n">
         <v>494</v>
       </c>
       <c r="AT11" t="n">
         <v>482</v>
       </c>
       <c r="AU11" t="n">
         <v>493</v>
       </c>
       <c r="AV11" t="n">
         <v>498</v>
       </c>
       <c r="AW11" t="n">
         <v>479</v>
       </c>
       <c r="AX11" t="n">
         <v>477</v>
+      </c>
+      <c r="AY11" t="n">
+        <v>480</v>
+      </c>
+      <c r="AZ11" t="n">
+        <v>507</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AX11"/>
+  <dimension ref="A1:AZ11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -13559,50 +14063,52 @@
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
+    <col width="14" customWidth="1" min="51" max="51"/>
+    <col width="14" customWidth="1" min="52" max="52"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -13812,50 +14318,60 @@
       <c r="AT1" t="inlineStr">
         <is>
           <t>2025-11-17</t>
         </is>
       </c>
       <c r="AU1" t="inlineStr">
         <is>
           <t>2025-11-24</t>
         </is>
       </c>
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
+      <c r="AY1" t="inlineStr">
+        <is>
+          <t>2025-12-22</t>
+        </is>
+      </c>
+      <c r="AZ1" t="inlineStr">
+        <is>
+          <t>2026-01-05</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.05</v>
       </c>
@@ -13966,50 +14482,56 @@
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="AY2" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AZ2" s="1" t="n">
+        <v>0.06</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.08</v>
       </c>
@@ -14120,50 +14642,56 @@
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.08</v>
       </c>
+      <c r="AY3" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AZ3" s="1" t="n">
+        <v>0.04</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.78</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.73</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.74</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.77</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.74</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.76</v>
       </c>
@@ -14274,50 +14802,56 @@
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.74</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.6899999999999999</v>
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.7</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.67</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.7</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.66</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.63</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.61</v>
       </c>
+      <c r="AY4" s="1" t="n">
+        <v>0.6899999999999999</v>
+      </c>
+      <c r="AZ4" s="1" t="n">
+        <v>0.72</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -14428,50 +14962,56 @@
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AS5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AY5" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AZ5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -14582,50 +15122,56 @@
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AY6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.05</v>
       </c>
@@ -14736,50 +15282,56 @@
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.1</v>
       </c>
+      <c r="AY7" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AZ7" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.04</v>
       </c>
@@ -14890,50 +15442,56 @@
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.14</v>
       </c>
+      <c r="AY8" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AZ8" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -15044,50 +15602,56 @@
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AY9" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ9" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>198</v>
       </c>
       <c r="C10" t="n">
         <v>200</v>
       </c>
       <c r="D10" t="n">
         <v>214</v>
       </c>
       <c r="E10" t="n">
         <v>230</v>
       </c>
       <c r="F10" t="n">
         <v>196</v>
       </c>
       <c r="G10" t="n">
         <v>210</v>
       </c>
@@ -15198,50 +15762,56 @@
       </c>
       <c r="AQ10" t="n">
         <v>196</v>
       </c>
       <c r="AR10" t="n">
         <v>203</v>
       </c>
       <c r="AS10" t="n">
         <v>187</v>
       </c>
       <c r="AT10" t="n">
         <v>185</v>
       </c>
       <c r="AU10" t="n">
         <v>184</v>
       </c>
       <c r="AV10" t="n">
         <v>200</v>
       </c>
       <c r="AW10" t="n">
         <v>186</v>
       </c>
       <c r="AX10" t="n">
         <v>201</v>
       </c>
+      <c r="AY10" t="n">
+        <v>198</v>
+      </c>
+      <c r="AZ10" t="n">
+        <v>199</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>179</v>
       </c>
       <c r="C11" t="n">
         <v>193</v>
       </c>
       <c r="D11" t="n">
         <v>198</v>
       </c>
       <c r="E11" t="n">
         <v>194</v>
       </c>
       <c r="F11" t="n">
         <v>187</v>
       </c>
       <c r="G11" t="n">
         <v>193</v>
       </c>
@@ -15351,64 +15921,70 @@
         <v>181</v>
       </c>
       <c r="AQ11" t="n">
         <v>184</v>
       </c>
       <c r="AR11" t="n">
         <v>180</v>
       </c>
       <c r="AS11" t="n">
         <v>182</v>
       </c>
       <c r="AT11" t="n">
         <v>178</v>
       </c>
       <c r="AU11" t="n">
         <v>181</v>
       </c>
       <c r="AV11" t="n">
         <v>183</v>
       </c>
       <c r="AW11" t="n">
         <v>176</v>
       </c>
       <c r="AX11" t="n">
         <v>176</v>
+      </c>
+      <c r="AY11" t="n">
+        <v>177</v>
+      </c>
+      <c r="AZ11" t="n">
+        <v>187</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AX11"/>
+  <dimension ref="A1:AZ11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -15422,50 +15998,52 @@
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
+    <col width="14" customWidth="1" min="51" max="51"/>
+    <col width="14" customWidth="1" min="52" max="52"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -15675,50 +16253,60 @@
       <c r="AT1" t="inlineStr">
         <is>
           <t>2025-11-17</t>
         </is>
       </c>
       <c r="AU1" t="inlineStr">
         <is>
           <t>2025-11-24</t>
         </is>
       </c>
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
+      <c r="AY1" t="inlineStr">
+        <is>
+          <t>2025-12-22</t>
+        </is>
+      </c>
+      <c r="AZ1" t="inlineStr">
+        <is>
+          <t>2026-01-05</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.05</v>
       </c>
@@ -15829,50 +16417,56 @@
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.05</v>
       </c>
+      <c r="AY2" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AZ2" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0</v>
       </c>
@@ -15983,50 +16577,56 @@
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AS3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AY3" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AZ3" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0</v>
       </c>
@@ -16137,50 +16737,56 @@
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AY4" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AZ4" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -16291,50 +16897,56 @@
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AS5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AY5" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AZ5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -16445,50 +17057,56 @@
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AY6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AZ6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.93</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.9</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.88</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.91</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.9399999999999999</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.9399999999999999</v>
       </c>
@@ -16599,50 +17217,56 @@
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.92</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.92</v>
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.92</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.9</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.87</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.86</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.88</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.91</v>
       </c>
+      <c r="AY7" s="1" t="n">
+        <v>0.83</v>
+      </c>
+      <c r="AZ7" s="1" t="n">
+        <v>0.93</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -16753,50 +17377,56 @@
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AY8" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AZ8" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0</v>
       </c>
@@ -16907,50 +17537,56 @@
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AY9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AZ9" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>300</v>
       </c>
       <c r="C10" t="n">
         <v>282</v>
       </c>
       <c r="D10" t="n">
         <v>266</v>
       </c>
       <c r="E10" t="n">
         <v>276</v>
       </c>
       <c r="F10" t="n">
         <v>229</v>
       </c>
       <c r="G10" t="n">
         <v>248</v>
       </c>
@@ -17061,50 +17697,56 @@
       </c>
       <c r="AQ10" t="n">
         <v>209</v>
       </c>
       <c r="AR10" t="n">
         <v>235</v>
       </c>
       <c r="AS10" t="n">
         <v>231</v>
       </c>
       <c r="AT10" t="n">
         <v>234</v>
       </c>
       <c r="AU10" t="n">
         <v>219</v>
       </c>
       <c r="AV10" t="n">
         <v>219</v>
       </c>
       <c r="AW10" t="n">
         <v>233</v>
       </c>
       <c r="AX10" t="n">
         <v>222</v>
       </c>
+      <c r="AY10" t="n">
+        <v>218</v>
+      </c>
+      <c r="AZ10" t="n">
+        <v>228</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>209</v>
       </c>
       <c r="C11" t="n">
         <v>226</v>
       </c>
       <c r="D11" t="n">
         <v>231</v>
       </c>
       <c r="E11" t="n">
         <v>227</v>
       </c>
       <c r="F11" t="n">
         <v>219</v>
       </c>
       <c r="G11" t="n">
         <v>225</v>
       </c>
@@ -17214,64 +17856,70 @@
         <v>211</v>
       </c>
       <c r="AQ11" t="n">
         <v>215</v>
       </c>
       <c r="AR11" t="n">
         <v>210</v>
       </c>
       <c r="AS11" t="n">
         <v>213</v>
       </c>
       <c r="AT11" t="n">
         <v>208</v>
       </c>
       <c r="AU11" t="n">
         <v>212</v>
       </c>
       <c r="AV11" t="n">
         <v>215</v>
       </c>
       <c r="AW11" t="n">
         <v>206</v>
       </c>
       <c r="AX11" t="n">
         <v>205</v>
+      </c>
+      <c r="AY11" t="n">
+        <v>207</v>
+      </c>
+      <c r="AZ11" t="n">
+        <v>218</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AX11"/>
+  <dimension ref="A1:AZ11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -17285,50 +17933,52 @@
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
+    <col width="14" customWidth="1" min="51" max="51"/>
+    <col width="14" customWidth="1" min="52" max="52"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -17538,50 +18188,60 @@
       <c r="AT1" t="inlineStr">
         <is>
           <t>2025-11-17</t>
         </is>
       </c>
       <c r="AU1" t="inlineStr">
         <is>
           <t>2025-11-24</t>
         </is>
       </c>
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
+      <c r="AY1" t="inlineStr">
+        <is>
+          <t>2025-12-22</t>
+        </is>
+      </c>
+      <c r="AZ1" t="inlineStr">
+        <is>
+          <t>2026-01-05</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.17</v>
       </c>
@@ -17692,50 +18352,56 @@
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.14</v>
       </c>
+      <c r="AY2" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AZ2" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.39</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.37</v>
       </c>
@@ -17846,50 +18512,56 @@
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.29</v>
       </c>
+      <c r="AY3" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="AZ3" s="1" t="n">
+        <v>0.27</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.2</v>
       </c>
@@ -18000,50 +18672,56 @@
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="AY4" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AZ4" s="1" t="n">
+        <v>0.22</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.04</v>
       </c>
@@ -18154,50 +18832,56 @@
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AS5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0.05</v>
       </c>
+      <c r="AY5" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="AZ5" s="1" t="n">
+        <v>0.06</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -18308,50 +18992,56 @@
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AY6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AZ6" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.08</v>
       </c>
@@ -18462,50 +19152,56 @@
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.08</v>
       </c>
+      <c r="AY7" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AZ7" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.11</v>
       </c>
@@ -18616,50 +19312,56 @@
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.2</v>
       </c>
+      <c r="AY8" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AZ8" s="1" t="n">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.02</v>
       </c>
@@ -18770,50 +19472,56 @@
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AY9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AZ9" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>726</v>
       </c>
       <c r="C10" t="n">
         <v>815</v>
       </c>
       <c r="D10" t="n">
         <v>784</v>
       </c>
       <c r="E10" t="n">
         <v>838</v>
       </c>
       <c r="F10" t="n">
         <v>792</v>
       </c>
       <c r="G10" t="n">
         <v>789</v>
       </c>
@@ -18924,50 +19632,56 @@
       </c>
       <c r="AQ10" t="n">
         <v>758</v>
       </c>
       <c r="AR10" t="n">
         <v>727</v>
       </c>
       <c r="AS10" t="n">
         <v>776</v>
       </c>
       <c r="AT10" t="n">
         <v>744</v>
       </c>
       <c r="AU10" t="n">
         <v>718</v>
       </c>
       <c r="AV10" t="n">
         <v>735</v>
       </c>
       <c r="AW10" t="n">
         <v>741</v>
       </c>
       <c r="AX10" t="n">
         <v>748</v>
       </c>
+      <c r="AY10" t="n">
+        <v>704</v>
+      </c>
+      <c r="AZ10" t="n">
+        <v>732</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>653</v>
       </c>
       <c r="C11" t="n">
         <v>706</v>
       </c>
       <c r="D11" t="n">
         <v>721</v>
       </c>
       <c r="E11" t="n">
         <v>709</v>
       </c>
       <c r="F11" t="n">
         <v>683</v>
       </c>
       <c r="G11" t="n">
         <v>702</v>
       </c>
@@ -19077,64 +19791,70 @@
         <v>655</v>
       </c>
       <c r="AQ11" t="n">
         <v>667</v>
       </c>
       <c r="AR11" t="n">
         <v>652</v>
       </c>
       <c r="AS11" t="n">
         <v>660</v>
       </c>
       <c r="AT11" t="n">
         <v>644</v>
       </c>
       <c r="AU11" t="n">
         <v>658</v>
       </c>
       <c r="AV11" t="n">
         <v>665</v>
       </c>
       <c r="AW11" t="n">
         <v>639</v>
       </c>
       <c r="AX11" t="n">
         <v>637</v>
+      </c>
+      <c r="AY11" t="n">
+        <v>640</v>
+      </c>
+      <c r="AZ11" t="n">
+        <v>676</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AX11"/>
+  <dimension ref="A1:AZ11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -19148,50 +19868,52 @@
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
+    <col width="14" customWidth="1" min="51" max="51"/>
+    <col width="14" customWidth="1" min="52" max="52"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -19401,50 +20123,60 @@
       <c r="AT1" t="inlineStr">
         <is>
           <t>2025-11-17</t>
         </is>
       </c>
       <c r="AU1" t="inlineStr">
         <is>
           <t>2025-11-24</t>
         </is>
       </c>
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
+      <c r="AY1" t="inlineStr">
+        <is>
+          <t>2025-12-22</t>
+        </is>
+      </c>
+      <c r="AZ1" t="inlineStr">
+        <is>
+          <t>2026-01-05</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.29</v>
       </c>
@@ -19555,50 +20287,56 @@
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.22</v>
       </c>
+      <c r="AY2" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="AZ2" s="1" t="n">
+        <v>0.26</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.1</v>
       </c>
@@ -19709,50 +20447,56 @@
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
+      <c r="AY3" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="AZ3" s="1" t="n">
+        <v>0.05</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
@@ -19863,50 +20607,56 @@
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.08</v>
       </c>
+      <c r="AY4" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="AZ4" s="1" t="n">
+        <v>0.09</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -20017,50 +20767,56 @@
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AS5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AY5" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AZ5" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -20171,50 +20927,56 @@
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AY6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AZ6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.45</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.45</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.42</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.46</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.49</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.49</v>
       </c>
@@ -20325,50 +21087,56 @@
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.5</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.52</v>
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.51</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.53</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.49</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.46</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.52</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.53</v>
       </c>
+      <c r="AY7" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="AZ7" s="1" t="n">
+        <v>0.49</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -20479,50 +21247,56 @@
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.05</v>
       </c>
+      <c r="AY8" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="AZ8" s="1" t="n">
+        <v>0.06</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -20633,50 +21407,56 @@
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AY9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AZ9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>727</v>
       </c>
       <c r="C10" t="n">
         <v>740</v>
       </c>
       <c r="D10" t="n">
         <v>751</v>
       </c>
       <c r="E10" t="n">
         <v>736</v>
       </c>
       <c r="F10" t="n">
         <v>701</v>
       </c>
       <c r="G10" t="n">
         <v>713</v>
       </c>
@@ -20787,50 +21567,56 @@
       </c>
       <c r="AQ10" t="n">
         <v>633</v>
       </c>
       <c r="AR10" t="n">
         <v>620</v>
       </c>
       <c r="AS10" t="n">
         <v>641</v>
       </c>
       <c r="AT10" t="n">
         <v>594</v>
       </c>
       <c r="AU10" t="n">
         <v>664</v>
       </c>
       <c r="AV10" t="n">
         <v>619</v>
       </c>
       <c r="AW10" t="n">
         <v>617</v>
       </c>
       <c r="AX10" t="n">
         <v>588</v>
       </c>
+      <c r="AY10" t="n">
+        <v>639</v>
+      </c>
+      <c r="AZ10" t="n">
+        <v>665</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>670</v>
       </c>
       <c r="C11" t="n">
         <v>724</v>
       </c>
       <c r="D11" t="n">
         <v>740</v>
       </c>
       <c r="E11" t="n">
         <v>727</v>
       </c>
       <c r="F11" t="n">
         <v>701</v>
       </c>
       <c r="G11" t="n">
         <v>721</v>
       </c>
@@ -20940,64 +21726,70 @@
         <v>653</v>
       </c>
       <c r="AQ11" t="n">
         <v>666</v>
       </c>
       <c r="AR11" t="n">
         <v>650</v>
       </c>
       <c r="AS11" t="n">
         <v>658</v>
       </c>
       <c r="AT11" t="n">
         <v>642</v>
       </c>
       <c r="AU11" t="n">
         <v>656</v>
       </c>
       <c r="AV11" t="n">
         <v>663</v>
       </c>
       <c r="AW11" t="n">
         <v>637</v>
       </c>
       <c r="AX11" t="n">
         <v>635</v>
+      </c>
+      <c r="AY11" t="n">
+        <v>639</v>
+      </c>
+      <c r="AZ11" t="n">
+        <v>675</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AX11"/>
+  <dimension ref="A1:AZ11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -21011,50 +21803,52 @@
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
+    <col width="14" customWidth="1" min="51" max="51"/>
+    <col width="14" customWidth="1" min="52" max="52"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -21264,50 +22058,60 @@
       <c r="AT1" t="inlineStr">
         <is>
           <t>2025-11-17</t>
         </is>
       </c>
       <c r="AU1" t="inlineStr">
         <is>
           <t>2025-11-24</t>
         </is>
       </c>
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
+      <c r="AY1" t="inlineStr">
+        <is>
+          <t>2025-12-22</t>
+        </is>
+      </c>
+      <c r="AZ1" t="inlineStr">
+        <is>
+          <t>2026-01-05</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.12</v>
       </c>
@@ -21418,50 +22222,56 @@
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
+      <c r="AY2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AZ2" s="1" t="n">
+        <v>0.11</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.48</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.32</v>
       </c>
@@ -21572,50 +22382,56 @@
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="AY3" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="AZ3" s="1" t="n">
+        <v>0.18</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.17</v>
       </c>
@@ -21726,50 +22542,56 @@
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="AY4" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AZ4" s="1" t="n">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.02</v>
       </c>
@@ -21880,50 +22702,56 @@
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AS5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AY5" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AZ5" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -22034,50 +22862,56 @@
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="AY6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AZ6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.17</v>
       </c>
@@ -22188,50 +23022,56 @@
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.08</v>
       </c>
+      <c r="AY7" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="AZ7" s="1" t="n">
+        <v>0.1</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.21</v>
       </c>
@@ -22342,50 +23182,56 @@
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.4</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.47</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.47</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.42</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.46</v>
       </c>
+      <c r="AY8" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="AZ8" s="1" t="n">
+        <v>0.38</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -22496,50 +23342,56 @@
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AY9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AZ9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>85</v>
       </c>
       <c r="C10" t="n">
         <v>91</v>
       </c>
       <c r="D10" t="n">
         <v>115</v>
       </c>
       <c r="E10" t="n">
         <v>76</v>
       </c>
       <c r="F10" t="n">
         <v>103</v>
       </c>
       <c r="G10" t="n">
         <v>102</v>
       </c>
@@ -22650,50 +23502,56 @@
       </c>
       <c r="AQ10" t="n">
         <v>136</v>
       </c>
       <c r="AR10" t="n">
         <v>130</v>
       </c>
       <c r="AS10" t="n">
         <v>118</v>
       </c>
       <c r="AT10" t="n">
         <v>117</v>
       </c>
       <c r="AU10" t="n">
         <v>156</v>
       </c>
       <c r="AV10" t="n">
         <v>149</v>
       </c>
       <c r="AW10" t="n">
         <v>111</v>
       </c>
       <c r="AX10" t="n">
         <v>105</v>
       </c>
+      <c r="AY10" t="n">
+        <v>121</v>
+      </c>
+      <c r="AZ10" t="n">
+        <v>144</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>161</v>
       </c>
       <c r="C11" t="n">
         <v>174</v>
       </c>
       <c r="D11" t="n">
         <v>178</v>
       </c>
       <c r="E11" t="n">
         <v>175</v>
       </c>
       <c r="F11" t="n">
         <v>169</v>
       </c>
       <c r="G11" t="n">
         <v>173</v>
       </c>
@@ -22803,64 +23661,70 @@
         <v>160</v>
       </c>
       <c r="AQ11" t="n">
         <v>164</v>
       </c>
       <c r="AR11" t="n">
         <v>160</v>
       </c>
       <c r="AS11" t="n">
         <v>162</v>
       </c>
       <c r="AT11" t="n">
         <v>158</v>
       </c>
       <c r="AU11" t="n">
         <v>161</v>
       </c>
       <c r="AV11" t="n">
         <v>163</v>
       </c>
       <c r="AW11" t="n">
         <v>157</v>
       </c>
       <c r="AX11" t="n">
         <v>156</v>
+      </c>
+      <c r="AY11" t="n">
+        <v>157</v>
+      </c>
+      <c r="AZ11" t="n">
+        <v>166</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AX11"/>
+  <dimension ref="A1:AZ11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -22874,50 +23738,52 @@
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
+    <col width="14" customWidth="1" min="51" max="51"/>
+    <col width="14" customWidth="1" min="52" max="52"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -23127,50 +23993,60 @@
       <c r="AT1" t="inlineStr">
         <is>
           <t>2025-11-17</t>
         </is>
       </c>
       <c r="AU1" t="inlineStr">
         <is>
           <t>2025-11-24</t>
         </is>
       </c>
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
+      <c r="AY1" t="inlineStr">
+        <is>
+          <t>2025-12-22</t>
+        </is>
+      </c>
+      <c r="AZ1" t="inlineStr">
+        <is>
+          <t>2026-01-05</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.22</v>
       </c>
@@ -23281,50 +24157,56 @@
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="AY2" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AZ2" s="1" t="n">
+        <v>0.2</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.29</v>
       </c>
@@ -23435,50 +24317,56 @@
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.2</v>
       </c>
+      <c r="AY3" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AZ3" s="1" t="n">
+        <v>0.2</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.15</v>
       </c>
@@ -23589,50 +24477,56 @@
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.15</v>
       </c>
+      <c r="AY4" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AZ4" s="1" t="n">
+        <v>0.18</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -23743,50 +24637,56 @@
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AS5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AY5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AZ5" s="1" t="n">
+        <v>0.04</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -23897,50 +24797,56 @@
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AY6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AZ6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.19</v>
       </c>
@@ -24051,50 +24957,56 @@
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.22</v>
       </c>
+      <c r="AY7" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AZ7" s="1" t="n">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.1</v>
       </c>
@@ -24205,50 +25117,56 @@
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.2</v>
       </c>
+      <c r="AY8" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AZ8" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -24359,50 +25277,56 @@
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AY9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AZ9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>1072</v>
       </c>
       <c r="C10" t="n">
         <v>1182</v>
       </c>
       <c r="D10" t="n">
         <v>1256</v>
       </c>
       <c r="E10" t="n">
         <v>1197</v>
       </c>
       <c r="F10" t="n">
         <v>1118</v>
       </c>
       <c r="G10" t="n">
         <v>1159</v>
       </c>
@@ -24513,50 +25437,56 @@
       </c>
       <c r="AQ10" t="n">
         <v>1129</v>
       </c>
       <c r="AR10" t="n">
         <v>1103</v>
       </c>
       <c r="AS10" t="n">
         <v>1098</v>
       </c>
       <c r="AT10" t="n">
         <v>1096</v>
       </c>
       <c r="AU10" t="n">
         <v>1111</v>
       </c>
       <c r="AV10" t="n">
         <v>1055</v>
       </c>
       <c r="AW10" t="n">
         <v>1087</v>
       </c>
       <c r="AX10" t="n">
         <v>1047</v>
       </c>
+      <c r="AY10" t="n">
+        <v>1123</v>
+      </c>
+      <c r="AZ10" t="n">
+        <v>1132</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>1006</v>
       </c>
       <c r="C11" t="n">
         <v>1088</v>
       </c>
       <c r="D11" t="n">
         <v>1112</v>
       </c>
       <c r="E11" t="n">
         <v>1092</v>
       </c>
       <c r="F11" t="n">
         <v>1053</v>
       </c>
       <c r="G11" t="n">
         <v>1083</v>
       </c>
@@ -24666,64 +25596,70 @@
         <v>1011</v>
       </c>
       <c r="AQ11" t="n">
         <v>1029</v>
       </c>
       <c r="AR11" t="n">
         <v>1007</v>
       </c>
       <c r="AS11" t="n">
         <v>1019</v>
       </c>
       <c r="AT11" t="n">
         <v>994</v>
       </c>
       <c r="AU11" t="n">
         <v>1016</v>
       </c>
       <c r="AV11" t="n">
         <v>1025</v>
       </c>
       <c r="AW11" t="n">
         <v>985</v>
       </c>
       <c r="AX11" t="n">
         <v>977</v>
+      </c>
+      <c r="AY11" t="n">
+        <v>987</v>
+      </c>
+      <c r="AZ11" t="n">
+        <v>1045</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AX11"/>
+  <dimension ref="A1:AZ11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -24737,50 +25673,52 @@
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
+    <col width="14" customWidth="1" min="51" max="51"/>
+    <col width="14" customWidth="1" min="52" max="52"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -24990,50 +25928,60 @@
       <c r="AT1" t="inlineStr">
         <is>
           <t>2025-11-17</t>
         </is>
       </c>
       <c r="AU1" t="inlineStr">
         <is>
           <t>2025-11-24</t>
         </is>
       </c>
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
+      <c r="AY1" t="inlineStr">
+        <is>
+          <t>2025-12-22</t>
+        </is>
+      </c>
+      <c r="AZ1" t="inlineStr">
+        <is>
+          <t>2026-01-05</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.19</v>
       </c>
@@ -25144,50 +26092,56 @@
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.15</v>
       </c>
+      <c r="AY2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AZ2" s="1" t="n">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.18</v>
       </c>
@@ -25298,50 +26252,56 @@
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.15</v>
       </c>
+      <c r="AY3" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AZ3" s="1" t="n">
+        <v>0.14</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.12</v>
       </c>
@@ -25452,50 +26412,56 @@
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.13</v>
       </c>
+      <c r="AY4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AZ4" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -25606,50 +26572,56 @@
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AS5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="AY5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AZ5" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -25760,50 +26732,56 @@
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AY6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AZ6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.39</v>
       </c>
@@ -25914,50 +26892,56 @@
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.37</v>
       </c>
+      <c r="AY7" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="AZ7" s="1" t="n">
+        <v>0.35</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
@@ -26068,50 +27052,56 @@
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.12</v>
       </c>
+      <c r="AY8" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AZ8" s="1" t="n">
+        <v>0.12</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -26222,50 +27212,56 @@
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AY9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AZ9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>619</v>
       </c>
       <c r="C10" t="n">
         <v>647</v>
       </c>
       <c r="D10" t="n">
         <v>613</v>
       </c>
       <c r="E10" t="n">
         <v>639</v>
       </c>
       <c r="F10" t="n">
         <v>652</v>
       </c>
       <c r="G10" t="n">
         <v>661</v>
       </c>
@@ -26376,50 +27372,56 @@
       </c>
       <c r="AQ10" t="n">
         <v>598</v>
       </c>
       <c r="AR10" t="n">
         <v>587</v>
       </c>
       <c r="AS10" t="n">
         <v>615</v>
       </c>
       <c r="AT10" t="n">
         <v>575</v>
       </c>
       <c r="AU10" t="n">
         <v>594</v>
       </c>
       <c r="AV10" t="n">
         <v>665</v>
       </c>
       <c r="AW10" t="n">
         <v>568</v>
       </c>
       <c r="AX10" t="n">
         <v>604</v>
       </c>
+      <c r="AY10" t="n">
+        <v>532</v>
+      </c>
+      <c r="AZ10" t="n">
+        <v>624</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>685</v>
       </c>
       <c r="C11" t="n">
         <v>741</v>
       </c>
       <c r="D11" t="n">
         <v>757</v>
       </c>
       <c r="E11" t="n">
         <v>744</v>
       </c>
       <c r="F11" t="n">
         <v>717</v>
       </c>
       <c r="G11" t="n">
         <v>737</v>
       </c>
@@ -26529,64 +27531,70 @@
         <v>689</v>
       </c>
       <c r="AQ11" t="n">
         <v>693</v>
       </c>
       <c r="AR11" t="n">
         <v>680</v>
       </c>
       <c r="AS11" t="n">
         <v>689</v>
       </c>
       <c r="AT11" t="n">
         <v>675</v>
       </c>
       <c r="AU11" t="n">
         <v>688</v>
       </c>
       <c r="AV11" t="n">
         <v>695</v>
       </c>
       <c r="AW11" t="n">
         <v>665</v>
       </c>
       <c r="AX11" t="n">
         <v>670</v>
+      </c>
+      <c r="AY11" t="n">
+        <v>659</v>
+      </c>
+      <c r="AZ11" t="n">
+        <v>710</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AX11"/>
+  <dimension ref="A1:AZ11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -26600,50 +27608,52 @@
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
+    <col width="14" customWidth="1" min="51" max="51"/>
+    <col width="14" customWidth="1" min="52" max="52"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -26853,50 +27863,60 @@
       <c r="AT1" t="inlineStr">
         <is>
           <t>2025-11-17</t>
         </is>
       </c>
       <c r="AU1" t="inlineStr">
         <is>
           <t>2025-11-24</t>
         </is>
       </c>
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
+      <c r="AY1" t="inlineStr">
+        <is>
+          <t>2025-12-22</t>
+        </is>
+      </c>
+      <c r="AZ1" t="inlineStr">
+        <is>
+          <t>2026-01-05</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.16</v>
       </c>
@@ -27007,50 +28027,56 @@
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.14</v>
       </c>
+      <c r="AY2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AZ2" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.34</v>
       </c>
@@ -27161,50 +28187,56 @@
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.21</v>
       </c>
+      <c r="AY3" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="AZ3" s="1" t="n">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.15</v>
       </c>
@@ -27315,50 +28347,56 @@
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.15</v>
       </c>
+      <c r="AY4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AZ4" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -27469,50 +28507,56 @@
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AS5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0.05</v>
       </c>
+      <c r="AY5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AZ5" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -27623,50 +28667,56 @@
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AY6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AZ6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.2</v>
       </c>
@@ -27777,50 +28827,56 @@
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.21</v>
       </c>
+      <c r="AY7" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AZ7" s="1" t="n">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.1</v>
       </c>
@@ -27931,50 +28987,56 @@
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.21</v>
       </c>
+      <c r="AY8" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AZ8" s="1" t="n">
+        <v>0.2</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -28085,50 +29147,56 @@
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AY9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AZ9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>585</v>
       </c>
       <c r="C10" t="n">
         <v>694</v>
       </c>
       <c r="D10" t="n">
         <v>712</v>
       </c>
       <c r="E10" t="n">
         <v>683</v>
       </c>
       <c r="F10" t="n">
         <v>624</v>
       </c>
       <c r="G10" t="n">
         <v>658</v>
       </c>
@@ -28239,50 +29307,56 @@
       </c>
       <c r="AQ10" t="n">
         <v>608</v>
       </c>
       <c r="AR10" t="n">
         <v>580</v>
       </c>
       <c r="AS10" t="n">
         <v>579</v>
       </c>
       <c r="AT10" t="n">
         <v>606</v>
       </c>
       <c r="AU10" t="n">
         <v>598</v>
       </c>
       <c r="AV10" t="n">
         <v>585</v>
       </c>
       <c r="AW10" t="n">
         <v>570</v>
       </c>
       <c r="AX10" t="n">
         <v>622</v>
       </c>
+      <c r="AY10" t="n">
+        <v>571</v>
+      </c>
+      <c r="AZ10" t="n">
+        <v>650</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>659</v>
       </c>
       <c r="C11" t="n">
         <v>713</v>
       </c>
       <c r="D11" t="n">
         <v>729</v>
       </c>
       <c r="E11" t="n">
         <v>716</v>
       </c>
       <c r="F11" t="n">
         <v>690</v>
       </c>
       <c r="G11" t="n">
         <v>709</v>
       </c>
@@ -28392,64 +29466,70 @@
         <v>661</v>
       </c>
       <c r="AQ11" t="n">
         <v>673</v>
       </c>
       <c r="AR11" t="n">
         <v>658</v>
       </c>
       <c r="AS11" t="n">
         <v>666</v>
       </c>
       <c r="AT11" t="n">
         <v>650</v>
       </c>
       <c r="AU11" t="n">
         <v>664</v>
       </c>
       <c r="AV11" t="n">
         <v>671</v>
       </c>
       <c r="AW11" t="n">
         <v>645</v>
       </c>
       <c r="AX11" t="n">
         <v>642</v>
+      </c>
+      <c r="AY11" t="n">
+        <v>646</v>
+      </c>
+      <c r="AZ11" t="n">
+        <v>683</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AX11"/>
+  <dimension ref="A1:AZ11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -28463,50 +29543,52 @@
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
+    <col width="14" customWidth="1" min="51" max="51"/>
+    <col width="14" customWidth="1" min="52" max="52"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -28716,50 +29798,60 @@
       <c r="AT1" t="inlineStr">
         <is>
           <t>2025-11-17</t>
         </is>
       </c>
       <c r="AU1" t="inlineStr">
         <is>
           <t>2025-11-24</t>
         </is>
       </c>
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
+      <c r="AY1" t="inlineStr">
+        <is>
+          <t>2025-12-22</t>
+        </is>
+      </c>
+      <c r="AZ1" t="inlineStr">
+        <is>
+          <t>2026-01-05</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.2</v>
       </c>
@@ -28870,50 +29962,56 @@
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.15</v>
       </c>
+      <c r="AY2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AZ2" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.2</v>
       </c>
@@ -29024,50 +30122,56 @@
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="AY3" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="AZ3" s="1" t="n">
+        <v>0.18</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.14</v>
       </c>
@@ -29178,50 +30282,56 @@
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.15</v>
       </c>
+      <c r="AY4" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AZ4" s="1" t="n">
+        <v>0.14</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.04</v>
       </c>
@@ -29332,50 +30442,56 @@
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AS5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AY5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AZ5" s="1" t="n">
+        <v>0.05</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -29486,50 +30602,56 @@
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AY6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AZ6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.34</v>
       </c>
@@ -29640,50 +30762,56 @@
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.34</v>
       </c>
+      <c r="AY7" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="AZ7" s="1" t="n">
+        <v>0.34</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.06</v>
       </c>
@@ -29794,50 +30922,56 @@
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.12</v>
       </c>
+      <c r="AY8" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="AZ8" s="1" t="n">
+        <v>0.09</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -29948,50 +31082,56 @@
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AY9" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="AZ9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>470</v>
       </c>
       <c r="C10" t="n">
         <v>477</v>
       </c>
       <c r="D10" t="n">
         <v>486</v>
       </c>
       <c r="E10" t="n">
         <v>507</v>
       </c>
       <c r="F10" t="n">
         <v>487</v>
       </c>
       <c r="G10" t="n">
         <v>507</v>
       </c>
@@ -30102,50 +31242,56 @@
       </c>
       <c r="AQ10" t="n">
         <v>472</v>
       </c>
       <c r="AR10" t="n">
         <v>480</v>
       </c>
       <c r="AS10" t="n">
         <v>483</v>
       </c>
       <c r="AT10" t="n">
         <v>468</v>
       </c>
       <c r="AU10" t="n">
         <v>441</v>
       </c>
       <c r="AV10" t="n">
         <v>444</v>
       </c>
       <c r="AW10" t="n">
         <v>477</v>
       </c>
       <c r="AX10" t="n">
         <v>444</v>
       </c>
+      <c r="AY10" t="n">
+        <v>441</v>
+      </c>
+      <c r="AZ10" t="n">
+        <v>458</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>441</v>
       </c>
       <c r="C11" t="n">
         <v>476</v>
       </c>
       <c r="D11" t="n">
         <v>487</v>
       </c>
       <c r="E11" t="n">
         <v>478</v>
       </c>
       <c r="F11" t="n">
         <v>461</v>
       </c>
       <c r="G11" t="n">
         <v>474</v>
       </c>
@@ -30255,64 +31401,70 @@
         <v>446</v>
       </c>
       <c r="AQ11" t="n">
         <v>454</v>
       </c>
       <c r="AR11" t="n">
         <v>444</v>
       </c>
       <c r="AS11" t="n">
         <v>449</v>
       </c>
       <c r="AT11" t="n">
         <v>438</v>
       </c>
       <c r="AU11" t="n">
         <v>448</v>
       </c>
       <c r="AV11" t="n">
         <v>452</v>
       </c>
       <c r="AW11" t="n">
         <v>435</v>
       </c>
       <c r="AX11" t="n">
         <v>433</v>
+      </c>
+      <c r="AY11" t="n">
+        <v>436</v>
+      </c>
+      <c r="AZ11" t="n">
+        <v>460</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AX11"/>
+  <dimension ref="A1:AZ11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -30326,50 +31478,52 @@
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
+    <col width="14" customWidth="1" min="51" max="51"/>
+    <col width="14" customWidth="1" min="52" max="52"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -30579,50 +31733,60 @@
       <c r="AT1" t="inlineStr">
         <is>
           <t>2025-11-17</t>
         </is>
       </c>
       <c r="AU1" t="inlineStr">
         <is>
           <t>2025-11-24</t>
         </is>
       </c>
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
+      <c r="AY1" t="inlineStr">
+        <is>
+          <t>2025-12-22</t>
+        </is>
+      </c>
+      <c r="AZ1" t="inlineStr">
+        <is>
+          <t>2026-01-05</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.34</v>
       </c>
@@ -30733,50 +31897,56 @@
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.26</v>
       </c>
+      <c r="AY2" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="AZ2" s="1" t="n">
+        <v>0.3</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.12</v>
       </c>
@@ -30887,50 +32057,56 @@
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.13</v>
       </c>
+      <c r="AY3" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AZ3" s="1" t="n">
+        <v>0.11</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.12</v>
       </c>
@@ -31041,50 +32217,56 @@
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.11</v>
       </c>
+      <c r="AY4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="AZ4" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.02</v>
       </c>
@@ -31195,50 +32377,56 @@
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AS5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="AY5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="AZ5" s="1" t="n">
+        <v>0.04</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -31349,50 +32537,56 @@
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AY6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AZ6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.34</v>
       </c>
@@ -31503,50 +32697,56 @@
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.38</v>
       </c>
+      <c r="AY7" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="AZ7" s="1" t="n">
+        <v>0.33</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.04</v>
       </c>
@@ -31657,50 +32857,56 @@
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.05</v>
       </c>
+      <c r="AY8" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AZ8" s="1" t="n">
+        <v>0.06</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -31811,50 +33017,56 @@
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AY9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AZ9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>551</v>
       </c>
       <c r="C10" t="n">
         <v>567</v>
       </c>
       <c r="D10" t="n">
         <v>556</v>
       </c>
       <c r="E10" t="n">
         <v>570</v>
       </c>
       <c r="F10" t="n">
         <v>556</v>
       </c>
       <c r="G10" t="n">
         <v>553</v>
       </c>
@@ -31965,50 +33177,56 @@
       </c>
       <c r="AQ10" t="n">
         <v>520</v>
       </c>
       <c r="AR10" t="n">
         <v>506</v>
       </c>
       <c r="AS10" t="n">
         <v>537</v>
       </c>
       <c r="AT10" t="n">
         <v>484</v>
       </c>
       <c r="AU10" t="n">
         <v>517</v>
       </c>
       <c r="AV10" t="n">
         <v>552</v>
       </c>
       <c r="AW10" t="n">
         <v>504</v>
       </c>
       <c r="AX10" t="n">
         <v>485</v>
       </c>
+      <c r="AY10" t="n">
+        <v>533</v>
+      </c>
+      <c r="AZ10" t="n">
+        <v>508</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>430</v>
       </c>
       <c r="C11" t="n">
         <v>466</v>
       </c>
       <c r="D11" t="n">
         <v>476</v>
       </c>
       <c r="E11" t="n">
         <v>467</v>
       </c>
       <c r="F11" t="n">
         <v>450</v>
       </c>
       <c r="G11" t="n">
         <v>463</v>
       </c>
@@ -32118,64 +33336,70 @@
         <v>437</v>
       </c>
       <c r="AQ11" t="n">
         <v>445</v>
       </c>
       <c r="AR11" t="n">
         <v>435</v>
       </c>
       <c r="AS11" t="n">
         <v>440</v>
       </c>
       <c r="AT11" t="n">
         <v>430</v>
       </c>
       <c r="AU11" t="n">
         <v>439</v>
       </c>
       <c r="AV11" t="n">
         <v>444</v>
       </c>
       <c r="AW11" t="n">
         <v>426</v>
       </c>
       <c r="AX11" t="n">
         <v>425</v>
+      </c>
+      <c r="AY11" t="n">
+        <v>427</v>
+      </c>
+      <c r="AZ11" t="n">
+        <v>451</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AX11"/>
+  <dimension ref="A1:AZ11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -32189,50 +33413,52 @@
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
+    <col width="14" customWidth="1" min="51" max="51"/>
+    <col width="14" customWidth="1" min="52" max="52"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -32442,50 +33668,60 @@
       <c r="AT1" t="inlineStr">
         <is>
           <t>2025-11-17</t>
         </is>
       </c>
       <c r="AU1" t="inlineStr">
         <is>
           <t>2025-11-24</t>
         </is>
       </c>
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
+      <c r="AY1" t="inlineStr">
+        <is>
+          <t>2025-12-22</t>
+        </is>
+      </c>
+      <c r="AZ1" t="inlineStr">
+        <is>
+          <t>2026-01-05</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.2</v>
       </c>
@@ -32596,50 +33832,56 @@
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="AY2" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AZ2" s="1" t="n">
+        <v>0.18</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.23</v>
       </c>
@@ -32750,50 +33992,56 @@
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="AY3" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="AZ3" s="1" t="n">
+        <v>0.18</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.14</v>
       </c>
@@ -32904,50 +34152,56 @@
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.13</v>
       </c>
+      <c r="AY4" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="AZ4" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -33058,50 +34312,56 @@
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AS5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="AY5" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="AZ5" s="1" t="n">
+        <v>0.04</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -33212,50 +34472,56 @@
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AY6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AZ6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.33</v>
       </c>
@@ -33366,50 +34632,56 @@
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.32</v>
       </c>
+      <c r="AY7" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AZ7" s="1" t="n">
+        <v>0.3</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
@@ -33520,50 +34792,56 @@
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.14</v>
       </c>
+      <c r="AY8" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="AZ8" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -33674,50 +34952,56 @@
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AY9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AZ9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>781</v>
       </c>
       <c r="C10" t="n">
         <v>844</v>
       </c>
       <c r="D10" t="n">
         <v>872</v>
       </c>
       <c r="E10" t="n">
         <v>867</v>
       </c>
       <c r="F10" t="n">
         <v>814</v>
       </c>
       <c r="G10" t="n">
         <v>854</v>
       </c>
@@ -33828,50 +35112,56 @@
       </c>
       <c r="AQ10" t="n">
         <v>793</v>
       </c>
       <c r="AR10" t="n">
         <v>808</v>
       </c>
       <c r="AS10" t="n">
         <v>807</v>
       </c>
       <c r="AT10" t="n">
         <v>784</v>
       </c>
       <c r="AU10" t="n">
         <v>811</v>
       </c>
       <c r="AV10" t="n">
         <v>798</v>
       </c>
       <c r="AW10" t="n">
         <v>770</v>
       </c>
       <c r="AX10" t="n">
         <v>770</v>
       </c>
+      <c r="AY10" t="n">
+        <v>779</v>
+      </c>
+      <c r="AZ10" t="n">
+        <v>799</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>823</v>
       </c>
       <c r="C11" t="n">
         <v>891</v>
       </c>
       <c r="D11" t="n">
         <v>910</v>
       </c>
       <c r="E11" t="n">
         <v>894</v>
       </c>
       <c r="F11" t="n">
         <v>862</v>
       </c>
       <c r="G11" t="n">
         <v>886</v>
       </c>
@@ -33981,64 +35271,70 @@
         <v>828</v>
       </c>
       <c r="AQ11" t="n">
         <v>844</v>
       </c>
       <c r="AR11" t="n">
         <v>824</v>
       </c>
       <c r="AS11" t="n">
         <v>834</v>
       </c>
       <c r="AT11" t="n">
         <v>814</v>
       </c>
       <c r="AU11" t="n">
         <v>832</v>
       </c>
       <c r="AV11" t="n">
         <v>841</v>
       </c>
       <c r="AW11" t="n">
         <v>808</v>
       </c>
       <c r="AX11" t="n">
         <v>805</v>
+      </c>
+      <c r="AY11" t="n">
+        <v>810</v>
+      </c>
+      <c r="AZ11" t="n">
+        <v>855</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AX11"/>
+  <dimension ref="A1:AZ11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -34052,50 +35348,52 @@
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
+    <col width="14" customWidth="1" min="51" max="51"/>
+    <col width="14" customWidth="1" min="52" max="52"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -34305,50 +35603,60 @@
       <c r="AT1" t="inlineStr">
         <is>
           <t>2025-11-17</t>
         </is>
       </c>
       <c r="AU1" t="inlineStr">
         <is>
           <t>2025-11-24</t>
         </is>
       </c>
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
+      <c r="AY1" t="inlineStr">
+        <is>
+          <t>2025-12-22</t>
+        </is>
+      </c>
+      <c r="AZ1" t="inlineStr">
+        <is>
+          <t>2026-01-05</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.22</v>
       </c>
@@ -34459,50 +35767,56 @@
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="AY2" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AZ2" s="1" t="n">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.26</v>
       </c>
@@ -34613,50 +35927,56 @@
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.19</v>
       </c>
+      <c r="AY3" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="AZ3" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.14</v>
       </c>
@@ -34767,50 +36087,56 @@
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.15</v>
       </c>
+      <c r="AY4" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AZ4" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -34921,50 +36247,56 @@
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AS5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="AY5" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AZ5" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -35075,50 +36407,56 @@
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AY6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AZ6" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.22</v>
       </c>
@@ -35229,50 +36567,56 @@
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.24</v>
       </c>
+      <c r="AY7" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AZ7" s="1" t="n">
+        <v>0.22</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.1</v>
       </c>
@@ -35383,50 +36727,56 @@
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.2</v>
       </c>
+      <c r="AY8" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="AZ8" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.02</v>
       </c>
@@ -35537,50 +36887,56 @@
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AY9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AZ9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>910</v>
       </c>
       <c r="C10" t="n">
         <v>985</v>
       </c>
       <c r="D10" t="n">
         <v>997</v>
       </c>
       <c r="E10" t="n">
         <v>969</v>
       </c>
       <c r="F10" t="n">
         <v>956</v>
       </c>
       <c r="G10" t="n">
         <v>966</v>
       </c>
@@ -35691,50 +37047,56 @@
       </c>
       <c r="AQ10" t="n">
         <v>943</v>
       </c>
       <c r="AR10" t="n">
         <v>888</v>
       </c>
       <c r="AS10" t="n">
         <v>910</v>
       </c>
       <c r="AT10" t="n">
         <v>891</v>
       </c>
       <c r="AU10" t="n">
         <v>901</v>
       </c>
       <c r="AV10" t="n">
         <v>932</v>
       </c>
       <c r="AW10" t="n">
         <v>892</v>
       </c>
       <c r="AX10" t="n">
         <v>886</v>
       </c>
+      <c r="AY10" t="n">
+        <v>887</v>
+      </c>
+      <c r="AZ10" t="n">
+        <v>961</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>868</v>
       </c>
       <c r="C11" t="n">
         <v>938</v>
       </c>
       <c r="D11" t="n">
         <v>959</v>
       </c>
       <c r="E11" t="n">
         <v>942</v>
       </c>
       <c r="F11" t="n">
         <v>908</v>
       </c>
       <c r="G11" t="n">
         <v>934</v>
       </c>
@@ -35844,64 +37206,70 @@
         <v>876</v>
       </c>
       <c r="AQ11" t="n">
         <v>892</v>
       </c>
       <c r="AR11" t="n">
         <v>872</v>
       </c>
       <c r="AS11" t="n">
         <v>883</v>
       </c>
       <c r="AT11" t="n">
         <v>861</v>
       </c>
       <c r="AU11" t="n">
         <v>880</v>
       </c>
       <c r="AV11" t="n">
         <v>889</v>
       </c>
       <c r="AW11" t="n">
         <v>854</v>
       </c>
       <c r="AX11" t="n">
         <v>851</v>
+      </c>
+      <c r="AY11" t="n">
+        <v>856</v>
+      </c>
+      <c r="AZ11" t="n">
+        <v>905</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AX11"/>
+  <dimension ref="A1:AZ11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -35915,50 +37283,52 @@
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
+    <col width="14" customWidth="1" min="51" max="51"/>
+    <col width="14" customWidth="1" min="52" max="52"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -36168,50 +37538,60 @@
       <c r="AT1" t="inlineStr">
         <is>
           <t>2025-11-17</t>
         </is>
       </c>
       <c r="AU1" t="inlineStr">
         <is>
           <t>2025-11-24</t>
         </is>
       </c>
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
+      <c r="AY1" t="inlineStr">
+        <is>
+          <t>2025-12-22</t>
+        </is>
+      </c>
+      <c r="AZ1" t="inlineStr">
+        <is>
+          <t>2026-01-05</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.2</v>
       </c>
@@ -36322,50 +37702,56 @@
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.23</v>
       </c>
+      <c r="AY2" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="AZ2" s="1" t="n">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.39</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.36</v>
       </c>
@@ -36476,50 +37862,56 @@
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.25</v>
       </c>
+      <c r="AY3" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="AZ3" s="1" t="n">
+        <v>0.26</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.13</v>
       </c>
@@ -36630,50 +38022,56 @@
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.14</v>
       </c>
+      <c r="AY4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AZ4" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -36784,50 +38182,56 @@
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AS5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AY5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -36938,50 +38342,56 @@
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AS6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AY6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.19</v>
       </c>
@@ -37092,50 +38502,56 @@
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="AY7" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AZ7" s="1" t="n">
+        <v>0.18</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.08</v>
       </c>
@@ -37246,50 +38662,56 @@
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.22</v>
       </c>
+      <c r="AY8" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AZ8" s="1" t="n">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.04</v>
       </c>
@@ -37400,50 +38822,56 @@
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="AY9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="AZ9" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>137</v>
       </c>
       <c r="C10" t="n">
         <v>189</v>
       </c>
       <c r="D10" t="n">
         <v>218</v>
       </c>
       <c r="E10" t="n">
         <v>195</v>
       </c>
       <c r="F10" t="n">
         <v>205</v>
       </c>
       <c r="G10" t="n">
         <v>197</v>
       </c>
@@ -37554,50 +38982,56 @@
       </c>
       <c r="AQ10" t="n">
         <v>195</v>
       </c>
       <c r="AR10" t="n">
         <v>194</v>
       </c>
       <c r="AS10" t="n">
         <v>214</v>
       </c>
       <c r="AT10" t="n">
         <v>207</v>
       </c>
       <c r="AU10" t="n">
         <v>180</v>
       </c>
       <c r="AV10" t="n">
         <v>209</v>
       </c>
       <c r="AW10" t="n">
         <v>181</v>
       </c>
       <c r="AX10" t="n">
         <v>174</v>
       </c>
+      <c r="AY10" t="n">
+        <v>189</v>
+      </c>
+      <c r="AZ10" t="n">
+        <v>202</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>209</v>
       </c>
       <c r="C11" t="n">
         <v>226</v>
       </c>
       <c r="D11" t="n">
         <v>231</v>
       </c>
       <c r="E11" t="n">
         <v>227</v>
       </c>
       <c r="F11" t="n">
         <v>219</v>
       </c>
       <c r="G11" t="n">
         <v>225</v>
       </c>
@@ -37707,64 +39141,70 @@
         <v>208</v>
       </c>
       <c r="AQ11" t="n">
         <v>212</v>
       </c>
       <c r="AR11" t="n">
         <v>207</v>
       </c>
       <c r="AS11" t="n">
         <v>209</v>
       </c>
       <c r="AT11" t="n">
         <v>204</v>
       </c>
       <c r="AU11" t="n">
         <v>209</v>
       </c>
       <c r="AV11" t="n">
         <v>211</v>
       </c>
       <c r="AW11" t="n">
         <v>203</v>
       </c>
       <c r="AX11" t="n">
         <v>202</v>
+      </c>
+      <c r="AY11" t="n">
+        <v>203</v>
+      </c>
+      <c r="AZ11" t="n">
+        <v>215</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AX11"/>
+  <dimension ref="A1:AZ11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -37778,50 +39218,52 @@
     <col width="14" customWidth="1" min="26" max="26"/>
     <col width="14" customWidth="1" min="27" max="27"/>
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
+    <col width="14" customWidth="1" min="51" max="51"/>
+    <col width="14" customWidth="1" min="52" max="52"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -38031,50 +39473,60 @@
       <c r="AT1" t="inlineStr">
         <is>
           <t>2025-11-17</t>
         </is>
       </c>
       <c r="AU1" t="inlineStr">
         <is>
           <t>2025-11-24</t>
         </is>
       </c>
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
+      <c r="AY1" t="inlineStr">
+        <is>
+          <t>2025-12-22</t>
+        </is>
+      </c>
+      <c r="AZ1" t="inlineStr">
+        <is>
+          <t>2026-01-05</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.24</v>
       </c>
@@ -38185,50 +39637,56 @@
       </c>
       <c r="AQ2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AR2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="AY2" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AZ2" s="1" t="n">
+        <v>0.22</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.17</v>
       </c>
@@ -38339,50 +39797,56 @@
       </c>
       <c r="AQ3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AR3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.15</v>
       </c>
+      <c r="AY3" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="AZ3" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.21</v>
       </c>
@@ -38493,50 +39957,56 @@
       </c>
       <c r="AQ4" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AR4" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.2</v>
       </c>
+      <c r="AY4" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="AZ4" s="1" t="n">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -38647,50 +40117,56 @@
       </c>
       <c r="AQ5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AS5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AY5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -38801,50 +40277,56 @@
       </c>
       <c r="AQ6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AR6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AS6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="AY6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AZ6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.29</v>
       </c>
@@ -38955,50 +40437,56 @@
       </c>
       <c r="AQ7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AR7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.27</v>
       </c>
+      <c r="AY7" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="AZ7" s="1" t="n">
+        <v>0.27</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.08</v>
       </c>
@@ -39109,50 +40597,56 @@
       </c>
       <c r="AQ8" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AR8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="AY8" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="AZ8" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -39263,50 +40757,56 @@
       </c>
       <c r="AQ9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AR9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="AY9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="AZ9" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>595</v>
       </c>
       <c r="C10" t="n">
         <v>644</v>
       </c>
       <c r="D10" t="n">
         <v>657</v>
       </c>
       <c r="E10" t="n">
         <v>663</v>
       </c>
       <c r="F10" t="n">
         <v>595</v>
       </c>
       <c r="G10" t="n">
         <v>647</v>
       </c>
@@ -39417,50 +40917,56 @@
       </c>
       <c r="AQ10" t="n">
         <v>588</v>
       </c>
       <c r="AR10" t="n">
         <v>618</v>
       </c>
       <c r="AS10" t="n">
         <v>582</v>
       </c>
       <c r="AT10" t="n">
         <v>577</v>
       </c>
       <c r="AU10" t="n">
         <v>605</v>
       </c>
       <c r="AV10" t="n">
         <v>639</v>
       </c>
       <c r="AW10" t="n">
         <v>600</v>
       </c>
       <c r="AX10" t="n">
         <v>583</v>
       </c>
+      <c r="AY10" t="n">
+        <v>583</v>
+      </c>
+      <c r="AZ10" t="n">
+        <v>620</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>592</v>
       </c>
       <c r="C11" t="n">
         <v>641</v>
       </c>
       <c r="D11" t="n">
         <v>655</v>
       </c>
       <c r="E11" t="n">
         <v>643</v>
       </c>
       <c r="F11" t="n">
         <v>620</v>
       </c>
       <c r="G11" t="n">
         <v>638</v>
       </c>
@@ -39570,46 +41076,52 @@
         <v>600</v>
       </c>
       <c r="AQ11" t="n">
         <v>611</v>
       </c>
       <c r="AR11" t="n">
         <v>597</v>
       </c>
       <c r="AS11" t="n">
         <v>604</v>
       </c>
       <c r="AT11" t="n">
         <v>590</v>
       </c>
       <c r="AU11" t="n">
         <v>603</v>
       </c>
       <c r="AV11" t="n">
         <v>609</v>
       </c>
       <c r="AW11" t="n">
         <v>585</v>
       </c>
       <c r="AX11" t="n">
         <v>583</v>
+      </c>
+      <c r="AY11" t="n">
+        <v>586</v>
+      </c>
+      <c r="AZ11" t="n">
+        <v>619</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>