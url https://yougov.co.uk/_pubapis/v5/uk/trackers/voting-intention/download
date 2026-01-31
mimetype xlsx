--- v4 (2026-01-09)
+++ v5 (2026-01-31)
@@ -460,51 +460,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AZ11"/>
+  <dimension ref="A1:BC11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -520,50 +520,53 @@
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
     <col width="14" customWidth="1" min="51" max="51"/>
     <col width="14" customWidth="1" min="52" max="52"/>
+    <col width="14" customWidth="1" min="53" max="53"/>
+    <col width="14" customWidth="1" min="54" max="54"/>
+    <col width="14" customWidth="1" min="55" max="55"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -783,50 +786,65 @@
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
       <c r="AY1" t="inlineStr">
         <is>
           <t>2025-12-22</t>
         </is>
       </c>
       <c r="AZ1" t="inlineStr">
         <is>
           <t>2026-01-05</t>
         </is>
       </c>
+      <c r="BA1" t="inlineStr">
+        <is>
+          <t>2026-01-12</t>
+        </is>
+      </c>
+      <c r="BB1" t="inlineStr">
+        <is>
+          <t>2026-01-19</t>
+        </is>
+      </c>
+      <c r="BC1" t="inlineStr">
+        <is>
+          <t>2026-01-26</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.21</v>
       </c>
@@ -943,50 +961,59 @@
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AY2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AZ2" s="1" t="n">
         <v>0.19</v>
       </c>
+      <c r="BA2" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="BB2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="BC2" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.25</v>
       </c>
@@ -1103,50 +1130,59 @@
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AY3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AZ3" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="BA3" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="BB3" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="BC3" s="1" t="n">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.14</v>
       </c>
@@ -1263,50 +1299,59 @@
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AY4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AZ4" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="BA4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="BB4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="BC4" s="1" t="n">
+        <v>0.14</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -1423,50 +1468,59 @@
       </c>
       <c r="AS5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AY5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AZ5" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="BA5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="BB5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="BC5" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -1583,50 +1637,59 @@
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AY6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AZ6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="BA6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BB6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BC6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.27</v>
       </c>
@@ -1743,50 +1806,59 @@
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AY7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AZ7" s="1" t="n">
         <v>0.26</v>
       </c>
+      <c r="BA7" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="BB7" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="BC7" s="1" t="n">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.09</v>
       </c>
@@ -1903,50 +1975,59 @@
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AY8" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AZ8" s="1" t="n">
         <v>0.15</v>
       </c>
+      <c r="BA8" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="BB8" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="BC8" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -2063,50 +2144,59 @@
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AY9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AZ9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="BA9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="BB9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="BC9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>1691</v>
       </c>
       <c r="C10" t="n">
         <v>1829</v>
       </c>
       <c r="D10" t="n">
         <v>1869</v>
       </c>
       <c r="E10" t="n">
         <v>1836</v>
       </c>
       <c r="F10" t="n">
         <v>1770</v>
       </c>
       <c r="G10" t="n">
         <v>1820</v>
       </c>
@@ -2223,50 +2313,59 @@
       </c>
       <c r="AS10" t="n">
         <v>1717</v>
       </c>
       <c r="AT10" t="n">
         <v>1675</v>
       </c>
       <c r="AU10" t="n">
         <v>1712</v>
       </c>
       <c r="AV10" t="n">
         <v>1730</v>
       </c>
       <c r="AW10" t="n">
         <v>1662</v>
       </c>
       <c r="AX10" t="n">
         <v>1656</v>
       </c>
       <c r="AY10" t="n">
         <v>1666</v>
       </c>
       <c r="AZ10" t="n">
         <v>1760</v>
       </c>
+      <c r="BA10" t="n">
+        <v>1640</v>
+      </c>
+      <c r="BB10" t="n">
+        <v>1686</v>
+      </c>
+      <c r="BC10" t="n">
+        <v>1761</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>1691</v>
       </c>
       <c r="C11" t="n">
         <v>1829</v>
       </c>
       <c r="D11" t="n">
         <v>1869</v>
       </c>
       <c r="E11" t="n">
         <v>1836</v>
       </c>
       <c r="F11" t="n">
         <v>1770</v>
       </c>
       <c r="G11" t="n">
         <v>1820</v>
       </c>
@@ -2382,64 +2481,73 @@
         <v>1696</v>
       </c>
       <c r="AS11" t="n">
         <v>1717</v>
       </c>
       <c r="AT11" t="n">
         <v>1675</v>
       </c>
       <c r="AU11" t="n">
         <v>1712</v>
       </c>
       <c r="AV11" t="n">
         <v>1730</v>
       </c>
       <c r="AW11" t="n">
         <v>1662</v>
       </c>
       <c r="AX11" t="n">
         <v>1656</v>
       </c>
       <c r="AY11" t="n">
         <v>1666</v>
       </c>
       <c r="AZ11" t="n">
         <v>1760</v>
+      </c>
+      <c r="BA11" t="n">
+        <v>1640</v>
+      </c>
+      <c r="BB11" t="n">
+        <v>1686</v>
+      </c>
+      <c r="BC11" t="n">
+        <v>1761</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AZ11"/>
+  <dimension ref="A1:BC11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -2455,50 +2563,53 @@
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
     <col width="14" customWidth="1" min="51" max="51"/>
     <col width="14" customWidth="1" min="52" max="52"/>
+    <col width="14" customWidth="1" min="53" max="53"/>
+    <col width="14" customWidth="1" min="54" max="54"/>
+    <col width="14" customWidth="1" min="55" max="55"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -2718,50 +2829,65 @@
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
       <c r="AY1" t="inlineStr">
         <is>
           <t>2025-12-22</t>
         </is>
       </c>
       <c r="AZ1" t="inlineStr">
         <is>
           <t>2026-01-05</t>
         </is>
       </c>
+      <c r="BA1" t="inlineStr">
+        <is>
+          <t>2026-01-12</t>
+        </is>
+      </c>
+      <c r="BB1" t="inlineStr">
+        <is>
+          <t>2026-01-19</t>
+        </is>
+      </c>
+      <c r="BC1" t="inlineStr">
+        <is>
+          <t>2026-01-26</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.25</v>
       </c>
@@ -2878,50 +3004,59 @@
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AY2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AZ2" s="1" t="n">
         <v>0.26</v>
       </c>
+      <c r="BA2" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="BB2" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="BC2" s="1" t="n">
+        <v>0.2</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.25</v>
       </c>
@@ -3038,50 +3173,59 @@
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AY3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AZ3" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="BA3" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="BB3" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="BC3" s="1" t="n">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.11</v>
       </c>
@@ -3198,50 +3342,59 @@
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AY4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AZ4" s="1" t="n">
         <v>0.11</v>
       </c>
+      <c r="BA4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="BB4" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="BC4" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -3358,50 +3511,59 @@
       </c>
       <c r="AS5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AY5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AZ5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="BA5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BB5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BC5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -3518,50 +3680,59 @@
       </c>
       <c r="AS6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AY6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AZ6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="BA6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BB6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BC6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.24</v>
       </c>
@@ -3678,50 +3849,59 @@
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AY7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AZ7" s="1" t="n">
         <v>0.27</v>
       </c>
+      <c r="BA7" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="BB7" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="BC7" s="1" t="n">
+        <v>0.27</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.14</v>
       </c>
@@ -3838,50 +4018,59 @@
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AY8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AZ8" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="BA8" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="BB8" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="BC8" s="1" t="n">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -3998,50 +4187,59 @@
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AY9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AZ9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="BA9" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="BB9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="BC9" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>312</v>
       </c>
       <c r="C10" t="n">
         <v>325</v>
       </c>
       <c r="D10" t="n">
         <v>302</v>
       </c>
       <c r="E10" t="n">
         <v>296</v>
       </c>
       <c r="F10" t="n">
         <v>297</v>
       </c>
       <c r="G10" t="n">
         <v>299</v>
       </c>
@@ -4158,50 +4356,59 @@
       </c>
       <c r="AS10" t="n">
         <v>271</v>
       </c>
       <c r="AT10" t="n">
         <v>292</v>
       </c>
       <c r="AU10" t="n">
         <v>288</v>
       </c>
       <c r="AV10" t="n">
         <v>285</v>
       </c>
       <c r="AW10" t="n">
         <v>302</v>
       </c>
       <c r="AX10" t="n">
         <v>277</v>
       </c>
       <c r="AY10" t="n">
         <v>294</v>
       </c>
       <c r="AZ10" t="n">
         <v>308</v>
       </c>
+      <c r="BA10" t="n">
+        <v>296</v>
+      </c>
+      <c r="BB10" t="n">
+        <v>276</v>
+      </c>
+      <c r="BC10" t="n">
+        <v>274</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>273</v>
       </c>
       <c r="C11" t="n">
         <v>296</v>
       </c>
       <c r="D11" t="n">
         <v>302</v>
       </c>
       <c r="E11" t="n">
         <v>297</v>
       </c>
       <c r="F11" t="n">
         <v>286</v>
       </c>
       <c r="G11" t="n">
         <v>294</v>
       </c>
@@ -4316,65 +4523,74 @@
       <c r="AR11" t="n">
         <v>276</v>
       </c>
       <c r="AS11" t="n">
         <v>280</v>
       </c>
       <c r="AT11" t="n">
         <v>273</v>
       </c>
       <c r="AU11" t="n">
         <v>279</v>
       </c>
       <c r="AV11" t="n">
         <v>282</v>
       </c>
       <c r="AW11" t="n">
         <v>271</v>
       </c>
       <c r="AX11" t="n">
         <v>270</v>
       </c>
       <c r="AY11" t="n">
         <v>272</v>
       </c>
       <c r="AZ11" t="n">
+        <v>287</v>
+      </c>
+      <c r="BA11" t="n">
+        <v>267</v>
+      </c>
+      <c r="BB11" t="n">
+        <v>275</v>
+      </c>
+      <c r="BC11" t="n">
         <v>287</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AZ11"/>
+  <dimension ref="A1:BC11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -4390,50 +4606,53 @@
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
     <col width="14" customWidth="1" min="51" max="51"/>
     <col width="14" customWidth="1" min="52" max="52"/>
+    <col width="14" customWidth="1" min="53" max="53"/>
+    <col width="14" customWidth="1" min="54" max="54"/>
+    <col width="14" customWidth="1" min="55" max="55"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -4653,50 +4872,65 @@
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
       <c r="AY1" t="inlineStr">
         <is>
           <t>2025-12-22</t>
         </is>
       </c>
       <c r="AZ1" t="inlineStr">
         <is>
           <t>2026-01-05</t>
         </is>
       </c>
+      <c r="BA1" t="inlineStr">
+        <is>
+          <t>2026-01-12</t>
+        </is>
+      </c>
+      <c r="BB1" t="inlineStr">
+        <is>
+          <t>2026-01-19</t>
+        </is>
+      </c>
+      <c r="BC1" t="inlineStr">
+        <is>
+          <t>2026-01-26</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.18</v>
       </c>
@@ -4813,50 +5047,59 @@
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AY2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AZ2" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="BA2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="BB2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="BC2" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.3</v>
       </c>
@@ -4973,50 +5216,59 @@
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AY3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AZ3" s="1" t="n">
         <v>0.25</v>
       </c>
+      <c r="BA3" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="BB3" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="BC3" s="1" t="n">
+        <v>0.28</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.11</v>
       </c>
@@ -5133,50 +5385,59 @@
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AY4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AZ4" s="1" t="n">
         <v>0.11</v>
       </c>
+      <c r="BA4" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="BB4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="BC4" s="1" t="n">
+        <v>0.1</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -5293,50 +5554,59 @@
       </c>
       <c r="AS5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AY5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AZ5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="BA5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BB5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BC5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -5453,50 +5723,59 @@
       </c>
       <c r="AS6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AY6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AZ6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="BA6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BB6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BC6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.32</v>
       </c>
@@ -5613,50 +5892,59 @@
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AY7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AZ7" s="1" t="n">
         <v>0.29</v>
       </c>
+      <c r="BA7" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="BB7" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="BC7" s="1" t="n">
+        <v>0.29</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.08</v>
       </c>
@@ -5773,50 +6061,59 @@
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AY8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AZ8" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="BA8" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="BB8" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="BC8" s="1" t="n">
+        <v>0.14</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -5933,50 +6230,59 @@
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AY9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AZ9" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="BA9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="BB9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="BC9" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>407</v>
       </c>
       <c r="C10" t="n">
         <v>413</v>
       </c>
       <c r="D10" t="n">
         <v>461</v>
       </c>
       <c r="E10" t="n">
         <v>440</v>
       </c>
       <c r="F10" t="n">
         <v>407</v>
       </c>
       <c r="G10" t="n">
         <v>426</v>
       </c>
@@ -6093,50 +6399,59 @@
       </c>
       <c r="AS10" t="n">
         <v>397</v>
       </c>
       <c r="AT10" t="n">
         <v>381</v>
       </c>
       <c r="AU10" t="n">
         <v>416</v>
       </c>
       <c r="AV10" t="n">
         <v>372</v>
       </c>
       <c r="AW10" t="n">
         <v>376</v>
       </c>
       <c r="AX10" t="n">
         <v>402</v>
       </c>
       <c r="AY10" t="n">
         <v>374</v>
       </c>
       <c r="AZ10" t="n">
         <v>389</v>
       </c>
+      <c r="BA10" t="n">
+        <v>382</v>
+      </c>
+      <c r="BB10" t="n">
+        <v>412</v>
+      </c>
+      <c r="BC10" t="n">
+        <v>413</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>386</v>
       </c>
       <c r="C11" t="n">
         <v>418</v>
       </c>
       <c r="D11" t="n">
         <v>427</v>
       </c>
       <c r="E11" t="n">
         <v>420</v>
       </c>
       <c r="F11" t="n">
         <v>405</v>
       </c>
       <c r="G11" t="n">
         <v>416</v>
       </c>
@@ -6251,65 +6566,74 @@
       <c r="AR11" t="n">
         <v>385</v>
       </c>
       <c r="AS11" t="n">
         <v>390</v>
       </c>
       <c r="AT11" t="n">
         <v>380</v>
       </c>
       <c r="AU11" t="n">
         <v>389</v>
       </c>
       <c r="AV11" t="n">
         <v>393</v>
       </c>
       <c r="AW11" t="n">
         <v>377</v>
       </c>
       <c r="AX11" t="n">
         <v>376</v>
       </c>
       <c r="AY11" t="n">
         <v>378</v>
       </c>
       <c r="AZ11" t="n">
+        <v>400</v>
+      </c>
+      <c r="BA11" t="n">
+        <v>372</v>
+      </c>
+      <c r="BB11" t="n">
+        <v>383</v>
+      </c>
+      <c r="BC11" t="n">
         <v>400</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AZ11"/>
+  <dimension ref="A1:BC11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -6325,50 +6649,53 @@
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
     <col width="14" customWidth="1" min="51" max="51"/>
     <col width="14" customWidth="1" min="52" max="52"/>
+    <col width="14" customWidth="1" min="53" max="53"/>
+    <col width="14" customWidth="1" min="54" max="54"/>
+    <col width="14" customWidth="1" min="55" max="55"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -6588,50 +6915,65 @@
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
       <c r="AY1" t="inlineStr">
         <is>
           <t>2025-12-22</t>
         </is>
       </c>
       <c r="AZ1" t="inlineStr">
         <is>
           <t>2026-01-05</t>
         </is>
       </c>
+      <c r="BA1" t="inlineStr">
+        <is>
+          <t>2026-01-12</t>
+        </is>
+      </c>
+      <c r="BB1" t="inlineStr">
+        <is>
+          <t>2026-01-19</t>
+        </is>
+      </c>
+      <c r="BC1" t="inlineStr">
+        <is>
+          <t>2026-01-26</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.08</v>
       </c>
@@ -6748,50 +7090,59 @@
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AY2" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AZ2" s="1" t="n">
         <v>0.1</v>
       </c>
+      <c r="BA2" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="BB2" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="BC2" s="1" t="n">
+        <v>0.08</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.22</v>
       </c>
@@ -6908,50 +7259,59 @@
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AY3" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AZ3" s="1" t="n">
         <v>0.11</v>
       </c>
+      <c r="BA3" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="BB3" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="BC3" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
@@ -7068,50 +7428,59 @@
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AY4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AZ4" s="1" t="n">
         <v>0.11</v>
       </c>
+      <c r="BA4" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="BB4" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="BC4" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.34</v>
       </c>
@@ -7228,50 +7597,59 @@
       </c>
       <c r="AS5" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0.39</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0.39</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0.4</v>
       </c>
       <c r="AY5" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="AZ5" s="1" t="n">
         <v>0.4</v>
       </c>
+      <c r="BA5" s="1" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="BB5" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="BC5" s="1" t="n">
+        <v>0.35</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -7388,50 +7766,59 @@
       </c>
       <c r="AS6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AY6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AZ6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="BA6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BB6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BC6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.22</v>
       </c>
@@ -7548,50 +7935,59 @@
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AY7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AZ7" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="BA7" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="BB7" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="BC7" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.06</v>
       </c>
@@ -7708,50 +8104,59 @@
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AY8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AZ8" s="1" t="n">
         <v>0.08</v>
       </c>
+      <c r="BA8" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="BB8" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="BC8" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0</v>
       </c>
@@ -7868,50 +8273,59 @@
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AY9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AZ9" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="BA9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="BB9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="BC9" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>145</v>
       </c>
       <c r="C10" t="n">
         <v>162</v>
       </c>
       <c r="D10" t="n">
         <v>147</v>
       </c>
       <c r="E10" t="n">
         <v>158</v>
       </c>
       <c r="F10" t="n">
         <v>172</v>
       </c>
       <c r="G10" t="n">
         <v>150</v>
       </c>
@@ -8028,50 +8442,59 @@
       </c>
       <c r="AS10" t="n">
         <v>152</v>
       </c>
       <c r="AT10" t="n">
         <v>142</v>
       </c>
       <c r="AU10" t="n">
         <v>136</v>
       </c>
       <c r="AV10" t="n">
         <v>121</v>
       </c>
       <c r="AW10" t="n">
         <v>136</v>
       </c>
       <c r="AX10" t="n">
         <v>121</v>
       </c>
       <c r="AY10" t="n">
         <v>135</v>
       </c>
       <c r="AZ10" t="n">
         <v>141</v>
       </c>
+      <c r="BA10" t="n">
+        <v>133</v>
+      </c>
+      <c r="BB10" t="n">
+        <v>133</v>
+      </c>
+      <c r="BC10" t="n">
+        <v>146</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>147</v>
       </c>
       <c r="C11" t="n">
         <v>159</v>
       </c>
       <c r="D11" t="n">
         <v>162</v>
       </c>
       <c r="E11" t="n">
         <v>159</v>
       </c>
       <c r="F11" t="n">
         <v>154</v>
       </c>
       <c r="G11" t="n">
         <v>158</v>
       </c>
@@ -8186,65 +8609,74 @@
       <c r="AR11" t="n">
         <v>148</v>
       </c>
       <c r="AS11" t="n">
         <v>149</v>
       </c>
       <c r="AT11" t="n">
         <v>146</v>
       </c>
       <c r="AU11" t="n">
         <v>149</v>
       </c>
       <c r="AV11" t="n">
         <v>151</v>
       </c>
       <c r="AW11" t="n">
         <v>145</v>
       </c>
       <c r="AX11" t="n">
         <v>144</v>
       </c>
       <c r="AY11" t="n">
         <v>145</v>
       </c>
       <c r="AZ11" t="n">
+        <v>153</v>
+      </c>
+      <c r="BA11" t="n">
+        <v>143</v>
+      </c>
+      <c r="BB11" t="n">
+        <v>147</v>
+      </c>
+      <c r="BC11" t="n">
         <v>153</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AZ11"/>
+  <dimension ref="A1:BC11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -8260,50 +8692,53 @@
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
     <col width="14" customWidth="1" min="51" max="51"/>
     <col width="14" customWidth="1" min="52" max="52"/>
+    <col width="14" customWidth="1" min="53" max="53"/>
+    <col width="14" customWidth="1" min="54" max="54"/>
+    <col width="14" customWidth="1" min="55" max="55"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -8523,50 +8958,65 @@
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
       <c r="AY1" t="inlineStr">
         <is>
           <t>2025-12-22</t>
         </is>
       </c>
       <c r="AZ1" t="inlineStr">
         <is>
           <t>2026-01-05</t>
         </is>
       </c>
+      <c r="BA1" t="inlineStr">
+        <is>
+          <t>2026-01-12</t>
+        </is>
+      </c>
+      <c r="BB1" t="inlineStr">
+        <is>
+          <t>2026-01-19</t>
+        </is>
+      </c>
+      <c r="BC1" t="inlineStr">
+        <is>
+          <t>2026-01-26</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.19</v>
       </c>
@@ -8683,50 +9133,59 @@
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AY2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AZ2" s="1" t="n">
         <v>0.11</v>
       </c>
+      <c r="BA2" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="BB2" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="BC2" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.28</v>
       </c>
@@ -8843,50 +9302,59 @@
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AY3" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AZ3" s="1" t="n">
         <v>0.11</v>
       </c>
+      <c r="BA3" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="BB3" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="BC3" s="1" t="n">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.05</v>
       </c>
@@ -9003,50 +9471,59 @@
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AY4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AZ4" s="1" t="n">
         <v>0.08</v>
       </c>
+      <c r="BA4" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="BB4" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="BC4" s="1" t="n">
+        <v>0.04</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -9163,50 +9640,59 @@
       </c>
       <c r="AS5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AY5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AZ5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="BA5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BB5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BC5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.18</v>
       </c>
@@ -9323,50 +9809,59 @@
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AY6" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AZ6" s="1" t="n">
         <v>0.24</v>
       </c>
+      <c r="BA6" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="BB6" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="BC6" s="1" t="n">
+        <v>0.3</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.25</v>
       </c>
@@ -9483,50 +9978,59 @@
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AY7" s="1" t="n">
         <v>0.39</v>
       </c>
       <c r="AZ7" s="1" t="n">
         <v>0.31</v>
       </c>
+      <c r="BA7" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="BB7" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="BC7" s="1" t="n">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.05</v>
       </c>
@@ -9643,50 +10147,59 @@
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AY8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AZ8" s="1" t="n">
         <v>0.15</v>
       </c>
+      <c r="BA8" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="BB8" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="BC8" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0</v>
       </c>
@@ -9803,50 +10316,59 @@
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AY9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AZ9" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="BA9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BB9" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="BC9" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>95</v>
       </c>
       <c r="C10" t="n">
         <v>96</v>
       </c>
       <c r="D10" t="n">
         <v>84</v>
       </c>
       <c r="E10" t="n">
         <v>84</v>
       </c>
       <c r="F10" t="n">
         <v>94</v>
       </c>
       <c r="G10" t="n">
         <v>101</v>
       </c>
@@ -9963,50 +10485,59 @@
       </c>
       <c r="AS10" t="n">
         <v>101</v>
       </c>
       <c r="AT10" t="n">
         <v>76</v>
       </c>
       <c r="AU10" t="n">
         <v>87</v>
       </c>
       <c r="AV10" t="n">
         <v>104</v>
       </c>
       <c r="AW10" t="n">
         <v>67</v>
       </c>
       <c r="AX10" t="n">
         <v>99</v>
       </c>
       <c r="AY10" t="n">
         <v>91</v>
       </c>
       <c r="AZ10" t="n">
         <v>100</v>
       </c>
+      <c r="BA10" t="n">
+        <v>81</v>
+      </c>
+      <c r="BB10" t="n">
+        <v>84</v>
+      </c>
+      <c r="BC10" t="n">
+        <v>84</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>83</v>
       </c>
       <c r="C11" t="n">
         <v>89</v>
       </c>
       <c r="D11" t="n">
         <v>91</v>
       </c>
       <c r="E11" t="n">
         <v>90</v>
       </c>
       <c r="F11" t="n">
         <v>87</v>
       </c>
       <c r="G11" t="n">
         <v>89</v>
       </c>
@@ -10121,65 +10652,74 @@
       <c r="AR11" t="n">
         <v>83</v>
       </c>
       <c r="AS11" t="n">
         <v>84</v>
       </c>
       <c r="AT11" t="n">
         <v>82</v>
       </c>
       <c r="AU11" t="n">
         <v>84</v>
       </c>
       <c r="AV11" t="n">
         <v>85</v>
       </c>
       <c r="AW11" t="n">
         <v>81</v>
       </c>
       <c r="AX11" t="n">
         <v>81</v>
       </c>
       <c r="AY11" t="n">
         <v>82</v>
       </c>
       <c r="AZ11" t="n">
+        <v>86</v>
+      </c>
+      <c r="BA11" t="n">
+        <v>80</v>
+      </c>
+      <c r="BB11" t="n">
+        <v>83</v>
+      </c>
+      <c r="BC11" t="n">
         <v>86</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AZ11"/>
+  <dimension ref="A1:BC11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -10195,50 +10735,53 @@
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
     <col width="14" customWidth="1" min="51" max="51"/>
     <col width="14" customWidth="1" min="52" max="52"/>
+    <col width="14" customWidth="1" min="53" max="53"/>
+    <col width="14" customWidth="1" min="54" max="54"/>
+    <col width="14" customWidth="1" min="55" max="55"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -10458,50 +11001,65 @@
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
       <c r="AY1" t="inlineStr">
         <is>
           <t>2025-12-22</t>
         </is>
       </c>
       <c r="AZ1" t="inlineStr">
         <is>
           <t>2026-01-05</t>
         </is>
       </c>
+      <c r="BA1" t="inlineStr">
+        <is>
+          <t>2026-01-12</t>
+        </is>
+      </c>
+      <c r="BB1" t="inlineStr">
+        <is>
+          <t>2026-01-19</t>
+        </is>
+      </c>
+      <c r="BC1" t="inlineStr">
+        <is>
+          <t>2026-01-26</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.79</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.74</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.76</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.71</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.6899999999999999</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.72</v>
       </c>
@@ -10618,50 +11176,59 @@
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.65</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.59</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.61</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.63</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.6</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.59</v>
       </c>
       <c r="AY2" s="1" t="n">
         <v>0.63</v>
       </c>
       <c r="AZ2" s="1" t="n">
         <v>0.64</v>
       </c>
+      <c r="BA2" s="1" t="n">
+        <v>0.67</v>
+      </c>
+      <c r="BB2" s="1" t="n">
+        <v>0.65</v>
+      </c>
+      <c r="BC2" s="1" t="n">
+        <v>0.59</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.02</v>
       </c>
@@ -10778,50 +11345,59 @@
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AY3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AZ3" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="BA3" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="BB3" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BC3" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.04</v>
       </c>
@@ -10938,50 +11514,59 @@
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AY4" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AZ4" s="1" t="n">
         <v>0.06</v>
       </c>
+      <c r="BA4" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="BB4" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="BC4" s="1" t="n">
+        <v>0.06</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -11098,50 +11683,59 @@
       </c>
       <c r="AS5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AY5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AZ5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="BA5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BB5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BC5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -11258,50 +11852,59 @@
       </c>
       <c r="AS6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AY6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AZ6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="BA6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BB6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BC6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.22</v>
       </c>
@@ -11418,50 +12021,59 @@
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AY7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AZ7" s="1" t="n">
         <v>0.25</v>
       </c>
+      <c r="BA7" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="BB7" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="BC7" s="1" t="n">
+        <v>0.29</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -11578,50 +12190,59 @@
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AY8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AZ8" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="BA8" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BB8" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="BC8" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0</v>
       </c>
@@ -11738,50 +12359,59 @@
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AY9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AZ9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="BA9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BB9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="BC9" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>303</v>
       </c>
       <c r="C10" t="n">
         <v>356</v>
       </c>
       <c r="D10" t="n">
         <v>346</v>
       </c>
       <c r="E10" t="n">
         <v>340</v>
       </c>
       <c r="F10" t="n">
         <v>334</v>
       </c>
       <c r="G10" t="n">
         <v>340</v>
       </c>
@@ -11898,50 +12528,59 @@
       </c>
       <c r="AS10" t="n">
         <v>321</v>
       </c>
       <c r="AT10" t="n">
         <v>317</v>
       </c>
       <c r="AU10" t="n">
         <v>320</v>
       </c>
       <c r="AV10" t="n">
         <v>327</v>
       </c>
       <c r="AW10" t="n">
         <v>319</v>
       </c>
       <c r="AX10" t="n">
         <v>307</v>
       </c>
       <c r="AY10" t="n">
         <v>317</v>
       </c>
       <c r="AZ10" t="n">
         <v>316</v>
       </c>
+      <c r="BA10" t="n">
+        <v>307</v>
+      </c>
+      <c r="BB10" t="n">
+        <v>300</v>
+      </c>
+      <c r="BC10" t="n">
+        <v>349</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>353</v>
       </c>
       <c r="C11" t="n">
         <v>381</v>
       </c>
       <c r="D11" t="n">
         <v>390</v>
       </c>
       <c r="E11" t="n">
         <v>383</v>
       </c>
       <c r="F11" t="n">
         <v>369</v>
       </c>
       <c r="G11" t="n">
         <v>380</v>
       </c>
@@ -12056,65 +12695,74 @@
       <c r="AR11" t="n">
         <v>356</v>
       </c>
       <c r="AS11" t="n">
         <v>361</v>
       </c>
       <c r="AT11" t="n">
         <v>352</v>
       </c>
       <c r="AU11" t="n">
         <v>359</v>
       </c>
       <c r="AV11" t="n">
         <v>363</v>
       </c>
       <c r="AW11" t="n">
         <v>349</v>
       </c>
       <c r="AX11" t="n">
         <v>348</v>
       </c>
       <c r="AY11" t="n">
         <v>350</v>
       </c>
       <c r="AZ11" t="n">
+        <v>370</v>
+      </c>
+      <c r="BA11" t="n">
+        <v>344</v>
+      </c>
+      <c r="BB11" t="n">
+        <v>354</v>
+      </c>
+      <c r="BC11" t="n">
         <v>370</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AZ11"/>
+  <dimension ref="A1:BC11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -12130,50 +12778,53 @@
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
     <col width="14" customWidth="1" min="51" max="51"/>
     <col width="14" customWidth="1" min="52" max="52"/>
+    <col width="14" customWidth="1" min="53" max="53"/>
+    <col width="14" customWidth="1" min="54" max="54"/>
+    <col width="14" customWidth="1" min="55" max="55"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -12393,50 +13044,65 @@
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
       <c r="AY1" t="inlineStr">
         <is>
           <t>2025-12-22</t>
         </is>
       </c>
       <c r="AZ1" t="inlineStr">
         <is>
           <t>2026-01-05</t>
         </is>
       </c>
+      <c r="BA1" t="inlineStr">
+        <is>
+          <t>2026-01-12</t>
+        </is>
+      </c>
+      <c r="BB1" t="inlineStr">
+        <is>
+          <t>2026-01-19</t>
+        </is>
+      </c>
+      <c r="BC1" t="inlineStr">
+        <is>
+          <t>2026-01-26</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.04</v>
       </c>
@@ -12553,50 +13219,59 @@
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AY2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AZ2" s="1" t="n">
         <v>0.05</v>
       </c>
+      <c r="BA2" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="BB2" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="BC2" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.7</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.6899999999999999</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.7</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.67</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.66</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.66</v>
       </c>
@@ -12713,50 +13388,59 @@
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.51</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.5</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.52</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.49</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.51</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.47</v>
       </c>
       <c r="AY3" s="1" t="n">
         <v>0.52</v>
       </c>
       <c r="AZ3" s="1" t="n">
         <v>0.5</v>
       </c>
+      <c r="BA3" s="1" t="n">
+        <v>0.51</v>
+      </c>
+      <c r="BB3" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="BC3" s="1" t="n">
+        <v>0.55</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.11</v>
       </c>
@@ -12873,50 +13557,59 @@
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AY4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AZ4" s="1" t="n">
         <v>0.12</v>
       </c>
+      <c r="BA4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="BB4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="BC4" s="1" t="n">
+        <v>0.12</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -13033,50 +13726,59 @@
       </c>
       <c r="AS5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AY5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AZ5" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="BA5" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="BB5" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BC5" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -13193,50 +13895,59 @@
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AY6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AZ6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="BA6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BB6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BC6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.11</v>
       </c>
@@ -13353,50 +14064,59 @@
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AY7" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AZ7" s="1" t="n">
         <v>0.11</v>
       </c>
+      <c r="BA7" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="BB7" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="BC7" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.06</v>
       </c>
@@ -13513,50 +14233,59 @@
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AY8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AZ8" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="BA8" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="BB8" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="BC8" s="1" t="n">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0</v>
       </c>
@@ -13673,50 +14402,59 @@
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AY9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AZ9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="BA9" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BB9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BC9" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>506</v>
       </c>
       <c r="C10" t="n">
         <v>592</v>
       </c>
       <c r="D10" t="n">
         <v>584</v>
       </c>
       <c r="E10" t="n">
         <v>606</v>
       </c>
       <c r="F10" t="n">
         <v>519</v>
       </c>
       <c r="G10" t="n">
         <v>534</v>
       </c>
@@ -13833,50 +14571,59 @@
       </c>
       <c r="AS10" t="n">
         <v>544</v>
       </c>
       <c r="AT10" t="n">
         <v>518</v>
       </c>
       <c r="AU10" t="n">
         <v>526</v>
       </c>
       <c r="AV10" t="n">
         <v>502</v>
       </c>
       <c r="AW10" t="n">
         <v>472</v>
       </c>
       <c r="AX10" t="n">
         <v>497</v>
       </c>
       <c r="AY10" t="n">
         <v>493</v>
       </c>
       <c r="AZ10" t="n">
         <v>544</v>
       </c>
+      <c r="BA10" t="n">
+        <v>484</v>
+      </c>
+      <c r="BB10" t="n">
+        <v>510</v>
+      </c>
+      <c r="BC10" t="n">
+        <v>525</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>486</v>
       </c>
       <c r="C11" t="n">
         <v>526</v>
       </c>
       <c r="D11" t="n">
         <v>537</v>
       </c>
       <c r="E11" t="n">
         <v>528</v>
       </c>
       <c r="F11" t="n">
         <v>509</v>
       </c>
       <c r="G11" t="n">
         <v>523</v>
       </c>
@@ -13991,65 +14738,74 @@
       <c r="AR11" t="n">
         <v>488</v>
       </c>
       <c r="AS11" t="n">
         <v>494</v>
       </c>
       <c r="AT11" t="n">
         <v>482</v>
       </c>
       <c r="AU11" t="n">
         <v>493</v>
       </c>
       <c r="AV11" t="n">
         <v>498</v>
       </c>
       <c r="AW11" t="n">
         <v>479</v>
       </c>
       <c r="AX11" t="n">
         <v>477</v>
       </c>
       <c r="AY11" t="n">
         <v>480</v>
       </c>
       <c r="AZ11" t="n">
+        <v>507</v>
+      </c>
+      <c r="BA11" t="n">
+        <v>472</v>
+      </c>
+      <c r="BB11" t="n">
+        <v>486</v>
+      </c>
+      <c r="BC11" t="n">
         <v>507</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AZ11"/>
+  <dimension ref="A1:BC11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -14065,50 +14821,53 @@
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
     <col width="14" customWidth="1" min="51" max="51"/>
     <col width="14" customWidth="1" min="52" max="52"/>
+    <col width="14" customWidth="1" min="53" max="53"/>
+    <col width="14" customWidth="1" min="54" max="54"/>
+    <col width="14" customWidth="1" min="55" max="55"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -14328,50 +15087,65 @@
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
       <c r="AY1" t="inlineStr">
         <is>
           <t>2025-12-22</t>
         </is>
       </c>
       <c r="AZ1" t="inlineStr">
         <is>
           <t>2026-01-05</t>
         </is>
       </c>
+      <c r="BA1" t="inlineStr">
+        <is>
+          <t>2026-01-12</t>
+        </is>
+      </c>
+      <c r="BB1" t="inlineStr">
+        <is>
+          <t>2026-01-19</t>
+        </is>
+      </c>
+      <c r="BC1" t="inlineStr">
+        <is>
+          <t>2026-01-26</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.05</v>
       </c>
@@ -14488,50 +15262,59 @@
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AY2" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AZ2" s="1" t="n">
         <v>0.06</v>
       </c>
+      <c r="BA2" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="BB2" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="BC2" s="1" t="n">
+        <v>0.08</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.08</v>
       </c>
@@ -14648,50 +15431,59 @@
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AY3" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AZ3" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="BA3" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="BB3" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="BC3" s="1" t="n">
+        <v>0.06</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.78</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.73</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.74</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.77</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.74</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.76</v>
       </c>
@@ -14808,50 +15600,59 @@
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.7</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.67</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.7</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.66</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.63</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.61</v>
       </c>
       <c r="AY4" s="1" t="n">
         <v>0.6899999999999999</v>
       </c>
       <c r="AZ4" s="1" t="n">
         <v>0.72</v>
       </c>
+      <c r="BA4" s="1" t="n">
+        <v>0.72</v>
+      </c>
+      <c r="BB4" s="1" t="n">
+        <v>0.73</v>
+      </c>
+      <c r="BC4" s="1" t="n">
+        <v>0.65</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -14968,50 +15769,59 @@
       </c>
       <c r="AS5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AY5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AZ5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="BA5" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BB5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BC5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -15128,50 +15938,59 @@
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AY6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AZ6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="BA6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BB6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BC6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.05</v>
       </c>
@@ -15288,50 +16107,59 @@
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AY7" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AZ7" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="BA7" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="BB7" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="BC7" s="1" t="n">
+        <v>0.06</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.04</v>
       </c>
@@ -15448,50 +16276,59 @@
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AY8" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AZ8" s="1" t="n">
         <v>0.13</v>
       </c>
+      <c r="BA8" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="BB8" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="BC8" s="1" t="n">
+        <v>0.11</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -15608,50 +16445,59 @@
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AY9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AZ9" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="BA9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BB9" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BC9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>198</v>
       </c>
       <c r="C10" t="n">
         <v>200</v>
       </c>
       <c r="D10" t="n">
         <v>214</v>
       </c>
       <c r="E10" t="n">
         <v>230</v>
       </c>
       <c r="F10" t="n">
         <v>196</v>
       </c>
       <c r="G10" t="n">
         <v>210</v>
       </c>
@@ -15768,50 +16614,59 @@
       </c>
       <c r="AS10" t="n">
         <v>187</v>
       </c>
       <c r="AT10" t="n">
         <v>185</v>
       </c>
       <c r="AU10" t="n">
         <v>184</v>
       </c>
       <c r="AV10" t="n">
         <v>200</v>
       </c>
       <c r="AW10" t="n">
         <v>186</v>
       </c>
       <c r="AX10" t="n">
         <v>201</v>
       </c>
       <c r="AY10" t="n">
         <v>198</v>
       </c>
       <c r="AZ10" t="n">
         <v>199</v>
       </c>
+      <c r="BA10" t="n">
+        <v>187</v>
+      </c>
+      <c r="BB10" t="n">
+        <v>204</v>
+      </c>
+      <c r="BC10" t="n">
+        <v>194</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>179</v>
       </c>
       <c r="C11" t="n">
         <v>193</v>
       </c>
       <c r="D11" t="n">
         <v>198</v>
       </c>
       <c r="E11" t="n">
         <v>194</v>
       </c>
       <c r="F11" t="n">
         <v>187</v>
       </c>
       <c r="G11" t="n">
         <v>193</v>
       </c>
@@ -15926,65 +16781,74 @@
       <c r="AR11" t="n">
         <v>180</v>
       </c>
       <c r="AS11" t="n">
         <v>182</v>
       </c>
       <c r="AT11" t="n">
         <v>178</v>
       </c>
       <c r="AU11" t="n">
         <v>181</v>
       </c>
       <c r="AV11" t="n">
         <v>183</v>
       </c>
       <c r="AW11" t="n">
         <v>176</v>
       </c>
       <c r="AX11" t="n">
         <v>176</v>
       </c>
       <c r="AY11" t="n">
         <v>177</v>
       </c>
       <c r="AZ11" t="n">
+        <v>187</v>
+      </c>
+      <c r="BA11" t="n">
+        <v>174</v>
+      </c>
+      <c r="BB11" t="n">
+        <v>179</v>
+      </c>
+      <c r="BC11" t="n">
         <v>187</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AZ11"/>
+  <dimension ref="A1:BC11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -16000,50 +16864,53 @@
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
     <col width="14" customWidth="1" min="51" max="51"/>
     <col width="14" customWidth="1" min="52" max="52"/>
+    <col width="14" customWidth="1" min="53" max="53"/>
+    <col width="14" customWidth="1" min="54" max="54"/>
+    <col width="14" customWidth="1" min="55" max="55"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -16263,50 +17130,65 @@
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
       <c r="AY1" t="inlineStr">
         <is>
           <t>2025-12-22</t>
         </is>
       </c>
       <c r="AZ1" t="inlineStr">
         <is>
           <t>2026-01-05</t>
         </is>
       </c>
+      <c r="BA1" t="inlineStr">
+        <is>
+          <t>2026-01-12</t>
+        </is>
+      </c>
+      <c r="BB1" t="inlineStr">
+        <is>
+          <t>2026-01-19</t>
+        </is>
+      </c>
+      <c r="BC1" t="inlineStr">
+        <is>
+          <t>2026-01-26</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.05</v>
       </c>
@@ -16423,50 +17305,59 @@
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AY2" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AZ2" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="BA2" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="BB2" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="BC2" s="1" t="n">
+        <v>0.06</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0</v>
       </c>
@@ -16583,50 +17474,59 @@
       </c>
       <c r="AS3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AY3" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AZ3" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="BA3" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BB3" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BC3" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0</v>
       </c>
@@ -16743,50 +17643,59 @@
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AY4" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AZ4" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="BA4" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="BB4" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BC4" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -16903,50 +17812,59 @@
       </c>
       <c r="AS5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AY5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AZ5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="BA5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BB5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BC5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -17063,50 +17981,59 @@
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AY6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AZ6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="BA6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BB6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BC6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.93</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.9</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.88</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.91</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.9399999999999999</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.9399999999999999</v>
       </c>
@@ -17223,50 +18150,59 @@
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.92</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.9</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.87</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.86</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.88</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.91</v>
       </c>
       <c r="AY7" s="1" t="n">
         <v>0.83</v>
       </c>
       <c r="AZ7" s="1" t="n">
         <v>0.93</v>
       </c>
+      <c r="BA7" s="1" t="n">
+        <v>0.88</v>
+      </c>
+      <c r="BB7" s="1" t="n">
+        <v>0.86</v>
+      </c>
+      <c r="BC7" s="1" t="n">
+        <v>0.89</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -17383,50 +18319,59 @@
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AY8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AZ8" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="BA8" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BB8" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BC8" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0</v>
       </c>
@@ -17543,50 +18488,59 @@
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AY9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AZ9" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="BA9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="BB9" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="BC9" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>300</v>
       </c>
       <c r="C10" t="n">
         <v>282</v>
       </c>
       <c r="D10" t="n">
         <v>266</v>
       </c>
       <c r="E10" t="n">
         <v>276</v>
       </c>
       <c r="F10" t="n">
         <v>229</v>
       </c>
       <c r="G10" t="n">
         <v>248</v>
       </c>
@@ -17703,50 +18657,59 @@
       </c>
       <c r="AS10" t="n">
         <v>231</v>
       </c>
       <c r="AT10" t="n">
         <v>234</v>
       </c>
       <c r="AU10" t="n">
         <v>219</v>
       </c>
       <c r="AV10" t="n">
         <v>219</v>
       </c>
       <c r="AW10" t="n">
         <v>233</v>
       </c>
       <c r="AX10" t="n">
         <v>222</v>
       </c>
       <c r="AY10" t="n">
         <v>218</v>
       </c>
       <c r="AZ10" t="n">
         <v>228</v>
       </c>
+      <c r="BA10" t="n">
+        <v>222</v>
+      </c>
+      <c r="BB10" t="n">
+        <v>221</v>
+      </c>
+      <c r="BC10" t="n">
+        <v>235</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>209</v>
       </c>
       <c r="C11" t="n">
         <v>226</v>
       </c>
       <c r="D11" t="n">
         <v>231</v>
       </c>
       <c r="E11" t="n">
         <v>227</v>
       </c>
       <c r="F11" t="n">
         <v>219</v>
       </c>
       <c r="G11" t="n">
         <v>225</v>
       </c>
@@ -17861,65 +18824,74 @@
       <c r="AR11" t="n">
         <v>210</v>
       </c>
       <c r="AS11" t="n">
         <v>213</v>
       </c>
       <c r="AT11" t="n">
         <v>208</v>
       </c>
       <c r="AU11" t="n">
         <v>212</v>
       </c>
       <c r="AV11" t="n">
         <v>215</v>
       </c>
       <c r="AW11" t="n">
         <v>206</v>
       </c>
       <c r="AX11" t="n">
         <v>205</v>
       </c>
       <c r="AY11" t="n">
         <v>207</v>
       </c>
       <c r="AZ11" t="n">
+        <v>218</v>
+      </c>
+      <c r="BA11" t="n">
+        <v>203</v>
+      </c>
+      <c r="BB11" t="n">
+        <v>209</v>
+      </c>
+      <c r="BC11" t="n">
         <v>218</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AZ11"/>
+  <dimension ref="A1:BC11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -17935,50 +18907,53 @@
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
     <col width="14" customWidth="1" min="51" max="51"/>
     <col width="14" customWidth="1" min="52" max="52"/>
+    <col width="14" customWidth="1" min="53" max="53"/>
+    <col width="14" customWidth="1" min="54" max="54"/>
+    <col width="14" customWidth="1" min="55" max="55"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -18198,50 +19173,65 @@
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
       <c r="AY1" t="inlineStr">
         <is>
           <t>2025-12-22</t>
         </is>
       </c>
       <c r="AZ1" t="inlineStr">
         <is>
           <t>2026-01-05</t>
         </is>
       </c>
+      <c r="BA1" t="inlineStr">
+        <is>
+          <t>2026-01-12</t>
+        </is>
+      </c>
+      <c r="BB1" t="inlineStr">
+        <is>
+          <t>2026-01-19</t>
+        </is>
+      </c>
+      <c r="BC1" t="inlineStr">
+        <is>
+          <t>2026-01-26</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.17</v>
       </c>
@@ -18358,50 +19348,59 @@
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AY2" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AZ2" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="BA2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="BB2" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="BC2" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.39</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.37</v>
       </c>
@@ -18518,50 +19517,59 @@
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AY3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AZ3" s="1" t="n">
         <v>0.27</v>
       </c>
+      <c r="BA3" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="BB3" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="BC3" s="1" t="n">
+        <v>0.31</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.2</v>
       </c>
@@ -18678,50 +19686,59 @@
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AY4" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AZ4" s="1" t="n">
         <v>0.22</v>
       </c>
+      <c r="BA4" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="BB4" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="BC4" s="1" t="n">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.04</v>
       </c>
@@ -18838,50 +19855,59 @@
       </c>
       <c r="AS5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AY5" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AZ5" s="1" t="n">
         <v>0.06</v>
       </c>
+      <c r="BA5" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="BB5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="BC5" s="1" t="n">
+        <v>0.05</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -18998,50 +20024,59 @@
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AY6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AZ6" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="BA6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="BB6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BC6" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.08</v>
       </c>
@@ -19158,50 +20193,59 @@
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AY7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AZ7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
+      <c r="BA7" s="1" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="BB7" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="BC7" s="1" t="n">
+        <v>0.06</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.11</v>
       </c>
@@ -19318,50 +20362,59 @@
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AY8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AZ8" s="1" t="n">
         <v>0.19</v>
       </c>
+      <c r="BA8" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="BB8" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="BC8" s="1" t="n">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.02</v>
       </c>
@@ -19478,50 +20531,59 @@
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AY9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AZ9" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="BA9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="BB9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="BC9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>726</v>
       </c>
       <c r="C10" t="n">
         <v>815</v>
       </c>
       <c r="D10" t="n">
         <v>784</v>
       </c>
       <c r="E10" t="n">
         <v>838</v>
       </c>
       <c r="F10" t="n">
         <v>792</v>
       </c>
       <c r="G10" t="n">
         <v>789</v>
       </c>
@@ -19638,50 +20700,59 @@
       </c>
       <c r="AS10" t="n">
         <v>776</v>
       </c>
       <c r="AT10" t="n">
         <v>744</v>
       </c>
       <c r="AU10" t="n">
         <v>718</v>
       </c>
       <c r="AV10" t="n">
         <v>735</v>
       </c>
       <c r="AW10" t="n">
         <v>741</v>
       </c>
       <c r="AX10" t="n">
         <v>748</v>
       </c>
       <c r="AY10" t="n">
         <v>704</v>
       </c>
       <c r="AZ10" t="n">
         <v>732</v>
       </c>
+      <c r="BA10" t="n">
+        <v>724</v>
+      </c>
+      <c r="BB10" t="n">
+        <v>737</v>
+      </c>
+      <c r="BC10" t="n">
+        <v>767</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>653</v>
       </c>
       <c r="C11" t="n">
         <v>706</v>
       </c>
       <c r="D11" t="n">
         <v>721</v>
       </c>
       <c r="E11" t="n">
         <v>709</v>
       </c>
       <c r="F11" t="n">
         <v>683</v>
       </c>
       <c r="G11" t="n">
         <v>702</v>
       </c>
@@ -19797,64 +20868,73 @@
         <v>652</v>
       </c>
       <c r="AS11" t="n">
         <v>660</v>
       </c>
       <c r="AT11" t="n">
         <v>644</v>
       </c>
       <c r="AU11" t="n">
         <v>658</v>
       </c>
       <c r="AV11" t="n">
         <v>665</v>
       </c>
       <c r="AW11" t="n">
         <v>639</v>
       </c>
       <c r="AX11" t="n">
         <v>637</v>
       </c>
       <c r="AY11" t="n">
         <v>640</v>
       </c>
       <c r="AZ11" t="n">
         <v>676</v>
+      </c>
+      <c r="BA11" t="n">
+        <v>630</v>
+      </c>
+      <c r="BB11" t="n">
+        <v>648</v>
+      </c>
+      <c r="BC11" t="n">
+        <v>677</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AZ11"/>
+  <dimension ref="A1:BC11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -19870,50 +20950,53 @@
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
     <col width="14" customWidth="1" min="51" max="51"/>
     <col width="14" customWidth="1" min="52" max="52"/>
+    <col width="14" customWidth="1" min="53" max="53"/>
+    <col width="14" customWidth="1" min="54" max="54"/>
+    <col width="14" customWidth="1" min="55" max="55"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -20133,50 +21216,65 @@
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
       <c r="AY1" t="inlineStr">
         <is>
           <t>2025-12-22</t>
         </is>
       </c>
       <c r="AZ1" t="inlineStr">
         <is>
           <t>2026-01-05</t>
         </is>
       </c>
+      <c r="BA1" t="inlineStr">
+        <is>
+          <t>2026-01-12</t>
+        </is>
+      </c>
+      <c r="BB1" t="inlineStr">
+        <is>
+          <t>2026-01-19</t>
+        </is>
+      </c>
+      <c r="BC1" t="inlineStr">
+        <is>
+          <t>2026-01-26</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.29</v>
       </c>
@@ -20293,50 +21391,59 @@
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AY2" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AZ2" s="1" t="n">
         <v>0.26</v>
       </c>
+      <c r="BA2" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="BB2" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="BC2" s="1" t="n">
+        <v>0.23</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.1</v>
       </c>
@@ -20453,50 +21560,59 @@
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AY3" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AZ3" s="1" t="n">
         <v>0.05</v>
       </c>
+      <c r="BA3" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="BB3" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="BC3" s="1" t="n">
+        <v>0.09</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
@@ -20613,50 +21729,59 @@
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AY4" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AZ4" s="1" t="n">
         <v>0.09</v>
       </c>
+      <c r="BA4" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="BB4" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="BC4" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -20773,50 +21898,59 @@
       </c>
       <c r="AS5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AY5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AZ5" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="BA5" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="BB5" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BC5" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -20933,50 +22067,59 @@
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AY6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AZ6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="BA6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BB6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BC6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.45</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.45</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.42</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.46</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.49</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.49</v>
       </c>
@@ -21093,50 +22236,59 @@
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.51</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.53</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.49</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.46</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.52</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.53</v>
       </c>
       <c r="AY7" s="1" t="n">
         <v>0.5</v>
       </c>
       <c r="AZ7" s="1" t="n">
         <v>0.49</v>
       </c>
+      <c r="BA7" s="1" t="n">
+        <v>0.46</v>
+      </c>
+      <c r="BB7" s="1" t="n">
+        <v>0.47</v>
+      </c>
+      <c r="BC7" s="1" t="n">
+        <v>0.5</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -21253,50 +22405,59 @@
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AY8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AZ8" s="1" t="n">
         <v>0.06</v>
       </c>
+      <c r="BA8" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="BB8" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="BC8" s="1" t="n">
+        <v>0.06</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -21413,50 +22574,59 @@
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AY9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AZ9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="BA9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="BB9" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="BC9" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>727</v>
       </c>
       <c r="C10" t="n">
         <v>740</v>
       </c>
       <c r="D10" t="n">
         <v>751</v>
       </c>
       <c r="E10" t="n">
         <v>736</v>
       </c>
       <c r="F10" t="n">
         <v>701</v>
       </c>
       <c r="G10" t="n">
         <v>713</v>
       </c>
@@ -21573,50 +22743,59 @@
       </c>
       <c r="AS10" t="n">
         <v>641</v>
       </c>
       <c r="AT10" t="n">
         <v>594</v>
       </c>
       <c r="AU10" t="n">
         <v>664</v>
       </c>
       <c r="AV10" t="n">
         <v>619</v>
       </c>
       <c r="AW10" t="n">
         <v>617</v>
       </c>
       <c r="AX10" t="n">
         <v>588</v>
       </c>
       <c r="AY10" t="n">
         <v>639</v>
       </c>
       <c r="AZ10" t="n">
         <v>665</v>
       </c>
+      <c r="BA10" t="n">
+        <v>608</v>
+      </c>
+      <c r="BB10" t="n">
+        <v>621</v>
+      </c>
+      <c r="BC10" t="n">
+        <v>641</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>670</v>
       </c>
       <c r="C11" t="n">
         <v>724</v>
       </c>
       <c r="D11" t="n">
         <v>740</v>
       </c>
       <c r="E11" t="n">
         <v>727</v>
       </c>
       <c r="F11" t="n">
         <v>701</v>
       </c>
       <c r="G11" t="n">
         <v>721</v>
       </c>
@@ -21731,65 +22910,74 @@
       <c r="AR11" t="n">
         <v>650</v>
       </c>
       <c r="AS11" t="n">
         <v>658</v>
       </c>
       <c r="AT11" t="n">
         <v>642</v>
       </c>
       <c r="AU11" t="n">
         <v>656</v>
       </c>
       <c r="AV11" t="n">
         <v>663</v>
       </c>
       <c r="AW11" t="n">
         <v>637</v>
       </c>
       <c r="AX11" t="n">
         <v>635</v>
       </c>
       <c r="AY11" t="n">
         <v>639</v>
       </c>
       <c r="AZ11" t="n">
+        <v>675</v>
+      </c>
+      <c r="BA11" t="n">
+        <v>629</v>
+      </c>
+      <c r="BB11" t="n">
+        <v>646</v>
+      </c>
+      <c r="BC11" t="n">
         <v>675</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AZ11"/>
+  <dimension ref="A1:BC11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -21805,50 +22993,53 @@
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
     <col width="14" customWidth="1" min="51" max="51"/>
     <col width="14" customWidth="1" min="52" max="52"/>
+    <col width="14" customWidth="1" min="53" max="53"/>
+    <col width="14" customWidth="1" min="54" max="54"/>
+    <col width="14" customWidth="1" min="55" max="55"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -22068,50 +23259,65 @@
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
       <c r="AY1" t="inlineStr">
         <is>
           <t>2025-12-22</t>
         </is>
       </c>
       <c r="AZ1" t="inlineStr">
         <is>
           <t>2026-01-05</t>
         </is>
       </c>
+      <c r="BA1" t="inlineStr">
+        <is>
+          <t>2026-01-12</t>
+        </is>
+      </c>
+      <c r="BB1" t="inlineStr">
+        <is>
+          <t>2026-01-19</t>
+        </is>
+      </c>
+      <c r="BC1" t="inlineStr">
+        <is>
+          <t>2026-01-26</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.12</v>
       </c>
@@ -22228,50 +23434,59 @@
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AY2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AZ2" s="1" t="n">
         <v>0.11</v>
       </c>
+      <c r="BA2" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="BB2" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="BC2" s="1" t="n">
+        <v>0.07000000000000001</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.48</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.32</v>
       </c>
@@ -22388,50 +23603,59 @@
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AY3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AZ3" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="BA3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="BB3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="BC3" s="1" t="n">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.17</v>
       </c>
@@ -22548,50 +23772,59 @@
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AY4" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AZ4" s="1" t="n">
         <v>0.19</v>
       </c>
+      <c r="BA4" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="BB4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="BC4" s="1" t="n">
+        <v>0.18</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.02</v>
       </c>
@@ -22708,50 +23941,59 @@
       </c>
       <c r="AS5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AY5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AZ5" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="BA5" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BB5" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BC5" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -22868,50 +24110,59 @@
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AY6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AZ6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="BA6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BB6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BC6" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.17</v>
       </c>
@@ -23028,50 +24279,59 @@
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AY7" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AZ7" s="1" t="n">
         <v>0.1</v>
       </c>
+      <c r="BA7" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="BB7" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="BC7" s="1" t="n">
+        <v>0.1</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.21</v>
       </c>
@@ -23188,50 +24448,59 @@
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.47</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.47</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.42</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.46</v>
       </c>
       <c r="AY8" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AZ8" s="1" t="n">
         <v>0.38</v>
       </c>
+      <c r="BA8" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="BB8" s="1" t="n">
+        <v>0.45</v>
+      </c>
+      <c r="BC8" s="1" t="n">
+        <v>0.35</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -23348,50 +24617,59 @@
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AY9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AZ9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="BA9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="BB9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BC9" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>85</v>
       </c>
       <c r="C10" t="n">
         <v>91</v>
       </c>
       <c r="D10" t="n">
         <v>115</v>
       </c>
       <c r="E10" t="n">
         <v>76</v>
       </c>
       <c r="F10" t="n">
         <v>103</v>
       </c>
       <c r="G10" t="n">
         <v>102</v>
       </c>
@@ -23508,50 +24786,59 @@
       </c>
       <c r="AS10" t="n">
         <v>118</v>
       </c>
       <c r="AT10" t="n">
         <v>117</v>
       </c>
       <c r="AU10" t="n">
         <v>156</v>
       </c>
       <c r="AV10" t="n">
         <v>149</v>
       </c>
       <c r="AW10" t="n">
         <v>111</v>
       </c>
       <c r="AX10" t="n">
         <v>105</v>
       </c>
       <c r="AY10" t="n">
         <v>121</v>
       </c>
       <c r="AZ10" t="n">
         <v>144</v>
       </c>
+      <c r="BA10" t="n">
+        <v>142</v>
+      </c>
+      <c r="BB10" t="n">
+        <v>137</v>
+      </c>
+      <c r="BC10" t="n">
+        <v>151</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>161</v>
       </c>
       <c r="C11" t="n">
         <v>174</v>
       </c>
       <c r="D11" t="n">
         <v>178</v>
       </c>
       <c r="E11" t="n">
         <v>175</v>
       </c>
       <c r="F11" t="n">
         <v>169</v>
       </c>
       <c r="G11" t="n">
         <v>173</v>
       </c>
@@ -23666,65 +24953,74 @@
       <c r="AR11" t="n">
         <v>160</v>
       </c>
       <c r="AS11" t="n">
         <v>162</v>
       </c>
       <c r="AT11" t="n">
         <v>158</v>
       </c>
       <c r="AU11" t="n">
         <v>161</v>
       </c>
       <c r="AV11" t="n">
         <v>163</v>
       </c>
       <c r="AW11" t="n">
         <v>157</v>
       </c>
       <c r="AX11" t="n">
         <v>156</v>
       </c>
       <c r="AY11" t="n">
         <v>157</v>
       </c>
       <c r="AZ11" t="n">
+        <v>166</v>
+      </c>
+      <c r="BA11" t="n">
+        <v>154</v>
+      </c>
+      <c r="BB11" t="n">
+        <v>159</v>
+      </c>
+      <c r="BC11" t="n">
         <v>166</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AZ11"/>
+  <dimension ref="A1:BC11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -23740,50 +25036,53 @@
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
     <col width="14" customWidth="1" min="51" max="51"/>
     <col width="14" customWidth="1" min="52" max="52"/>
+    <col width="14" customWidth="1" min="53" max="53"/>
+    <col width="14" customWidth="1" min="54" max="54"/>
+    <col width="14" customWidth="1" min="55" max="55"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -24003,50 +25302,65 @@
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
       <c r="AY1" t="inlineStr">
         <is>
           <t>2025-12-22</t>
         </is>
       </c>
       <c r="AZ1" t="inlineStr">
         <is>
           <t>2026-01-05</t>
         </is>
       </c>
+      <c r="BA1" t="inlineStr">
+        <is>
+          <t>2026-01-12</t>
+        </is>
+      </c>
+      <c r="BB1" t="inlineStr">
+        <is>
+          <t>2026-01-19</t>
+        </is>
+      </c>
+      <c r="BC1" t="inlineStr">
+        <is>
+          <t>2026-01-26</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.22</v>
       </c>
@@ -24163,50 +25477,59 @@
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AY2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AZ2" s="1" t="n">
         <v>0.2</v>
       </c>
+      <c r="BA2" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="BB2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="BC2" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.29</v>
       </c>
@@ -24323,50 +25646,59 @@
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AY3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AZ3" s="1" t="n">
         <v>0.2</v>
       </c>
+      <c r="BA3" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="BB3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="BC3" s="1" t="n">
+        <v>0.22</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.15</v>
       </c>
@@ -24483,50 +25815,59 @@
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AY4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AZ4" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="BA4" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="BB4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="BC4" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -24643,50 +25984,59 @@
       </c>
       <c r="AS5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AY5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AZ5" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="BA5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="BB5" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="BC5" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -24803,50 +26153,59 @@
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AY6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AZ6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="BA6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BB6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="BC6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.19</v>
       </c>
@@ -24963,50 +26322,59 @@
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AY7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AZ7" s="1" t="n">
         <v>0.19</v>
       </c>
+      <c r="BA7" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="BB7" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="BC7" s="1" t="n">
+        <v>0.22</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.1</v>
       </c>
@@ -25123,50 +26491,59 @@
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AY8" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AZ8" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="BA8" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="BB8" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="BC8" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -25283,50 +26660,59 @@
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AY9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AZ9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="BA9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="BB9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="BC9" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>1072</v>
       </c>
       <c r="C10" t="n">
         <v>1182</v>
       </c>
       <c r="D10" t="n">
         <v>1256</v>
       </c>
       <c r="E10" t="n">
         <v>1197</v>
       </c>
       <c r="F10" t="n">
         <v>1118</v>
       </c>
       <c r="G10" t="n">
         <v>1159</v>
       </c>
@@ -25443,50 +26829,59 @@
       </c>
       <c r="AS10" t="n">
         <v>1098</v>
       </c>
       <c r="AT10" t="n">
         <v>1096</v>
       </c>
       <c r="AU10" t="n">
         <v>1111</v>
       </c>
       <c r="AV10" t="n">
         <v>1055</v>
       </c>
       <c r="AW10" t="n">
         <v>1087</v>
       </c>
       <c r="AX10" t="n">
         <v>1047</v>
       </c>
       <c r="AY10" t="n">
         <v>1123</v>
       </c>
       <c r="AZ10" t="n">
         <v>1132</v>
       </c>
+      <c r="BA10" t="n">
+        <v>1024</v>
+      </c>
+      <c r="BB10" t="n">
+        <v>1072</v>
+      </c>
+      <c r="BC10" t="n">
+        <v>1217</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>1006</v>
       </c>
       <c r="C11" t="n">
         <v>1088</v>
       </c>
       <c r="D11" t="n">
         <v>1112</v>
       </c>
       <c r="E11" t="n">
         <v>1092</v>
       </c>
       <c r="F11" t="n">
         <v>1053</v>
       </c>
       <c r="G11" t="n">
         <v>1083</v>
       </c>
@@ -25601,65 +26996,74 @@
       <c r="AR11" t="n">
         <v>1007</v>
       </c>
       <c r="AS11" t="n">
         <v>1019</v>
       </c>
       <c r="AT11" t="n">
         <v>994</v>
       </c>
       <c r="AU11" t="n">
         <v>1016</v>
       </c>
       <c r="AV11" t="n">
         <v>1025</v>
       </c>
       <c r="AW11" t="n">
         <v>985</v>
       </c>
       <c r="AX11" t="n">
         <v>977</v>
       </c>
       <c r="AY11" t="n">
         <v>987</v>
       </c>
       <c r="AZ11" t="n">
+        <v>1045</v>
+      </c>
+      <c r="BA11" t="n">
+        <v>973</v>
+      </c>
+      <c r="BB11" t="n">
+        <v>1001</v>
+      </c>
+      <c r="BC11" t="n">
         <v>1045</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AZ11"/>
+  <dimension ref="A1:BC11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -25675,50 +27079,53 @@
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
     <col width="14" customWidth="1" min="51" max="51"/>
     <col width="14" customWidth="1" min="52" max="52"/>
+    <col width="14" customWidth="1" min="53" max="53"/>
+    <col width="14" customWidth="1" min="54" max="54"/>
+    <col width="14" customWidth="1" min="55" max="55"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -25938,50 +27345,65 @@
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
       <c r="AY1" t="inlineStr">
         <is>
           <t>2025-12-22</t>
         </is>
       </c>
       <c r="AZ1" t="inlineStr">
         <is>
           <t>2026-01-05</t>
         </is>
       </c>
+      <c r="BA1" t="inlineStr">
+        <is>
+          <t>2026-01-12</t>
+        </is>
+      </c>
+      <c r="BB1" t="inlineStr">
+        <is>
+          <t>2026-01-19</t>
+        </is>
+      </c>
+      <c r="BC1" t="inlineStr">
+        <is>
+          <t>2026-01-26</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.19</v>
       </c>
@@ -26098,50 +27520,59 @@
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AY2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AZ2" s="1" t="n">
         <v>0.19</v>
       </c>
+      <c r="BA2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="BB2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="BC2" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.18</v>
       </c>
@@ -26258,50 +27689,59 @@
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AY3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AZ3" s="1" t="n">
         <v>0.14</v>
       </c>
+      <c r="BA3" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="BB3" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="BC3" s="1" t="n">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.12</v>
       </c>
@@ -26418,50 +27858,59 @@
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AY4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AZ4" s="1" t="n">
         <v>0.13</v>
       </c>
+      <c r="BA4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="BB4" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="BC4" s="1" t="n">
+        <v>0.11</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -26578,50 +28027,59 @@
       </c>
       <c r="AS5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AY5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AZ5" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="BA5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="BB5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="BC5" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -26738,50 +28196,59 @@
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AY6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AZ6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="BA6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="BB6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BC6" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.39</v>
       </c>
@@ -26898,50 +28365,59 @@
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="AY7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AZ7" s="1" t="n">
         <v>0.35</v>
       </c>
+      <c r="BA7" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="BB7" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="BC7" s="1" t="n">
+        <v>0.31</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
@@ -27058,50 +28534,59 @@
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AY8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AZ8" s="1" t="n">
         <v>0.12</v>
       </c>
+      <c r="BA8" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="BB8" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="BC8" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -27218,50 +28703,59 @@
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AY9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AZ9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="BA9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="BB9" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="BC9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>619</v>
       </c>
       <c r="C10" t="n">
         <v>647</v>
       </c>
       <c r="D10" t="n">
         <v>613</v>
       </c>
       <c r="E10" t="n">
         <v>639</v>
       </c>
       <c r="F10" t="n">
         <v>652</v>
       </c>
       <c r="G10" t="n">
         <v>661</v>
       </c>
@@ -27378,50 +28872,59 @@
       </c>
       <c r="AS10" t="n">
         <v>615</v>
       </c>
       <c r="AT10" t="n">
         <v>575</v>
       </c>
       <c r="AU10" t="n">
         <v>594</v>
       </c>
       <c r="AV10" t="n">
         <v>665</v>
       </c>
       <c r="AW10" t="n">
         <v>568</v>
       </c>
       <c r="AX10" t="n">
         <v>604</v>
       </c>
       <c r="AY10" t="n">
         <v>532</v>
       </c>
       <c r="AZ10" t="n">
         <v>624</v>
       </c>
+      <c r="BA10" t="n">
+        <v>612</v>
+      </c>
+      <c r="BB10" t="n">
+        <v>612</v>
+      </c>
+      <c r="BC10" t="n">
+        <v>535</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>685</v>
       </c>
       <c r="C11" t="n">
         <v>741</v>
       </c>
       <c r="D11" t="n">
         <v>757</v>
       </c>
       <c r="E11" t="n">
         <v>744</v>
       </c>
       <c r="F11" t="n">
         <v>717</v>
       </c>
       <c r="G11" t="n">
         <v>737</v>
       </c>
@@ -27537,64 +29040,73 @@
         <v>680</v>
       </c>
       <c r="AS11" t="n">
         <v>689</v>
       </c>
       <c r="AT11" t="n">
         <v>675</v>
       </c>
       <c r="AU11" t="n">
         <v>688</v>
       </c>
       <c r="AV11" t="n">
         <v>695</v>
       </c>
       <c r="AW11" t="n">
         <v>665</v>
       </c>
       <c r="AX11" t="n">
         <v>670</v>
       </c>
       <c r="AY11" t="n">
         <v>659</v>
       </c>
       <c r="AZ11" t="n">
         <v>710</v>
+      </c>
+      <c r="BA11" t="n">
+        <v>662</v>
+      </c>
+      <c r="BB11" t="n">
+        <v>682</v>
+      </c>
+      <c r="BC11" t="n">
+        <v>704</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AZ11"/>
+  <dimension ref="A1:BC11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -27610,50 +29122,53 @@
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
     <col width="14" customWidth="1" min="51" max="51"/>
     <col width="14" customWidth="1" min="52" max="52"/>
+    <col width="14" customWidth="1" min="53" max="53"/>
+    <col width="14" customWidth="1" min="54" max="54"/>
+    <col width="14" customWidth="1" min="55" max="55"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -27873,50 +29388,65 @@
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
       <c r="AY1" t="inlineStr">
         <is>
           <t>2025-12-22</t>
         </is>
       </c>
       <c r="AZ1" t="inlineStr">
         <is>
           <t>2026-01-05</t>
         </is>
       </c>
+      <c r="BA1" t="inlineStr">
+        <is>
+          <t>2026-01-12</t>
+        </is>
+      </c>
+      <c r="BB1" t="inlineStr">
+        <is>
+          <t>2026-01-19</t>
+        </is>
+      </c>
+      <c r="BC1" t="inlineStr">
+        <is>
+          <t>2026-01-26</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.16</v>
       </c>
@@ -28033,50 +29563,59 @@
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AY2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AZ2" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="BA2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="BB2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="BC2" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.34</v>
       </c>
@@ -28193,50 +29732,59 @@
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AY3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AZ3" s="1" t="n">
         <v>0.21</v>
       </c>
+      <c r="BA3" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="BB3" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="BC3" s="1" t="n">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.15</v>
       </c>
@@ -28353,50 +29901,59 @@
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AY4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AZ4" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="BA4" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="BB4" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="BC4" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -28513,50 +30070,59 @@
       </c>
       <c r="AS5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AY5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AZ5" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="BA5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="BB5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="BC5" s="1" t="n">
+        <v>0.04</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -28673,50 +30239,59 @@
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AY6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AZ6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="BA6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="BB6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BC6" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.2</v>
       </c>
@@ -28833,50 +30408,59 @@
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AY7" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AZ7" s="1" t="n">
         <v>0.19</v>
       </c>
+      <c r="BA7" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="BB7" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="BC7" s="1" t="n">
+        <v>0.2</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.1</v>
       </c>
@@ -28993,50 +30577,59 @@
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AY8" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AZ8" s="1" t="n">
         <v>0.2</v>
       </c>
+      <c r="BA8" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="BB8" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="BC8" s="1" t="n">
+        <v>0.22</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -29153,50 +30746,59 @@
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AY9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AZ9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="BA9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="BB9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="BC9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>585</v>
       </c>
       <c r="C10" t="n">
         <v>694</v>
       </c>
       <c r="D10" t="n">
         <v>712</v>
       </c>
       <c r="E10" t="n">
         <v>683</v>
       </c>
       <c r="F10" t="n">
         <v>624</v>
       </c>
       <c r="G10" t="n">
         <v>658</v>
       </c>
@@ -29313,50 +30915,59 @@
       </c>
       <c r="AS10" t="n">
         <v>579</v>
       </c>
       <c r="AT10" t="n">
         <v>606</v>
       </c>
       <c r="AU10" t="n">
         <v>598</v>
       </c>
       <c r="AV10" t="n">
         <v>585</v>
       </c>
       <c r="AW10" t="n">
         <v>570</v>
       </c>
       <c r="AX10" t="n">
         <v>622</v>
       </c>
       <c r="AY10" t="n">
         <v>571</v>
       </c>
       <c r="AZ10" t="n">
         <v>650</v>
       </c>
+      <c r="BA10" t="n">
+        <v>553</v>
+      </c>
+      <c r="BB10" t="n">
+        <v>576</v>
+      </c>
+      <c r="BC10" t="n">
+        <v>559</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>659</v>
       </c>
       <c r="C11" t="n">
         <v>713</v>
       </c>
       <c r="D11" t="n">
         <v>729</v>
       </c>
       <c r="E11" t="n">
         <v>716</v>
       </c>
       <c r="F11" t="n">
         <v>690</v>
       </c>
       <c r="G11" t="n">
         <v>709</v>
       </c>
@@ -29471,65 +31082,74 @@
       <c r="AR11" t="n">
         <v>658</v>
       </c>
       <c r="AS11" t="n">
         <v>666</v>
       </c>
       <c r="AT11" t="n">
         <v>650</v>
       </c>
       <c r="AU11" t="n">
         <v>664</v>
       </c>
       <c r="AV11" t="n">
         <v>671</v>
       </c>
       <c r="AW11" t="n">
         <v>645</v>
       </c>
       <c r="AX11" t="n">
         <v>642</v>
       </c>
       <c r="AY11" t="n">
         <v>646</v>
       </c>
       <c r="AZ11" t="n">
+        <v>683</v>
+      </c>
+      <c r="BA11" t="n">
+        <v>636</v>
+      </c>
+      <c r="BB11" t="n">
+        <v>654</v>
+      </c>
+      <c r="BC11" t="n">
         <v>683</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AZ11"/>
+  <dimension ref="A1:BC11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -29545,50 +31165,53 @@
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
     <col width="14" customWidth="1" min="51" max="51"/>
     <col width="14" customWidth="1" min="52" max="52"/>
+    <col width="14" customWidth="1" min="53" max="53"/>
+    <col width="14" customWidth="1" min="54" max="54"/>
+    <col width="14" customWidth="1" min="55" max="55"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -29808,50 +31431,65 @@
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
       <c r="AY1" t="inlineStr">
         <is>
           <t>2025-12-22</t>
         </is>
       </c>
       <c r="AZ1" t="inlineStr">
         <is>
           <t>2026-01-05</t>
         </is>
       </c>
+      <c r="BA1" t="inlineStr">
+        <is>
+          <t>2026-01-12</t>
+        </is>
+      </c>
+      <c r="BB1" t="inlineStr">
+        <is>
+          <t>2026-01-19</t>
+        </is>
+      </c>
+      <c r="BC1" t="inlineStr">
+        <is>
+          <t>2026-01-26</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.2</v>
       </c>
@@ -29968,50 +31606,59 @@
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AY2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AZ2" s="1" t="n">
         <v>0.16</v>
       </c>
+      <c r="BA2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="BB2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="BC2" s="1" t="n">
+        <v>0.18</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.2</v>
       </c>
@@ -30128,50 +31775,59 @@
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AY3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AZ3" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="BA3" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="BB3" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="BC3" s="1" t="n">
+        <v>0.22</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.14</v>
       </c>
@@ -30288,50 +31944,59 @@
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AY4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AZ4" s="1" t="n">
         <v>0.14</v>
       </c>
+      <c r="BA4" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="BB4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="BC4" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.04</v>
       </c>
@@ -30448,50 +32113,59 @@
       </c>
       <c r="AS5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AY5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AZ5" s="1" t="n">
         <v>0.05</v>
       </c>
+      <c r="BA5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="BB5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="BC5" s="1" t="n">
+        <v>0.03</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -30608,50 +32282,59 @@
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AY6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AZ6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="BA6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BB6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="BC6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.34</v>
       </c>
@@ -30768,50 +32451,59 @@
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AY7" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="AZ7" s="1" t="n">
         <v>0.34</v>
       </c>
+      <c r="BA7" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="BB7" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="BC7" s="1" t="n">
+        <v>0.31</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.06</v>
       </c>
@@ -30928,50 +32620,59 @@
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AY8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AZ8" s="1" t="n">
         <v>0.09</v>
       </c>
+      <c r="BA8" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="BB8" s="1" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="BC8" s="1" t="n">
+        <v>0.12</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -31088,50 +32789,59 @@
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AY9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AZ9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="BA9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="BB9" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="BC9" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>470</v>
       </c>
       <c r="C10" t="n">
         <v>477</v>
       </c>
       <c r="D10" t="n">
         <v>486</v>
       </c>
       <c r="E10" t="n">
         <v>507</v>
       </c>
       <c r="F10" t="n">
         <v>487</v>
       </c>
       <c r="G10" t="n">
         <v>507</v>
       </c>
@@ -31248,50 +32958,59 @@
       </c>
       <c r="AS10" t="n">
         <v>483</v>
       </c>
       <c r="AT10" t="n">
         <v>468</v>
       </c>
       <c r="AU10" t="n">
         <v>441</v>
       </c>
       <c r="AV10" t="n">
         <v>444</v>
       </c>
       <c r="AW10" t="n">
         <v>477</v>
       </c>
       <c r="AX10" t="n">
         <v>444</v>
       </c>
       <c r="AY10" t="n">
         <v>441</v>
       </c>
       <c r="AZ10" t="n">
         <v>458</v>
       </c>
+      <c r="BA10" t="n">
+        <v>442</v>
+      </c>
+      <c r="BB10" t="n">
+        <v>435</v>
+      </c>
+      <c r="BC10" t="n">
+        <v>478</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>441</v>
       </c>
       <c r="C11" t="n">
         <v>476</v>
       </c>
       <c r="D11" t="n">
         <v>487</v>
       </c>
       <c r="E11" t="n">
         <v>478</v>
       </c>
       <c r="F11" t="n">
         <v>461</v>
       </c>
       <c r="G11" t="n">
         <v>474</v>
       </c>
@@ -31407,64 +33126,73 @@
         <v>444</v>
       </c>
       <c r="AS11" t="n">
         <v>449</v>
       </c>
       <c r="AT11" t="n">
         <v>438</v>
       </c>
       <c r="AU11" t="n">
         <v>448</v>
       </c>
       <c r="AV11" t="n">
         <v>452</v>
       </c>
       <c r="AW11" t="n">
         <v>435</v>
       </c>
       <c r="AX11" t="n">
         <v>433</v>
       </c>
       <c r="AY11" t="n">
         <v>436</v>
       </c>
       <c r="AZ11" t="n">
         <v>460</v>
+      </c>
+      <c r="BA11" t="n">
+        <v>429</v>
+      </c>
+      <c r="BB11" t="n">
+        <v>441</v>
+      </c>
+      <c r="BC11" t="n">
+        <v>461</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AZ11"/>
+  <dimension ref="A1:BC11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -31480,50 +33208,53 @@
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
     <col width="14" customWidth="1" min="51" max="51"/>
     <col width="14" customWidth="1" min="52" max="52"/>
+    <col width="14" customWidth="1" min="53" max="53"/>
+    <col width="14" customWidth="1" min="54" max="54"/>
+    <col width="14" customWidth="1" min="55" max="55"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -31743,50 +33474,65 @@
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
       <c r="AY1" t="inlineStr">
         <is>
           <t>2025-12-22</t>
         </is>
       </c>
       <c r="AZ1" t="inlineStr">
         <is>
           <t>2026-01-05</t>
         </is>
       </c>
+      <c r="BA1" t="inlineStr">
+        <is>
+          <t>2026-01-12</t>
+        </is>
+      </c>
+      <c r="BB1" t="inlineStr">
+        <is>
+          <t>2026-01-19</t>
+        </is>
+      </c>
+      <c r="BC1" t="inlineStr">
+        <is>
+          <t>2026-01-26</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.34</v>
       </c>
@@ -31903,50 +33649,59 @@
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AY2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AZ2" s="1" t="n">
         <v>0.3</v>
       </c>
+      <c r="BA2" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="BB2" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="BC2" s="1" t="n">
+        <v>0.27</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.12</v>
       </c>
@@ -32063,50 +33818,59 @@
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AY3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AZ3" s="1" t="n">
         <v>0.11</v>
       </c>
+      <c r="BA3" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="BB3" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="BC3" s="1" t="n">
+        <v>0.14</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.12</v>
       </c>
@@ -32223,50 +33987,59 @@
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AY4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AZ4" s="1" t="n">
         <v>0.15</v>
       </c>
+      <c r="BA4" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="BB4" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="BC4" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.02</v>
       </c>
@@ -32383,50 +34156,59 @@
       </c>
       <c r="AS5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AY5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AZ5" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="BA5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="BB5" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="BC5" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -32543,50 +34325,59 @@
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AY6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AZ6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="BA6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BB6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="BC6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.34</v>
       </c>
@@ -32703,50 +34494,59 @@
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="AY7" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="AZ7" s="1" t="n">
         <v>0.33</v>
       </c>
+      <c r="BA7" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="BB7" s="1" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="BC7" s="1" t="n">
+        <v>0.33</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.04</v>
       </c>
@@ -32863,50 +34663,59 @@
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AY8" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AZ8" s="1" t="n">
         <v>0.06</v>
       </c>
+      <c r="BA8" s="1" t="n">
+        <v>0.05</v>
+      </c>
+      <c r="BB8" s="1" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="BC8" s="1" t="n">
+        <v>0.05</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -33023,50 +34832,59 @@
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AY9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AZ9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="BA9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="BB9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="BC9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>551</v>
       </c>
       <c r="C10" t="n">
         <v>567</v>
       </c>
       <c r="D10" t="n">
         <v>556</v>
       </c>
       <c r="E10" t="n">
         <v>570</v>
       </c>
       <c r="F10" t="n">
         <v>556</v>
       </c>
       <c r="G10" t="n">
         <v>553</v>
       </c>
@@ -33183,50 +35001,59 @@
       </c>
       <c r="AS10" t="n">
         <v>537</v>
       </c>
       <c r="AT10" t="n">
         <v>484</v>
       </c>
       <c r="AU10" t="n">
         <v>517</v>
       </c>
       <c r="AV10" t="n">
         <v>552</v>
       </c>
       <c r="AW10" t="n">
         <v>504</v>
       </c>
       <c r="AX10" t="n">
         <v>485</v>
       </c>
       <c r="AY10" t="n">
         <v>533</v>
       </c>
       <c r="AZ10" t="n">
         <v>508</v>
       </c>
+      <c r="BA10" t="n">
+        <v>503</v>
+      </c>
+      <c r="BB10" t="n">
+        <v>538</v>
+      </c>
+      <c r="BC10" t="n">
+        <v>573</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>430</v>
       </c>
       <c r="C11" t="n">
         <v>466</v>
       </c>
       <c r="D11" t="n">
         <v>476</v>
       </c>
       <c r="E11" t="n">
         <v>467</v>
       </c>
       <c r="F11" t="n">
         <v>450</v>
       </c>
       <c r="G11" t="n">
         <v>463</v>
       </c>
@@ -33342,64 +35169,73 @@
         <v>435</v>
       </c>
       <c r="AS11" t="n">
         <v>440</v>
       </c>
       <c r="AT11" t="n">
         <v>430</v>
       </c>
       <c r="AU11" t="n">
         <v>439</v>
       </c>
       <c r="AV11" t="n">
         <v>444</v>
       </c>
       <c r="AW11" t="n">
         <v>426</v>
       </c>
       <c r="AX11" t="n">
         <v>425</v>
       </c>
       <c r="AY11" t="n">
         <v>427</v>
       </c>
       <c r="AZ11" t="n">
         <v>451</v>
+      </c>
+      <c r="BA11" t="n">
+        <v>421</v>
+      </c>
+      <c r="BB11" t="n">
+        <v>432</v>
+      </c>
+      <c r="BC11" t="n">
+        <v>452</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AZ11"/>
+  <dimension ref="A1:BC11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -33415,50 +35251,53 @@
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
     <col width="14" customWidth="1" min="51" max="51"/>
     <col width="14" customWidth="1" min="52" max="52"/>
+    <col width="14" customWidth="1" min="53" max="53"/>
+    <col width="14" customWidth="1" min="54" max="54"/>
+    <col width="14" customWidth="1" min="55" max="55"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -33678,50 +35517,65 @@
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
       <c r="AY1" t="inlineStr">
         <is>
           <t>2025-12-22</t>
         </is>
       </c>
       <c r="AZ1" t="inlineStr">
         <is>
           <t>2026-01-05</t>
         </is>
       </c>
+      <c r="BA1" t="inlineStr">
+        <is>
+          <t>2026-01-12</t>
+        </is>
+      </c>
+      <c r="BB1" t="inlineStr">
+        <is>
+          <t>2026-01-19</t>
+        </is>
+      </c>
+      <c r="BC1" t="inlineStr">
+        <is>
+          <t>2026-01-26</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.2</v>
       </c>
@@ -33838,50 +35692,59 @@
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AY2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AZ2" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="BA2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="BB2" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="BC2" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.23</v>
       </c>
@@ -33998,50 +35861,59 @@
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AY3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AZ3" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="BA3" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="BB3" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="BC3" s="1" t="n">
+        <v>0.22</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.14</v>
       </c>
@@ -34158,50 +36030,59 @@
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AY4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AZ4" s="1" t="n">
         <v>0.15</v>
       </c>
+      <c r="BA4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="BB4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="BC4" s="1" t="n">
+        <v>0.12</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -34318,50 +36199,59 @@
       </c>
       <c r="AS5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AY5" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AZ5" s="1" t="n">
         <v>0.04</v>
       </c>
+      <c r="BA5" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="BB5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="BC5" s="1" t="n">
+        <v>0.04</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -34478,50 +36368,59 @@
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AY6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AZ6" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="BA6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BB6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BC6" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.33</v>
       </c>
@@ -34638,50 +36537,59 @@
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="AY7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AZ7" s="1" t="n">
         <v>0.3</v>
       </c>
+      <c r="BA7" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="BB7" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="BC7" s="1" t="n">
+        <v>0.28</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.06</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
@@ -34798,50 +36706,59 @@
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AY8" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="AZ8" s="1" t="n">
         <v>0.13</v>
       </c>
+      <c r="BA8" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="BB8" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="BC8" s="1" t="n">
+        <v>0.15</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -34958,50 +36875,59 @@
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AY9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AZ9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="BA9" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="BB9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="BC9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>781</v>
       </c>
       <c r="C10" t="n">
         <v>844</v>
       </c>
       <c r="D10" t="n">
         <v>872</v>
       </c>
       <c r="E10" t="n">
         <v>867</v>
       </c>
       <c r="F10" t="n">
         <v>814</v>
       </c>
       <c r="G10" t="n">
         <v>854</v>
       </c>
@@ -35118,50 +37044,59 @@
       </c>
       <c r="AS10" t="n">
         <v>807</v>
       </c>
       <c r="AT10" t="n">
         <v>784</v>
       </c>
       <c r="AU10" t="n">
         <v>811</v>
       </c>
       <c r="AV10" t="n">
         <v>798</v>
       </c>
       <c r="AW10" t="n">
         <v>770</v>
       </c>
       <c r="AX10" t="n">
         <v>770</v>
       </c>
       <c r="AY10" t="n">
         <v>779</v>
       </c>
       <c r="AZ10" t="n">
         <v>799</v>
       </c>
+      <c r="BA10" t="n">
+        <v>743</v>
+      </c>
+      <c r="BB10" t="n">
+        <v>780</v>
+      </c>
+      <c r="BC10" t="n">
+        <v>865</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>823</v>
       </c>
       <c r="C11" t="n">
         <v>891</v>
       </c>
       <c r="D11" t="n">
         <v>910</v>
       </c>
       <c r="E11" t="n">
         <v>894</v>
       </c>
       <c r="F11" t="n">
         <v>862</v>
       </c>
       <c r="G11" t="n">
         <v>886</v>
       </c>
@@ -35277,64 +37212,73 @@
         <v>824</v>
       </c>
       <c r="AS11" t="n">
         <v>834</v>
       </c>
       <c r="AT11" t="n">
         <v>814</v>
       </c>
       <c r="AU11" t="n">
         <v>832</v>
       </c>
       <c r="AV11" t="n">
         <v>841</v>
       </c>
       <c r="AW11" t="n">
         <v>808</v>
       </c>
       <c r="AX11" t="n">
         <v>805</v>
       </c>
       <c r="AY11" t="n">
         <v>810</v>
       </c>
       <c r="AZ11" t="n">
         <v>855</v>
+      </c>
+      <c r="BA11" t="n">
+        <v>797</v>
+      </c>
+      <c r="BB11" t="n">
+        <v>819</v>
+      </c>
+      <c r="BC11" t="n">
+        <v>856</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AZ11"/>
+  <dimension ref="A1:BC11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -35350,50 +37294,53 @@
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
     <col width="14" customWidth="1" min="51" max="51"/>
     <col width="14" customWidth="1" min="52" max="52"/>
+    <col width="14" customWidth="1" min="53" max="53"/>
+    <col width="14" customWidth="1" min="54" max="54"/>
+    <col width="14" customWidth="1" min="55" max="55"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -35613,50 +37560,65 @@
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
       <c r="AY1" t="inlineStr">
         <is>
           <t>2025-12-22</t>
         </is>
       </c>
       <c r="AZ1" t="inlineStr">
         <is>
           <t>2026-01-05</t>
         </is>
       </c>
+      <c r="BA1" t="inlineStr">
+        <is>
+          <t>2026-01-12</t>
+        </is>
+      </c>
+      <c r="BB1" t="inlineStr">
+        <is>
+          <t>2026-01-19</t>
+        </is>
+      </c>
+      <c r="BC1" t="inlineStr">
+        <is>
+          <t>2026-01-26</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.22</v>
       </c>
@@ -35773,50 +37735,59 @@
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AY2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AZ2" s="1" t="n">
         <v>0.21</v>
       </c>
+      <c r="BA2" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="BB2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="BC2" s="1" t="n">
+        <v>0.19</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.26</v>
       </c>
@@ -35933,50 +37904,59 @@
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AY3" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AZ3" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="BA3" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="BB3" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="BC3" s="1" t="n">
+        <v>0.2</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.14</v>
       </c>
@@ -36093,50 +38073,59 @@
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AY4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AZ4" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="BA4" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="BB4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="BC4" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.03</v>
       </c>
@@ -36253,50 +38242,59 @@
       </c>
       <c r="AS5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AY5" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AZ5" s="1" t="n">
         <v>0.03</v>
       </c>
+      <c r="BA5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="BB5" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="BC5" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -36413,50 +38411,59 @@
       </c>
       <c r="AS6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AY6" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AZ6" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="BA6" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BB6" s="1" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="BC6" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.22</v>
       </c>
@@ -36573,50 +38580,59 @@
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AY7" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AZ7" s="1" t="n">
         <v>0.22</v>
       </c>
+      <c r="BA7" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="BB7" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="BC7" s="1" t="n">
+        <v>0.23</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.1</v>
       </c>
@@ -36733,50 +38749,59 @@
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AY8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AZ8" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="BA8" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="BB8" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="BC8" s="1" t="n">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.02</v>
       </c>
@@ -36893,50 +38918,59 @@
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AY9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AZ9" s="1" t="n">
         <v>0.02</v>
       </c>
+      <c r="BA9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="BB9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="BC9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>910</v>
       </c>
       <c r="C10" t="n">
         <v>985</v>
       </c>
       <c r="D10" t="n">
         <v>997</v>
       </c>
       <c r="E10" t="n">
         <v>969</v>
       </c>
       <c r="F10" t="n">
         <v>956</v>
       </c>
       <c r="G10" t="n">
         <v>966</v>
       </c>
@@ -37053,50 +39087,59 @@
       </c>
       <c r="AS10" t="n">
         <v>910</v>
       </c>
       <c r="AT10" t="n">
         <v>891</v>
       </c>
       <c r="AU10" t="n">
         <v>901</v>
       </c>
       <c r="AV10" t="n">
         <v>932</v>
       </c>
       <c r="AW10" t="n">
         <v>892</v>
       </c>
       <c r="AX10" t="n">
         <v>886</v>
       </c>
       <c r="AY10" t="n">
         <v>887</v>
       </c>
       <c r="AZ10" t="n">
         <v>961</v>
       </c>
+      <c r="BA10" t="n">
+        <v>897</v>
+      </c>
+      <c r="BB10" t="n">
+        <v>906</v>
+      </c>
+      <c r="BC10" t="n">
+        <v>896</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>868</v>
       </c>
       <c r="C11" t="n">
         <v>938</v>
       </c>
       <c r="D11" t="n">
         <v>959</v>
       </c>
       <c r="E11" t="n">
         <v>942</v>
       </c>
       <c r="F11" t="n">
         <v>908</v>
       </c>
       <c r="G11" t="n">
         <v>934</v>
       </c>
@@ -37211,65 +39254,74 @@
       <c r="AR11" t="n">
         <v>872</v>
       </c>
       <c r="AS11" t="n">
         <v>883</v>
       </c>
       <c r="AT11" t="n">
         <v>861</v>
       </c>
       <c r="AU11" t="n">
         <v>880</v>
       </c>
       <c r="AV11" t="n">
         <v>889</v>
       </c>
       <c r="AW11" t="n">
         <v>854</v>
       </c>
       <c r="AX11" t="n">
         <v>851</v>
       </c>
       <c r="AY11" t="n">
         <v>856</v>
       </c>
       <c r="AZ11" t="n">
+        <v>905</v>
+      </c>
+      <c r="BA11" t="n">
+        <v>843</v>
+      </c>
+      <c r="BB11" t="n">
+        <v>867</v>
+      </c>
+      <c r="BC11" t="n">
         <v>905</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AZ11"/>
+  <dimension ref="A1:BC11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -37285,50 +39337,53 @@
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
     <col width="14" customWidth="1" min="51" max="51"/>
     <col width="14" customWidth="1" min="52" max="52"/>
+    <col width="14" customWidth="1" min="53" max="53"/>
+    <col width="14" customWidth="1" min="54" max="54"/>
+    <col width="14" customWidth="1" min="55" max="55"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -37548,50 +39603,65 @@
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
       <c r="AY1" t="inlineStr">
         <is>
           <t>2025-12-22</t>
         </is>
       </c>
       <c r="AZ1" t="inlineStr">
         <is>
           <t>2026-01-05</t>
         </is>
       </c>
+      <c r="BA1" t="inlineStr">
+        <is>
+          <t>2026-01-12</t>
+        </is>
+      </c>
+      <c r="BB1" t="inlineStr">
+        <is>
+          <t>2026-01-19</t>
+        </is>
+      </c>
+      <c r="BC1" t="inlineStr">
+        <is>
+          <t>2026-01-26</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.2</v>
       </c>
@@ -37708,50 +39778,59 @@
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AY2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AZ2" s="1" t="n">
         <v>0.19</v>
       </c>
+      <c r="BA2" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="BB2" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="BC2" s="1" t="n">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.39</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.36</v>
       </c>
@@ -37868,50 +39947,59 @@
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AY3" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AZ3" s="1" t="n">
         <v>0.26</v>
       </c>
+      <c r="BA3" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="BB3" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="BC3" s="1" t="n">
+        <v>0.31</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.13</v>
       </c>
@@ -38028,50 +40116,59 @@
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AY4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AZ4" s="1" t="n">
         <v>0.15</v>
       </c>
+      <c r="BA4" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="BB4" s="1" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="BC4" s="1" t="n">
+        <v>0.14</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -38188,50 +40285,59 @@
       </c>
       <c r="AS5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AY5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AZ5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="BA5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BB5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BC5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -38348,50 +40454,59 @@
       </c>
       <c r="AS6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AY6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AZ6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="BA6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BB6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BC6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.19</v>
       </c>
@@ -38508,50 +40623,59 @@
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AY7" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AZ7" s="1" t="n">
         <v>0.18</v>
       </c>
+      <c r="BA7" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="BB7" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="BC7" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.08</v>
       </c>
@@ -38668,50 +40792,59 @@
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AY8" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AZ8" s="1" t="n">
         <v>0.21</v>
       </c>
+      <c r="BA8" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="BB8" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="BC8" s="1" t="n">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.03</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.04</v>
       </c>
@@ -38828,50 +40961,59 @@
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.04</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.05</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AY9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="AZ9" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="BA9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="BB9" s="1" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="BC9" s="1" t="n">
+        <v>0.02</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>137</v>
       </c>
       <c r="C10" t="n">
         <v>189</v>
       </c>
       <c r="D10" t="n">
         <v>218</v>
       </c>
       <c r="E10" t="n">
         <v>195</v>
       </c>
       <c r="F10" t="n">
         <v>205</v>
       </c>
       <c r="G10" t="n">
         <v>197</v>
       </c>
@@ -38988,50 +41130,59 @@
       </c>
       <c r="AS10" t="n">
         <v>214</v>
       </c>
       <c r="AT10" t="n">
         <v>207</v>
       </c>
       <c r="AU10" t="n">
         <v>180</v>
       </c>
       <c r="AV10" t="n">
         <v>209</v>
       </c>
       <c r="AW10" t="n">
         <v>181</v>
       </c>
       <c r="AX10" t="n">
         <v>174</v>
       </c>
       <c r="AY10" t="n">
         <v>189</v>
       </c>
       <c r="AZ10" t="n">
         <v>202</v>
       </c>
+      <c r="BA10" t="n">
+        <v>160</v>
+      </c>
+      <c r="BB10" t="n">
+        <v>187</v>
+      </c>
+      <c r="BC10" t="n">
+        <v>220</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>209</v>
       </c>
       <c r="C11" t="n">
         <v>226</v>
       </c>
       <c r="D11" t="n">
         <v>231</v>
       </c>
       <c r="E11" t="n">
         <v>227</v>
       </c>
       <c r="F11" t="n">
         <v>219</v>
       </c>
       <c r="G11" t="n">
         <v>225</v>
       </c>
@@ -39146,65 +41297,74 @@
       <c r="AR11" t="n">
         <v>207</v>
       </c>
       <c r="AS11" t="n">
         <v>209</v>
       </c>
       <c r="AT11" t="n">
         <v>204</v>
       </c>
       <c r="AU11" t="n">
         <v>209</v>
       </c>
       <c r="AV11" t="n">
         <v>211</v>
       </c>
       <c r="AW11" t="n">
         <v>203</v>
       </c>
       <c r="AX11" t="n">
         <v>202</v>
       </c>
       <c r="AY11" t="n">
         <v>203</v>
       </c>
       <c r="AZ11" t="n">
+        <v>215</v>
+      </c>
+      <c r="BA11" t="n">
+        <v>200</v>
+      </c>
+      <c r="BB11" t="n">
+        <v>206</v>
+      </c>
+      <c r="BC11" t="n">
         <v>215</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AZ11"/>
+  <dimension ref="A1:BC11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
     <col width="14" customWidth="1" min="14" max="14"/>
     <col width="14" customWidth="1" min="15" max="15"/>
     <col width="14" customWidth="1" min="16" max="16"/>
     <col width="14" customWidth="1" min="17" max="17"/>
     <col width="14" customWidth="1" min="18" max="18"/>
@@ -39220,50 +41380,53 @@
     <col width="14" customWidth="1" min="28" max="28"/>
     <col width="14" customWidth="1" min="29" max="29"/>
     <col width="14" customWidth="1" min="30" max="30"/>
     <col width="14" customWidth="1" min="31" max="31"/>
     <col width="14" customWidth="1" min="32" max="32"/>
     <col width="14" customWidth="1" min="33" max="33"/>
     <col width="14" customWidth="1" min="34" max="34"/>
     <col width="14" customWidth="1" min="35" max="35"/>
     <col width="14" customWidth="1" min="36" max="36"/>
     <col width="14" customWidth="1" min="37" max="37"/>
     <col width="14" customWidth="1" min="38" max="38"/>
     <col width="14" customWidth="1" min="39" max="39"/>
     <col width="14" customWidth="1" min="40" max="40"/>
     <col width="14" customWidth="1" min="41" max="41"/>
     <col width="14" customWidth="1" min="42" max="42"/>
     <col width="14" customWidth="1" min="43" max="43"/>
     <col width="14" customWidth="1" min="44" max="44"/>
     <col width="14" customWidth="1" min="45" max="45"/>
     <col width="14" customWidth="1" min="46" max="46"/>
     <col width="14" customWidth="1" min="47" max="47"/>
     <col width="14" customWidth="1" min="48" max="48"/>
     <col width="14" customWidth="1" min="49" max="49"/>
     <col width="14" customWidth="1" min="50" max="50"/>
     <col width="14" customWidth="1" min="51" max="51"/>
     <col width="14" customWidth="1" min="52" max="52"/>
+    <col width="14" customWidth="1" min="53" max="53"/>
+    <col width="14" customWidth="1" min="54" max="54"/>
+    <col width="14" customWidth="1" min="55" max="55"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>If there were a general election held tomorrow, which party would you vote for?</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2025-01-20</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2025-01-27</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -39483,50 +41646,65 @@
       <c r="AV1" t="inlineStr">
         <is>
           <t>2025-12-01</t>
         </is>
       </c>
       <c r="AW1" t="inlineStr">
         <is>
           <t>2025-12-08</t>
         </is>
       </c>
       <c r="AX1" t="inlineStr">
         <is>
           <t>2025-12-15</t>
         </is>
       </c>
       <c r="AY1" t="inlineStr">
         <is>
           <t>2025-12-22</t>
         </is>
       </c>
       <c r="AZ1" t="inlineStr">
         <is>
           <t>2026-01-05</t>
         </is>
       </c>
+      <c r="BA1" t="inlineStr">
+        <is>
+          <t>2026-01-12</t>
+        </is>
+      </c>
+      <c r="BB1" t="inlineStr">
+        <is>
+          <t>2026-01-19</t>
+        </is>
+      </c>
+      <c r="BC1" t="inlineStr">
+        <is>
+          <t>2026-01-26</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Con</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.24</v>
       </c>
@@ -39643,50 +41821,59 @@
       </c>
       <c r="AS2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AT2" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="AU2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AV2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AW2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AX2" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AY2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AZ2" s="1" t="n">
         <v>0.22</v>
       </c>
+      <c r="BA2" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="BB2" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="BC2" s="1" t="n">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Lab</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.17</v>
       </c>
@@ -39803,50 +41990,59 @@
       </c>
       <c r="AS3" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AT3" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="AU3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AV3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AW3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AX3" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AY3" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AZ3" s="1" t="n">
         <v>0.13</v>
       </c>
+      <c r="BA3" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="BB3" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="BC3" s="1" t="n">
+        <v>0.14</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Lib Dem</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.21</v>
       </c>
@@ -39963,50 +42159,59 @@
       </c>
       <c r="AS4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AT4" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AU4" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="AV4" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="AW4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AX4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="AY4" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="AZ4" s="1" t="n">
         <v>0.25</v>
       </c>
+      <c r="BA4" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="BB4" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="BC4" s="1" t="n">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>SNP</t>
         </is>
       </c>
       <c r="B5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0</v>
       </c>
@@ -40123,50 +42328,59 @@
       </c>
       <c r="AS5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AW5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AY5" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AZ5" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="BA5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BB5" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BC5" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Plaid Cymru</t>
         </is>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -40283,50 +42497,59 @@
       </c>
       <c r="AS6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AT6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AU6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AV6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AW6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AX6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AY6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AZ6" s="1" t="n">
         <v>0</v>
       </c>
+      <c r="BA6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BB6" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="BC6" s="1" t="n">
+        <v>0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>Reform UK</t>
         </is>
       </c>
       <c r="B7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.29</v>
       </c>
@@ -40443,50 +42666,59 @@
       </c>
       <c r="AS7" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="AT7" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="AU7" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="AV7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AW7" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="AX7" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="AY7" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="AZ7" s="1" t="n">
         <v>0.27</v>
       </c>
+      <c r="BA7" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="BB7" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="BC7" s="1" t="n">
+        <v>0.29</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="B8" s="1" t="n">
         <v>0.07000000000000001</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>0.08</v>
       </c>
@@ -40603,50 +42835,59 @@
       </c>
       <c r="AS8" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AT8" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="AU8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AV8" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="AW8" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="AX8" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="AY8" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="AZ8" s="1" t="n">
         <v>0.13</v>
       </c>
+      <c r="BA8" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="BB8" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="BC8" s="1" t="n">
+        <v>0.13</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
       <c r="B9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="C9" s="1" t="n">
         <v>0.01</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>0.01</v>
       </c>
@@ -40763,50 +43004,59 @@
       </c>
       <c r="AS9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AT9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AU9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AV9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AW9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AX9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AY9" s="1" t="n">
         <v>0.02</v>
       </c>
       <c r="AZ9" s="1" t="n">
         <v>0.01</v>
       </c>
+      <c r="BA9" s="1" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="BB9" s="1" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="BC9" s="1" t="n">
+        <v>0.01</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>595</v>
       </c>
       <c r="C10" t="n">
         <v>644</v>
       </c>
       <c r="D10" t="n">
         <v>657</v>
       </c>
       <c r="E10" t="n">
         <v>663</v>
       </c>
       <c r="F10" t="n">
         <v>595</v>
       </c>
       <c r="G10" t="n">
         <v>647</v>
       </c>
@@ -40923,50 +43173,59 @@
       </c>
       <c r="AS10" t="n">
         <v>582</v>
       </c>
       <c r="AT10" t="n">
         <v>577</v>
       </c>
       <c r="AU10" t="n">
         <v>605</v>
       </c>
       <c r="AV10" t="n">
         <v>639</v>
       </c>
       <c r="AW10" t="n">
         <v>600</v>
       </c>
       <c r="AX10" t="n">
         <v>583</v>
       </c>
       <c r="AY10" t="n">
         <v>583</v>
       </c>
       <c r="AZ10" t="n">
         <v>620</v>
       </c>
+      <c r="BA10" t="n">
+        <v>588</v>
+      </c>
+      <c r="BB10" t="n">
+        <v>594</v>
+      </c>
+      <c r="BC10" t="n">
+        <v>624</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>592</v>
       </c>
       <c r="C11" t="n">
         <v>641</v>
       </c>
       <c r="D11" t="n">
         <v>655</v>
       </c>
       <c r="E11" t="n">
         <v>643</v>
       </c>
       <c r="F11" t="n">
         <v>620</v>
       </c>
       <c r="G11" t="n">
         <v>638</v>
       </c>
@@ -41082,46 +43341,55 @@
         <v>597</v>
       </c>
       <c r="AS11" t="n">
         <v>604</v>
       </c>
       <c r="AT11" t="n">
         <v>590</v>
       </c>
       <c r="AU11" t="n">
         <v>603</v>
       </c>
       <c r="AV11" t="n">
         <v>609</v>
       </c>
       <c r="AW11" t="n">
         <v>585</v>
       </c>
       <c r="AX11" t="n">
         <v>583</v>
       </c>
       <c r="AY11" t="n">
         <v>586</v>
       </c>
       <c r="AZ11" t="n">
         <v>619</v>
+      </c>
+      <c r="BA11" t="n">
+        <v>577</v>
+      </c>
+      <c r="BB11" t="n">
+        <v>593</v>
+      </c>
+      <c r="BC11" t="n">
+        <v>620</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>