--- v0 (2025-10-04)
+++ v1 (2026-01-27)
@@ -23,69 +23,69 @@
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="All adults" sheetId="1" state="visible" r:id="rId1"/>
-    <sheet name="London" sheetId="2" state="visible" r:id="rId2"/>
-[...17 lines deleted...]
-    <sheet name="65+" sheetId="20" state="visible" r:id="rId20"/>
+    <sheet name="18-24" sheetId="2" state="visible" r:id="rId2"/>
+    <sheet name="25-49" sheetId="3" state="visible" r:id="rId3"/>
+    <sheet name="50-64" sheetId="4" state="visible" r:id="rId4"/>
+    <sheet name="65+" sheetId="5" state="visible" r:id="rId5"/>
+    <sheet name="Male" sheetId="6" state="visible" r:id="rId6"/>
+    <sheet name="Female" sheetId="7" state="visible" r:id="rId7"/>
+    <sheet name="London" sheetId="8" state="visible" r:id="rId8"/>
+    <sheet name="Rest of South" sheetId="9" state="visible" r:id="rId9"/>
+    <sheet name="Midlands" sheetId="10" state="visible" r:id="rId10"/>
+    <sheet name="North" sheetId="11" state="visible" r:id="rId11"/>
+    <sheet name="Scotland" sheetId="12" state="visible" r:id="rId12"/>
+    <sheet name="Wales" sheetId="13" state="visible" r:id="rId13"/>
+    <sheet name="Conservative" sheetId="14" state="visible" r:id="rId14"/>
+    <sheet name="Labour" sheetId="15" state="visible" r:id="rId15"/>
+    <sheet name="Liberal Democrat" sheetId="16" state="visible" r:id="rId16"/>
+    <sheet name="I voted to Remain" sheetId="17" state="visible" r:id="rId17"/>
+    <sheet name="I voted to Leave" sheetId="18" state="visible" r:id="rId18"/>
+    <sheet name="I did not vote" sheetId="19" state="visible" r:id="rId19"/>
+    <sheet name="Can’t remember" sheetId="20" state="visible" r:id="rId20"/>
     <sheet name="AB, C1" sheetId="21" state="visible" r:id="rId21"/>
     <sheet name="C2, D, E" sheetId="22" state="visible" r:id="rId22"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="12"/>
       <scheme val="minor"/>
@@ -462,71 +462,72 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:M6"/>
+  <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
+    <col width="14" customWidth="1" min="14" max="14"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Some people support a change in the British voting system to proportional representation, where the number of MPs a party wins more closely reflects the share of the vote they receive. Other people support retaining our present voting system, First Past the Post, which is more likely to give one party an overall majority in the House of Commons and avoid a hung Parliament. Which voting system would you prefer? </t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2019-11-18</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2020-05-10</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2020-10-26</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -551,298 +552,319 @@
       <c r="I1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2023-08-14</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2024-01-29</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>2025-07-07</t>
         </is>
       </c>
+      <c r="N1" t="inlineStr">
+        <is>
+          <t>2025-12-29</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>First past the post, which is more likely to give one party an overall majority</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="H2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="I2" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="J2" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="K2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="L2" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="M2" s="1" t="n">
         <v>0.26</v>
       </c>
+      <c r="N2" s="1" t="n">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Proportional representation, where the number of MPs parties win will more closely match their share of the vote</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.43</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.42</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.44</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.42</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.42</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.44</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>0.46</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>0.45</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>0.45</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>0.45</v>
       </c>
       <c r="L3" s="1" t="n">
         <v>0.48</v>
       </c>
       <c r="M3" s="1" t="n">
         <v>0.46</v>
       </c>
+      <c r="N3" s="1" t="n">
+        <v>0.45</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="L4" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="M4" s="1" t="n">
         <v>0.28</v>
       </c>
+      <c r="N4" s="1" t="n">
+        <v>0.3</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B5" t="n">
         <v>1668</v>
       </c>
       <c r="C5" t="n">
         <v>1674</v>
       </c>
       <c r="D5" t="n">
         <v>1681</v>
       </c>
       <c r="E5" t="n">
         <v>1792</v>
       </c>
       <c r="F5" t="n">
         <v>1804</v>
       </c>
       <c r="G5" t="n">
         <v>1785</v>
       </c>
       <c r="H5" t="n">
         <v>1799</v>
       </c>
       <c r="I5" t="n">
         <v>1783</v>
       </c>
       <c r="J5" t="n">
         <v>1724</v>
       </c>
       <c r="K5" t="n">
         <v>1761</v>
       </c>
       <c r="L5" t="n">
         <v>1698</v>
       </c>
       <c r="M5" t="n">
         <v>1702</v>
       </c>
+      <c r="N5" t="n">
+        <v>1744</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B6" t="n">
         <v>1668</v>
       </c>
       <c r="C6" t="n">
         <v>1674</v>
       </c>
       <c r="D6" t="n">
         <v>1681</v>
       </c>
       <c r="E6" t="n">
         <v>1792</v>
       </c>
       <c r="F6" t="n">
         <v>1804</v>
       </c>
       <c r="G6" t="n">
         <v>1785</v>
       </c>
       <c r="H6" t="n">
         <v>1799</v>
       </c>
       <c r="I6" t="n">
         <v>1783</v>
       </c>
       <c r="J6" t="n">
         <v>1724</v>
       </c>
       <c r="K6" t="n">
         <v>1761</v>
       </c>
       <c r="L6" t="n">
         <v>1698</v>
       </c>
       <c r="M6" t="n">
         <v>1702</v>
+      </c>
+      <c r="N6" t="n">
+        <v>1744</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:M6"/>
+  <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
+    <col width="14" customWidth="1" min="14" max="14"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Some people support a change in the British voting system to proportional representation, where the number of MPs a party wins more closely reflects the share of the vote they receive. Other people support retaining our present voting system, First Past the Post, which is more likely to give one party an overall majority in the House of Commons and avoid a hung Parliament. Which voting system would you prefer? </t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2019-11-18</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2020-05-10</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2020-10-26</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -867,298 +889,319 @@
       <c r="I1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2023-08-14</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2024-01-29</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>2025-07-07</t>
         </is>
       </c>
+      <c r="N1" t="inlineStr">
+        <is>
+          <t>2025-12-29</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>First past the post, which is more likely to give one party an overall majority</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.51</v>
+        <v>0.35</v>
       </c>
       <c r="C2" s="1" t="n">
-        <v>0.59</v>
+        <v>0.32</v>
       </c>
       <c r="D2" s="1" t="n">
-        <v>0.53</v>
+        <v>0.3</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>0.52</v>
+        <v>0.34</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>0.52</v>
+        <v>0.3</v>
       </c>
       <c r="G2" s="1" t="n">
-        <v>0.48</v>
+        <v>0.25</v>
       </c>
       <c r="H2" s="1" t="n">
-        <v>0.47</v>
+        <v>0.3</v>
       </c>
       <c r="I2" s="1" t="n">
-        <v>0.45</v>
+        <v>0.31</v>
       </c>
       <c r="J2" s="1" t="n">
-        <v>0.5</v>
+        <v>0.34</v>
       </c>
       <c r="K2" s="1" t="n">
-        <v>0.4</v>
+        <v>0.24</v>
       </c>
       <c r="L2" s="1" t="n">
-        <v>0.38</v>
+        <v>0.24</v>
       </c>
       <c r="M2" s="1" t="n">
-        <v>0.49</v>
+        <v>0.3</v>
+      </c>
+      <c r="N2" s="1" t="n">
+        <v>0.27</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Proportional representation, where the number of MPs parties win will more closely match their share of the vote</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>0.24</v>
+        <v>0.39</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>0.26</v>
+        <v>0.33</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>0.25</v>
+        <v>0.36</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>0.25</v>
+        <v>0.39</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>0.32</v>
+        <v>0.42</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>0.31</v>
+        <v>0.41</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>0.32</v>
+        <v>0.46</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>0.3</v>
+        <v>0.43</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>0.36</v>
+        <v>0.46</v>
       </c>
       <c r="L3" s="1" t="n">
+        <v>0.47</v>
+      </c>
+      <c r="M3" s="1" t="n">
         <v>0.43</v>
       </c>
-      <c r="M3" s="1" t="n">
-        <v>0.31</v>
+      <c r="N3" s="1" t="n">
+        <v>0.45</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.32</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.29</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.37</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.23</v>
+        <v>0.3</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.24</v>
+        <v>0.31</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.32</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.22</v>
+        <v>0.29</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.23</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.24</v>
+        <v>0.3</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.19</v>
+        <v>0.29</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.19</v>
+        <v>0.28</v>
+      </c>
+      <c r="N4" s="1" t="n">
+        <v>0.28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>590</v>
+        <v>278</v>
       </c>
       <c r="C5" t="n">
-        <v>602</v>
+        <v>279</v>
       </c>
       <c r="D5" t="n">
-        <v>593</v>
+        <v>271</v>
       </c>
       <c r="E5" t="n">
-        <v>705</v>
+        <v>314</v>
       </c>
       <c r="F5" t="n">
-        <v>628</v>
+        <v>301</v>
       </c>
       <c r="G5" t="n">
-        <v>610</v>
+        <v>300</v>
       </c>
       <c r="H5" t="n">
-        <v>609</v>
+        <v>303</v>
       </c>
       <c r="I5" t="n">
-        <v>600</v>
+        <v>295</v>
       </c>
       <c r="J5" t="n">
-        <v>586</v>
+        <v>294</v>
       </c>
       <c r="K5" t="n">
-        <v>598</v>
+        <v>283</v>
       </c>
       <c r="L5" t="n">
-        <v>258</v>
+        <v>288</v>
       </c>
       <c r="M5" t="n">
-        <v>252</v>
+        <v>279</v>
+      </c>
+      <c r="N5" t="n">
+        <v>296</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B6" t="n">
-        <v>553</v>
+        <v>275</v>
       </c>
       <c r="C6" t="n">
-        <v>573</v>
+        <v>278</v>
       </c>
       <c r="D6" t="n">
-        <v>570</v>
+        <v>279</v>
       </c>
       <c r="E6" t="n">
-        <v>607</v>
+        <v>297</v>
       </c>
       <c r="F6" t="n">
-        <v>627</v>
+        <v>299</v>
       </c>
       <c r="G6" t="n">
-        <v>612</v>
+        <v>296</v>
       </c>
       <c r="H6" t="n">
-        <v>620</v>
+        <v>299</v>
       </c>
       <c r="I6" t="n">
-        <v>617</v>
+        <v>296</v>
       </c>
       <c r="J6" t="n">
-        <v>596</v>
+        <v>286</v>
       </c>
       <c r="K6" t="n">
-        <v>609</v>
+        <v>292</v>
       </c>
       <c r="L6" t="n">
-        <v>306</v>
+        <v>278</v>
       </c>
       <c r="M6" t="n">
-        <v>306</v>
+        <v>279</v>
+      </c>
+      <c r="N6" t="n">
+        <v>286</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:M6"/>
+  <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
+    <col width="14" customWidth="1" min="14" max="14"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Some people support a change in the British voting system to proportional representation, where the number of MPs a party wins more closely reflects the share of the vote they receive. Other people support retaining our present voting system, First Past the Post, which is more likely to give one party an overall majority in the House of Commons and avoid a hung Parliament. Which voting system would you prefer? </t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2019-11-18</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2020-05-10</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2020-10-26</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -1183,298 +1226,319 @@
       <c r="I1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2023-08-14</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2024-01-29</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>2025-07-07</t>
         </is>
       </c>
+      <c r="N1" t="inlineStr">
+        <is>
+          <t>2025-12-29</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>First past the post, which is more likely to give one party an overall majority</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.18</v>
+        <v>0.27</v>
       </c>
       <c r="C2" s="1" t="n">
-        <v>0.17</v>
+        <v>0.33</v>
       </c>
       <c r="D2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.26</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.27</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>0.12</v>
+        <v>0.29</v>
       </c>
       <c r="G2" s="1" t="n">
-        <v>0.13</v>
+        <v>0.28</v>
       </c>
       <c r="H2" s="1" t="n">
-        <v>0.14</v>
+        <v>0.27</v>
       </c>
       <c r="I2" s="1" t="n">
-        <v>0.19</v>
+        <v>0.28</v>
       </c>
       <c r="J2" s="1" t="n">
-        <v>0.2</v>
+        <v>0.26</v>
       </c>
       <c r="K2" s="1" t="n">
-        <v>0.18</v>
+        <v>0.24</v>
       </c>
       <c r="L2" s="1" t="n">
-        <v>0.28</v>
+        <v>0.22</v>
       </c>
       <c r="M2" s="1" t="n">
-        <v>0.26</v>
+        <v>0.25</v>
+      </c>
+      <c r="N2" s="1" t="n">
+        <v>0.25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Proportional representation, where the number of MPs parties win will more closely match their share of the vote</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.59</v>
+        <v>0.45</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>0.64</v>
+        <v>0.41</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>0.62</v>
+        <v>0.47</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>0.62</v>
+        <v>0.42</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>0.66</v>
+        <v>0.41</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>0.64</v>
+        <v>0.42</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>0.64</v>
+        <v>0.42</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>0.6</v>
+        <v>0.43</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>0.6</v>
+        <v>0.46</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>0.64</v>
+        <v>0.43</v>
       </c>
       <c r="L3" s="1" t="n">
-        <v>0.53</v>
+        <v>0.46</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>0.52</v>
+        <v>0.45</v>
+      </c>
+      <c r="N3" s="1" t="n">
+        <v>0.43</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.24</v>
+        <v>0.28</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.19</v>
+        <v>0.25</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.22</v>
+        <v>0.26</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.22</v>
+        <v>0.31</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.22</v>
+        <v>0.29</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.23</v>
+        <v>0.31</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.31</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.29</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.28</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.19</v>
+        <v>0.33</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.32</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.22</v>
+        <v>0.3</v>
+      </c>
+      <c r="N4" s="1" t="n">
+        <v>0.32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>532</v>
+        <v>412</v>
       </c>
       <c r="C5" t="n">
-        <v>472</v>
+        <v>397</v>
       </c>
       <c r="D5" t="n">
-        <v>456</v>
+        <v>412</v>
       </c>
       <c r="E5" t="n">
-        <v>495</v>
+        <v>454</v>
       </c>
       <c r="F5" t="n">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="G5" t="n">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="H5" t="n">
-        <v>458</v>
+        <v>442</v>
       </c>
       <c r="I5" t="n">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="J5" t="n">
-        <v>430</v>
+        <v>423</v>
       </c>
       <c r="K5" t="n">
-        <v>445</v>
+        <v>426</v>
       </c>
       <c r="L5" t="n">
-        <v>522</v>
+        <v>415</v>
       </c>
       <c r="M5" t="n">
-        <v>522</v>
+        <v>422</v>
+      </c>
+      <c r="N5" t="n">
+        <v>421</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B6" t="n">
-        <v>532</v>
+        <v>407</v>
       </c>
       <c r="C6" t="n">
-        <v>418</v>
+        <v>403</v>
       </c>
       <c r="D6" t="n">
-        <v>419</v>
+        <v>405</v>
       </c>
       <c r="E6" t="n">
-        <v>457</v>
+        <v>432</v>
       </c>
       <c r="F6" t="n">
-        <v>459</v>
+        <v>435</v>
       </c>
       <c r="G6" t="n">
-        <v>452</v>
+        <v>430</v>
       </c>
       <c r="H6" t="n">
-        <v>459</v>
+        <v>434</v>
       </c>
       <c r="I6" t="n">
-        <v>454</v>
+        <v>430</v>
       </c>
       <c r="J6" t="n">
-        <v>443</v>
+        <v>415</v>
       </c>
       <c r="K6" t="n">
-        <v>448</v>
+        <v>424</v>
       </c>
       <c r="L6" t="n">
-        <v>439</v>
+        <v>402</v>
       </c>
       <c r="M6" t="n">
-        <v>437</v>
+        <v>403</v>
+      </c>
+      <c r="N6" t="n">
+        <v>413</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:M6"/>
+  <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
+    <col width="14" customWidth="1" min="14" max="14"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Some people support a change in the British voting system to proportional representation, where the number of MPs a party wins more closely reflects the share of the vote they receive. Other people support retaining our present voting system, First Past the Post, which is more likely to give one party an overall majority in the House of Commons and avoid a hung Parliament. Which voting system would you prefer? </t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2019-11-18</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2020-05-10</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2020-10-26</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -1499,298 +1563,319 @@
       <c r="I1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2023-08-14</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2024-01-29</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>2025-07-07</t>
         </is>
       </c>
+      <c r="N1" t="inlineStr">
+        <is>
+          <t>2025-12-29</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>First past the post, which is more likely to give one party an overall majority</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.17</v>
+        <v>0.24</v>
       </c>
       <c r="C2" s="1" t="n">
-        <v>0.17</v>
+        <v>0.2</v>
       </c>
       <c r="D2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.3</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.22</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.23</v>
       </c>
       <c r="G2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.2</v>
       </c>
       <c r="H2" s="1" t="n">
-        <v>0.17</v>
+        <v>0.19</v>
       </c>
       <c r="I2" s="1" t="n">
-        <v>0.19</v>
+        <v>0.24</v>
       </c>
       <c r="J2" s="1" t="n">
-        <v>0.2</v>
+        <v>0.33</v>
       </c>
       <c r="K2" s="1" t="n">
-        <v>0.22</v>
+        <v>0.26</v>
       </c>
       <c r="L2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.23</v>
       </c>
       <c r="M2" s="1" t="n">
-        <v>0.17</v>
+        <v>0.26</v>
+      </c>
+      <c r="N2" s="1" t="n">
+        <v>0.18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Proportional representation, where the number of MPs parties win will more closely match their share of the vote</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.65</v>
+        <v>0.46</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>0.68</v>
+        <v>0.61</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>0.68</v>
+        <v>0.47</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>0.63</v>
+        <v>0.61</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>0.64</v>
+        <v>0.47</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>0.62</v>
+        <v>0.52</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>0.68</v>
+        <v>0.6</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>0.65</v>
+        <v>0.54</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>0.63</v>
+        <v>0.46</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>0.58</v>
+        <v>0.47</v>
       </c>
       <c r="L3" s="1" t="n">
-        <v>0.63</v>
+        <v>0.45</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>0.65</v>
+        <v>0.51</v>
+      </c>
+      <c r="N3" s="1" t="n">
+        <v>0.5</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.18</v>
+        <v>0.3</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.19</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.23</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.17</v>
       </c>
       <c r="F4" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="G4" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="H4" s="1" t="n">
         <v>0.21</v>
       </c>
-      <c r="G4" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="I4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.23</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>0.18</v>
+        <v>0.21</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.27</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.32</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.18</v>
+        <v>0.23</v>
+      </c>
+      <c r="N4" s="1" t="n">
+        <v>0.32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>109</v>
+        <v>143</v>
       </c>
       <c r="C5" t="n">
-        <v>182</v>
+        <v>144</v>
       </c>
       <c r="D5" t="n">
-        <v>173</v>
+        <v>138</v>
       </c>
       <c r="E5" t="n">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="F5" t="n">
-        <v>170</v>
+        <v>157</v>
       </c>
       <c r="G5" t="n">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="H5" t="n">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="I5" t="n">
-        <v>163</v>
+        <v>148</v>
       </c>
       <c r="J5" t="n">
+        <v>155</v>
+      </c>
+      <c r="K5" t="n">
         <v>151</v>
       </c>
-      <c r="K5" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L5" t="n">
-        <v>189</v>
+        <v>142</v>
       </c>
       <c r="M5" t="n">
-        <v>180</v>
+        <v>149</v>
+      </c>
+      <c r="N5" t="n">
+        <v>152</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B6" t="n">
-        <v>100</v>
+        <v>143</v>
       </c>
       <c r="C6" t="n">
+        <v>144</v>
+      </c>
+      <c r="D6" t="n">
+        <v>145</v>
+      </c>
+      <c r="E6" t="n">
+        <v>154</v>
+      </c>
+      <c r="F6" t="n">
+        <v>155</v>
+      </c>
+      <c r="G6" t="n">
+        <v>154</v>
+      </c>
+      <c r="H6" t="n">
+        <v>155</v>
+      </c>
+      <c r="I6" t="n">
+        <v>153</v>
+      </c>
+      <c r="J6" t="n">
+        <v>148</v>
+      </c>
+      <c r="K6" t="n">
         <v>151</v>
       </c>
-      <c r="D6" t="n">
-[...22 lines deleted...]
-      </c>
       <c r="L6" t="n">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="M6" t="n">
-        <v>157</v>
+        <v>148</v>
+      </c>
+      <c r="N6" t="n">
+        <v>152</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:M6"/>
+  <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
+    <col width="14" customWidth="1" min="14" max="14"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Some people support a change in the British voting system to proportional representation, where the number of MPs a party wins more closely reflects the share of the vote they receive. Other people support retaining our present voting system, First Past the Post, which is more likely to give one party an overall majority in the House of Commons and avoid a hung Parliament. Which voting system would you prefer? </t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2019-11-18</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2020-05-10</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2020-10-26</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -1815,298 +1900,319 @@
       <c r="I1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2023-08-14</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2024-01-29</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>2025-07-07</t>
         </is>
       </c>
+      <c r="N1" t="inlineStr">
+        <is>
+          <t>2025-12-29</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>First past the post, which is more likely to give one party an overall majority</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.26</v>
       </c>
       <c r="C2" s="1" t="n">
-        <v>0.24</v>
+        <v>0.31</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="E2" s="1" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="F2" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="G2" s="1" t="n">
         <v>0.23</v>
       </c>
-      <c r="F2" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H2" s="1" t="n">
-        <v>0.19</v>
+        <v>0.21</v>
       </c>
       <c r="I2" s="1" t="n">
-        <v>0.2</v>
+        <v>0.28</v>
       </c>
       <c r="J2" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="K2" s="1" t="n">
         <v>0.25</v>
       </c>
-      <c r="K2" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L2" s="1" t="n">
-        <v>0.26</v>
+        <v>0.34</v>
       </c>
       <c r="M2" s="1" t="n">
-        <v>0.24</v>
+        <v>0.1</v>
+      </c>
+      <c r="N2" s="1" t="n">
+        <v>0.23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Proportional representation, where the number of MPs parties win will more closely match their share of the vote</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.59</v>
+        <v>0.41</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>0.57</v>
+        <v>0.42</v>
       </c>
       <c r="D3" s="1" t="n">
+        <v>0.42</v>
+      </c>
+      <c r="E3" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="F3" s="1" t="n">
+        <v>0.42</v>
+      </c>
+      <c r="G3" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="H3" s="1" t="n">
+        <v>0.49</v>
+      </c>
+      <c r="I3" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="J3" s="1" t="n">
+        <v>0.49</v>
+      </c>
+      <c r="K3" s="1" t="n">
+        <v>0.44</v>
+      </c>
+      <c r="L3" s="1" t="n">
+        <v>0.42</v>
+      </c>
+      <c r="M3" s="1" t="n">
         <v>0.61</v>
       </c>
-      <c r="E3" s="1" t="n">
-[...24 lines deleted...]
-        <v>0.55</v>
+      <c r="N3" s="1" t="n">
+        <v>0.45</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.33</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.19</v>
+        <v>0.27</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.39</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.18</v>
+        <v>0.37</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.19</v>
+        <v>0.31</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.27</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.3</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>0.18</v>
+        <v>0.22</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>0.15</v>
+        <v>0.23</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.31</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.24</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.29</v>
+      </c>
+      <c r="N4" s="1" t="n">
+        <v>0.33</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>729</v>
+        <v>92</v>
       </c>
       <c r="C5" t="n">
-        <v>737</v>
+        <v>84</v>
       </c>
       <c r="D5" t="n">
-        <v>746</v>
+        <v>93</v>
       </c>
       <c r="E5" t="n">
-        <v>755</v>
+        <v>93</v>
       </c>
       <c r="F5" t="n">
-        <v>734</v>
+        <v>90</v>
       </c>
       <c r="G5" t="n">
-        <v>722</v>
+        <v>83</v>
       </c>
       <c r="H5" t="n">
-        <v>727</v>
+        <v>98</v>
       </c>
       <c r="I5" t="n">
-        <v>725</v>
+        <v>100</v>
       </c>
       <c r="J5" t="n">
-        <v>715</v>
+        <v>91</v>
       </c>
       <c r="K5" t="n">
-        <v>732</v>
+        <v>94</v>
       </c>
       <c r="L5" t="n">
-        <v>681</v>
+        <v>86</v>
       </c>
       <c r="M5" t="n">
-        <v>728</v>
+        <v>91</v>
+      </c>
+      <c r="N5" t="n">
+        <v>94</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B6" t="n">
-        <v>642</v>
+        <v>85</v>
       </c>
       <c r="C6" t="n">
-        <v>621</v>
+        <v>85</v>
       </c>
       <c r="D6" t="n">
-        <v>624</v>
+        <v>86</v>
       </c>
       <c r="E6" t="n">
-        <v>665</v>
+        <v>91</v>
       </c>
       <c r="F6" t="n">
-        <v>669</v>
+        <v>92</v>
       </c>
       <c r="G6" t="n">
-        <v>662</v>
+        <v>91</v>
       </c>
       <c r="H6" t="n">
-        <v>667</v>
+        <v>92</v>
       </c>
       <c r="I6" t="n">
-        <v>661</v>
+        <v>91</v>
       </c>
       <c r="J6" t="n">
-        <v>640</v>
+        <v>88</v>
       </c>
       <c r="K6" t="n">
-        <v>653</v>
+        <v>90</v>
       </c>
       <c r="L6" t="n">
-        <v>630</v>
+        <v>82</v>
       </c>
       <c r="M6" t="n">
-        <v>631</v>
+        <v>82</v>
+      </c>
+      <c r="N6" t="n">
+        <v>84</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:M6"/>
+  <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
+    <col width="14" customWidth="1" min="14" max="14"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Some people support a change in the British voting system to proportional representation, where the number of MPs a party wins more closely reflects the share of the vote they receive. Other people support retaining our present voting system, First Past the Post, which is more likely to give one party an overall majority in the House of Commons and avoid a hung Parliament. Which voting system would you prefer? </t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2019-11-18</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2020-05-10</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2020-10-26</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -2131,298 +2237,319 @@
       <c r="I1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2023-08-14</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2024-01-29</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>2025-07-07</t>
         </is>
       </c>
+      <c r="N1" t="inlineStr">
+        <is>
+          <t>2025-12-29</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>First past the post, which is more likely to give one party an overall majority</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
+        <v>0.51</v>
+      </c>
+      <c r="C2" s="1" t="n">
+        <v>0.59</v>
+      </c>
+      <c r="D2" s="1" t="n">
+        <v>0.53</v>
+      </c>
+      <c r="E2" s="1" t="n">
+        <v>0.52</v>
+      </c>
+      <c r="F2" s="1" t="n">
+        <v>0.52</v>
+      </c>
+      <c r="G2" s="1" t="n">
+        <v>0.48</v>
+      </c>
+      <c r="H2" s="1" t="n">
+        <v>0.47</v>
+      </c>
+      <c r="I2" s="1" t="n">
+        <v>0.45</v>
+      </c>
+      <c r="J2" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="K2" s="1" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="L2" s="1" t="n">
+        <v>0.38</v>
+      </c>
+      <c r="M2" s="1" t="n">
+        <v>0.49</v>
+      </c>
+      <c r="N2" s="1" t="n">
         <v>0.43</v>
-      </c>
-[...31 lines deleted...]
-        <v>0.32</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Proportional representation, where the number of MPs parties win will more closely match their share of the vote</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="C3" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="D3" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="E3" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="F3" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="G3" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="H3" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="I3" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="J3" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="K3" s="1" t="n">
         <v>0.36</v>
       </c>
-      <c r="C3" s="1" t="n">
+      <c r="L3" s="1" t="n">
+        <v>0.43</v>
+      </c>
+      <c r="M3" s="1" t="n">
         <v>0.31</v>
       </c>
-      <c r="D3" s="1" t="n">
-[...27 lines deleted...]
-        <v>0.43</v>
+      <c r="N3" s="1" t="n">
+        <v>0.38</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="C4" s="1" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="D4" s="1" t="n">
         <v>0.21</v>
       </c>
-      <c r="C4" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="E4" s="1" t="n">
-        <v>0.28</v>
+        <v>0.23</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.27</v>
+        <v>0.24</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.27</v>
+        <v>0.2</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.25</v>
+        <v>0.22</v>
       </c>
       <c r="I4" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="J4" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="K4" s="1" t="n">
         <v>0.24</v>
       </c>
-      <c r="J4" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="L4" s="1" t="n">
-        <v>0.24</v>
+        <v>0.19</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.25</v>
+        <v>0.19</v>
+      </c>
+      <c r="N4" s="1" t="n">
+        <v>0.19</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>707</v>
+        <v>590</v>
       </c>
       <c r="C5" t="n">
-        <v>685</v>
+        <v>602</v>
       </c>
       <c r="D5" t="n">
-        <v>675</v>
+        <v>593</v>
       </c>
       <c r="E5" t="n">
-        <v>757</v>
+        <v>705</v>
       </c>
       <c r="F5" t="n">
-        <v>697</v>
+        <v>628</v>
       </c>
       <c r="G5" t="n">
-        <v>696</v>
+        <v>610</v>
       </c>
       <c r="H5" t="n">
-        <v>691</v>
+        <v>609</v>
       </c>
       <c r="I5" t="n">
-        <v>667</v>
+        <v>600</v>
       </c>
       <c r="J5" t="n">
-        <v>641</v>
+        <v>586</v>
       </c>
       <c r="K5" t="n">
-        <v>615</v>
+        <v>598</v>
       </c>
       <c r="L5" t="n">
-        <v>642</v>
+        <v>258</v>
       </c>
       <c r="M5" t="n">
-        <v>584</v>
+        <v>252</v>
+      </c>
+      <c r="N5" t="n">
+        <v>280</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B6" t="n">
-        <v>687</v>
+        <v>553</v>
       </c>
       <c r="C6" t="n">
-        <v>663</v>
+        <v>573</v>
       </c>
       <c r="D6" t="n">
-        <v>666</v>
+        <v>570</v>
       </c>
       <c r="E6" t="n">
-        <v>710</v>
+        <v>607</v>
       </c>
       <c r="F6" t="n">
-        <v>714</v>
+        <v>627</v>
       </c>
       <c r="G6" t="n">
-        <v>707</v>
+        <v>612</v>
       </c>
       <c r="H6" t="n">
-        <v>712</v>
+        <v>620</v>
       </c>
       <c r="I6" t="n">
-        <v>706</v>
+        <v>617</v>
       </c>
       <c r="J6" t="n">
-        <v>683</v>
+        <v>596</v>
       </c>
       <c r="K6" t="n">
-        <v>697</v>
+        <v>609</v>
       </c>
       <c r="L6" t="n">
-        <v>672</v>
+        <v>306</v>
       </c>
       <c r="M6" t="n">
-        <v>674</v>
+        <v>306</v>
+      </c>
+      <c r="N6" t="n">
+        <v>315</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:M6"/>
+  <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
+    <col width="14" customWidth="1" min="14" max="14"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Some people support a change in the British voting system to proportional representation, where the number of MPs a party wins more closely reflects the share of the vote they receive. Other people support retaining our present voting system, First Past the Post, which is more likely to give one party an overall majority in the House of Commons and avoid a hung Parliament. Which voting system would you prefer? </t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2019-11-18</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2020-05-10</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2020-10-26</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -2447,298 +2574,319 @@
       <c r="I1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2023-08-14</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2024-01-29</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>2025-07-07</t>
         </is>
       </c>
+      <c r="N1" t="inlineStr">
+        <is>
+          <t>2025-12-29</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>First past the post, which is more likely to give one party an overall majority</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.18</v>
       </c>
       <c r="C2" s="1" t="n">
-        <v>0.18</v>
+        <v>0.17</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.16</v>
       </c>
       <c r="F2" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="G2" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="H2" s="1" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="I2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="J2" s="1" t="n">
         <v>0.2</v>
       </c>
-      <c r="G2" s="1" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="K2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.18</v>
       </c>
       <c r="L2" s="1" t="n">
-        <v>0.14</v>
+        <v>0.28</v>
       </c>
       <c r="M2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.26</v>
+      </c>
+      <c r="N2" s="1" t="n">
+        <v>0.24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Proportional representation, where the number of MPs parties win will more closely match their share of the vote</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.28</v>
+        <v>0.59</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>0.39</v>
+        <v>0.64</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>0.41</v>
+        <v>0.62</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>0.43</v>
+        <v>0.62</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>0.28</v>
+        <v>0.66</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>0.33</v>
+        <v>0.64</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>0.38</v>
+        <v>0.64</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>0.36</v>
+        <v>0.6</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>0.35</v>
+        <v>0.6</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>0.34</v>
+        <v>0.64</v>
       </c>
       <c r="L3" s="1" t="n">
-        <v>0.35</v>
+        <v>0.53</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>0.38</v>
+        <v>0.52</v>
+      </c>
+      <c r="N3" s="1" t="n">
+        <v>0.5600000000000001</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.51</v>
+        <v>0.24</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.43</v>
+        <v>0.19</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.43</v>
+        <v>0.22</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.42</v>
+        <v>0.22</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.52</v>
+        <v>0.22</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.48</v>
+        <v>0.23</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.51</v>
+        <v>0.21</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>0.44</v>
+        <v>0.21</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>0.42</v>
+        <v>0.2</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.45</v>
+        <v>0.19</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.51</v>
+        <v>0.2</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.46</v>
+        <v>0.22</v>
+      </c>
+      <c r="N4" s="1" t="n">
+        <v>0.2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>212</v>
+        <v>532</v>
       </c>
       <c r="C5" t="n">
-        <v>231</v>
+        <v>472</v>
       </c>
       <c r="D5" t="n">
-        <v>228</v>
+        <v>456</v>
       </c>
       <c r="E5" t="n">
-        <v>252</v>
+        <v>495</v>
       </c>
       <c r="F5" t="n">
-        <v>329</v>
+        <v>447</v>
       </c>
       <c r="G5" t="n">
-        <v>336</v>
+        <v>444</v>
       </c>
       <c r="H5" t="n">
-        <v>344</v>
+        <v>458</v>
       </c>
       <c r="I5" t="n">
-        <v>351</v>
+        <v>440</v>
       </c>
       <c r="J5" t="n">
-        <v>332</v>
+        <v>430</v>
       </c>
       <c r="K5" t="n">
-        <v>363</v>
+        <v>445</v>
       </c>
       <c r="L5" t="n">
-        <v>348</v>
+        <v>522</v>
       </c>
       <c r="M5" t="n">
-        <v>356</v>
+        <v>522</v>
+      </c>
+      <c r="N5" t="n">
+        <v>464</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B6" t="n">
-        <v>311</v>
+        <v>532</v>
       </c>
       <c r="C6" t="n">
-        <v>352</v>
+        <v>418</v>
       </c>
       <c r="D6" t="n">
-        <v>344</v>
+        <v>419</v>
       </c>
       <c r="E6" t="n">
-        <v>386</v>
+        <v>457</v>
       </c>
       <c r="F6" t="n">
-        <v>374</v>
+        <v>459</v>
       </c>
       <c r="G6" t="n">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="H6" t="n">
-        <v>381</v>
+        <v>459</v>
       </c>
       <c r="I6" t="n">
-        <v>376</v>
+        <v>454</v>
       </c>
       <c r="J6" t="n">
-        <v>362</v>
+        <v>443</v>
       </c>
       <c r="K6" t="n">
-        <v>363</v>
+        <v>448</v>
       </c>
       <c r="L6" t="n">
-        <v>367</v>
+        <v>439</v>
       </c>
       <c r="M6" t="n">
-        <v>366</v>
+        <v>437</v>
+      </c>
+      <c r="N6" t="n">
+        <v>448</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:M6"/>
+  <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
+    <col width="14" customWidth="1" min="14" max="14"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Some people support a change in the British voting system to proportional representation, where the number of MPs a party wins more closely reflects the share of the vote they receive. Other people support retaining our present voting system, First Past the Post, which is more likely to give one party an overall majority in the House of Commons and avoid a hung Parliament. Which voting system would you prefer? </t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2019-11-18</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2020-05-10</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2020-10-26</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -2763,298 +2911,319 @@
       <c r="I1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2023-08-14</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2024-01-29</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>2025-07-07</t>
         </is>
       </c>
+      <c r="N1" t="inlineStr">
+        <is>
+          <t>2025-12-29</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>First past the post, which is more likely to give one party an overall majority</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.13</v>
+        <v>0.17</v>
       </c>
       <c r="C2" s="1" t="n">
-        <v>0.05</v>
+        <v>0.17</v>
       </c>
       <c r="D2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.15</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="F2" s="1" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="G2" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="H2" s="1" t="n">
         <v>0.17</v>
       </c>
-      <c r="G2" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="I2" s="1" t="n">
-        <v>0.15</v>
+        <v>0.19</v>
       </c>
       <c r="J2" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="K2" s="1" t="n">
-        <v>0.19</v>
+        <v>0.22</v>
       </c>
       <c r="L2" s="1" t="n">
-        <v>0.3</v>
+        <v>0.21</v>
       </c>
       <c r="M2" s="1" t="n">
         <v>0.17</v>
       </c>
+      <c r="N2" s="1" t="n">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Proportional representation, where the number of MPs parties win will more closely match their share of the vote</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.37</v>
+        <v>0.65</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>0.27</v>
+        <v>0.68</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>0.27</v>
+        <v>0.68</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>0.26</v>
+        <v>0.63</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>0.25</v>
+        <v>0.64</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>0.23</v>
+        <v>0.62</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>0.17</v>
+        <v>0.68</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>0.28</v>
+        <v>0.65</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>0.27</v>
+        <v>0.63</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>0.18</v>
+        <v>0.58</v>
       </c>
       <c r="L3" s="1" t="n">
-        <v>0.36</v>
+        <v>0.63</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>0.33</v>
+        <v>0.65</v>
+      </c>
+      <c r="N3" s="1" t="n">
+        <v>0.65</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.5</v>
+        <v>0.18</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.68</v>
+        <v>0.15</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.57</v>
+        <v>0.17</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.53</v>
+        <v>0.17</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.58</v>
+        <v>0.21</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.67</v>
+        <v>0.17</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.6</v>
+        <v>0.15</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>0.5600000000000001</v>
+        <v>0.16</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>0.53</v>
+        <v>0.18</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.63</v>
+        <v>0.21</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.34</v>
+        <v>0.16</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.5</v>
+        <v>0.18</v>
+      </c>
+      <c r="N4" s="1" t="n">
+        <v>0.12</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>20</v>
+        <v>109</v>
       </c>
       <c r="C5" t="n">
-        <v>21</v>
+        <v>182</v>
       </c>
       <c r="D5" t="n">
-        <v>32</v>
+        <v>173</v>
       </c>
       <c r="E5" t="n">
-        <v>28</v>
+        <v>144</v>
       </c>
       <c r="F5" t="n">
-        <v>44</v>
+        <v>170</v>
       </c>
       <c r="G5" t="n">
-        <v>31</v>
+        <v>154</v>
       </c>
       <c r="H5" t="n">
-        <v>37</v>
+        <v>159</v>
       </c>
       <c r="I5" t="n">
-        <v>40</v>
+        <v>163</v>
       </c>
       <c r="J5" t="n">
-        <v>36</v>
+        <v>151</v>
       </c>
       <c r="K5" t="n">
-        <v>51</v>
+        <v>159</v>
       </c>
       <c r="L5" t="n">
-        <v>27</v>
+        <v>189</v>
       </c>
       <c r="M5" t="n">
-        <v>34</v>
+        <v>180</v>
+      </c>
+      <c r="N5" t="n">
+        <v>159</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B6" t="n">
-        <v>27</v>
+        <v>100</v>
       </c>
       <c r="C6" t="n">
-        <v>38</v>
+        <v>151</v>
       </c>
       <c r="D6" t="n">
-        <v>48</v>
+        <v>151</v>
       </c>
       <c r="E6" t="n">
-        <v>32</v>
+        <v>161</v>
       </c>
       <c r="F6" t="n">
-        <v>47</v>
+        <v>165</v>
       </c>
       <c r="G6" t="n">
-        <v>31</v>
+        <v>163</v>
       </c>
       <c r="H6" t="n">
-        <v>38</v>
+        <v>163</v>
       </c>
       <c r="I6" t="n">
-        <v>40</v>
+        <v>163</v>
       </c>
       <c r="J6" t="n">
-        <v>39</v>
+        <v>158</v>
       </c>
       <c r="K6" t="n">
-        <v>48</v>
+        <v>163</v>
       </c>
       <c r="L6" t="n">
-        <v>29</v>
+        <v>156</v>
       </c>
       <c r="M6" t="n">
-        <v>30</v>
+        <v>157</v>
+      </c>
+      <c r="N6" t="n">
+        <v>162</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:M6"/>
+  <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
+    <col width="14" customWidth="1" min="14" max="14"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Some people support a change in the British voting system to proportional representation, where the number of MPs a party wins more closely reflects the share of the vote they receive. Other people support retaining our present voting system, First Past the Post, which is more likely to give one party an overall majority in the House of Commons and avoid a hung Parliament. Which voting system would you prefer? </t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2019-11-18</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2020-05-10</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2020-10-26</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -3079,298 +3248,319 @@
       <c r="I1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2023-08-14</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2024-01-29</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>2025-07-07</t>
         </is>
       </c>
+      <c r="N1" t="inlineStr">
+        <is>
+          <t>2025-12-29</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>First past the post, which is more likely to give one party an overall majority</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.22</v>
+        <v>0.21</v>
       </c>
       <c r="C2" s="1" t="n">
-        <v>0.18</v>
+        <v>0.24</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.23</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.18</v>
       </c>
       <c r="G2" s="1" t="n">
-        <v>0.18</v>
+        <v>0.19</v>
       </c>
       <c r="H2" s="1" t="n">
-        <v>0.16</v>
+        <v>0.19</v>
       </c>
       <c r="I2" s="1" t="n">
-        <v>0.22</v>
+        <v>0.2</v>
       </c>
       <c r="J2" s="1" t="n">
-        <v>0.18</v>
+        <v>0.25</v>
       </c>
       <c r="K2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.2</v>
       </c>
       <c r="L2" s="1" t="n">
-        <v>0.14</v>
+        <v>0.26</v>
       </c>
       <c r="M2" s="1" t="n">
-        <v>0.17</v>
+        <v>0.24</v>
+      </c>
+      <c r="N2" s="1" t="n">
+        <v>0.25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Proportional representation, where the number of MPs parties win will more closely match their share of the vote</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.38</v>
+        <v>0.59</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>0.48</v>
+        <v>0.57</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>0.48</v>
+        <v>0.61</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>0.48</v>
+        <v>0.58</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>0.38</v>
+        <v>0.63</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>0.4</v>
+        <v>0.62</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>0.37</v>
+        <v>0.64</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>0.42</v>
+        <v>0.62</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>0.47</v>
+        <v>0.6</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>0.36</v>
+        <v>0.6</v>
       </c>
       <c r="L3" s="1" t="n">
-        <v>0.39</v>
+        <v>0.54</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>0.41</v>
+        <v>0.55</v>
+      </c>
+      <c r="N3" s="1" t="n">
+        <v>0.58</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.4</v>
+        <v>0.2</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.34</v>
+        <v>0.19</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.33</v>
+        <v>0.2</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.36</v>
+        <v>0.18</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.46</v>
+        <v>0.19</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.42</v>
+        <v>0.2</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.47</v>
+        <v>0.17</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>0.36</v>
+        <v>0.18</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>0.35</v>
+        <v>0.15</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.43</v>
+        <v>0.2</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.48</v>
+        <v>0.2</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.42</v>
+        <v>0.21</v>
+      </c>
+      <c r="N4" s="1" t="n">
+        <v>0.17</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>138</v>
+        <v>729</v>
       </c>
       <c r="C5" t="n">
-        <v>151</v>
+        <v>737</v>
       </c>
       <c r="D5" t="n">
-        <v>118</v>
+        <v>746</v>
       </c>
       <c r="E5" t="n">
-        <v>104</v>
+        <v>755</v>
       </c>
       <c r="F5" t="n">
-        <v>185</v>
+        <v>734</v>
       </c>
       <c r="G5" t="n">
-        <v>186</v>
+        <v>722</v>
       </c>
       <c r="H5" t="n">
-        <v>192</v>
+        <v>727</v>
       </c>
       <c r="I5" t="n">
-        <v>172</v>
+        <v>725</v>
       </c>
       <c r="J5" t="n">
-        <v>164</v>
+        <v>715</v>
       </c>
       <c r="K5" t="n">
-        <v>172</v>
+        <v>732</v>
       </c>
       <c r="L5" t="n">
-        <v>150</v>
+        <v>681</v>
       </c>
       <c r="M5" t="n">
-        <v>146</v>
+        <v>728</v>
+      </c>
+      <c r="N5" t="n">
+        <v>652</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B6" t="n">
-        <v>183</v>
+        <v>642</v>
       </c>
       <c r="C6" t="n">
-        <v>182</v>
+        <v>621</v>
       </c>
       <c r="D6" t="n">
-        <v>183</v>
+        <v>624</v>
       </c>
       <c r="E6" t="n">
-        <v>195</v>
+        <v>665</v>
       </c>
       <c r="F6" t="n">
-        <v>197</v>
+        <v>669</v>
       </c>
       <c r="G6" t="n">
-        <v>195</v>
+        <v>662</v>
       </c>
       <c r="H6" t="n">
-        <v>196</v>
+        <v>667</v>
       </c>
       <c r="I6" t="n">
-        <v>194</v>
+        <v>661</v>
       </c>
       <c r="J6" t="n">
-        <v>188</v>
+        <v>640</v>
       </c>
       <c r="K6" t="n">
-        <v>192</v>
+        <v>653</v>
       </c>
       <c r="L6" t="n">
-        <v>185</v>
+        <v>630</v>
       </c>
       <c r="M6" t="n">
-        <v>186</v>
+        <v>631</v>
+      </c>
+      <c r="N6" t="n">
+        <v>647</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:M6"/>
+  <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
+    <col width="14" customWidth="1" min="14" max="14"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Some people support a change in the British voting system to proportional representation, where the number of MPs a party wins more closely reflects the share of the vote they receive. Other people support retaining our present voting system, First Past the Post, which is more likely to give one party an overall majority in the House of Commons and avoid a hung Parliament. Which voting system would you prefer? </t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2019-11-18</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2020-05-10</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2020-10-26</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -3395,298 +3585,319 @@
       <c r="I1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2023-08-14</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2024-01-29</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>2025-07-07</t>
         </is>
       </c>
+      <c r="N1" t="inlineStr">
+        <is>
+          <t>2025-12-29</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>First past the post, which is more likely to give one party an overall majority</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.23</v>
+        <v>0.43</v>
       </c>
       <c r="C2" s="1" t="n">
-        <v>0.25</v>
+        <v>0.51</v>
       </c>
       <c r="D2" s="1" t="n">
-        <v>0.22</v>
+        <v>0.44</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>0.22</v>
+        <v>0.45</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.43</v>
       </c>
       <c r="G2" s="1" t="n">
-        <v>0.2</v>
+        <v>0.4</v>
       </c>
       <c r="H2" s="1" t="n">
-        <v>0.18</v>
+        <v>0.42</v>
       </c>
       <c r="I2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.4</v>
       </c>
       <c r="J2" s="1" t="n">
-        <v>0.23</v>
+        <v>0.39</v>
       </c>
       <c r="K2" s="1" t="n">
-        <v>0.23</v>
+        <v>0.34</v>
       </c>
       <c r="L2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.27</v>
       </c>
       <c r="M2" s="1" t="n">
-        <v>0.19</v>
+        <v>0.32</v>
+      </c>
+      <c r="N2" s="1" t="n">
+        <v>0.31</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Proportional representation, where the number of MPs parties win will more closely match their share of the vote</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.44</v>
+        <v>0.36</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>0.42</v>
+        <v>0.31</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>0.45</v>
+        <v>0.3</v>
       </c>
       <c r="E3" s="1" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="F3" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="G3" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="H3" s="1" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="I3" s="1" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="J3" s="1" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="K3" s="1" t="n">
+        <v>0.39</v>
+      </c>
+      <c r="L3" s="1" t="n">
+        <v>0.49</v>
+      </c>
+      <c r="M3" s="1" t="n">
         <v>0.43</v>
       </c>
-      <c r="F3" s="1" t="n">
+      <c r="N3" s="1" t="n">
         <v>0.43</v>
-      </c>
-[...19 lines deleted...]
-        <v>0.45</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.33</v>
+        <v>0.21</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.33</v>
+        <v>0.18</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.32</v>
+        <v>0.26</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.35</v>
+        <v>0.28</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.36</v>
+        <v>0.27</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.36</v>
+        <v>0.27</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.33</v>
+        <v>0.25</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>0.33</v>
+        <v>0.24</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>0.3</v>
+        <v>0.25</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.31</v>
+        <v>0.27</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.35</v>
+        <v>0.24</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.36</v>
+        <v>0.25</v>
+      </c>
+      <c r="N4" s="1" t="n">
+        <v>0.26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>660</v>
+        <v>707</v>
       </c>
       <c r="C5" t="n">
         <v>685</v>
       </c>
       <c r="D5" t="n">
-        <v>701</v>
+        <v>675</v>
       </c>
       <c r="E5" t="n">
-        <v>718</v>
+        <v>757</v>
       </c>
       <c r="F5" t="n">
-        <v>744</v>
+        <v>697</v>
       </c>
       <c r="G5" t="n">
-        <v>699</v>
+        <v>696</v>
       </c>
       <c r="H5" t="n">
-        <v>711</v>
+        <v>691</v>
       </c>
       <c r="I5" t="n">
-        <v>710</v>
+        <v>667</v>
       </c>
       <c r="J5" t="n">
-        <v>671</v>
+        <v>641</v>
       </c>
       <c r="K5" t="n">
-        <v>698</v>
+        <v>615</v>
       </c>
       <c r="L5" t="n">
-        <v>666</v>
+        <v>642</v>
       </c>
       <c r="M5" t="n">
-        <v>656</v>
+        <v>584</v>
+      </c>
+      <c r="N5" t="n">
+        <v>659</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B6" t="n">
-        <v>702</v>
+        <v>687</v>
       </c>
       <c r="C6" t="n">
-        <v>698</v>
+        <v>663</v>
       </c>
       <c r="D6" t="n">
-        <v>701</v>
+        <v>666</v>
       </c>
       <c r="E6" t="n">
-        <v>747</v>
+        <v>710</v>
       </c>
       <c r="F6" t="n">
-        <v>752</v>
+        <v>714</v>
       </c>
       <c r="G6" t="n">
-        <v>744</v>
+        <v>707</v>
       </c>
       <c r="H6" t="n">
-        <v>750</v>
+        <v>712</v>
       </c>
       <c r="I6" t="n">
-        <v>744</v>
+        <v>706</v>
       </c>
       <c r="J6" t="n">
-        <v>719</v>
+        <v>683</v>
       </c>
       <c r="K6" t="n">
-        <v>734</v>
+        <v>697</v>
       </c>
       <c r="L6" t="n">
-        <v>708</v>
+        <v>672</v>
       </c>
       <c r="M6" t="n">
-        <v>710</v>
+        <v>674</v>
+      </c>
+      <c r="N6" t="n">
+        <v>691</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:M6"/>
+  <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
+    <col width="14" customWidth="1" min="14" max="14"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Some people support a change in the British voting system to proportional representation, where the number of MPs a party wins more closely reflects the share of the vote they receive. Other people support retaining our present voting system, First Past the Post, which is more likely to give one party an overall majority in the House of Commons and avoid a hung Parliament. Which voting system would you prefer? </t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2019-11-18</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2020-05-10</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2020-10-26</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -3711,298 +3922,319 @@
       <c r="I1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2023-08-14</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2024-01-29</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>2025-07-07</t>
         </is>
       </c>
+      <c r="N1" t="inlineStr">
+        <is>
+          <t>2025-12-29</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>First past the post, which is more likely to give one party an overall majority</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.32</v>
+        <v>0.21</v>
       </c>
       <c r="C2" s="1" t="n">
-        <v>0.4</v>
+        <v>0.18</v>
       </c>
       <c r="D2" s="1" t="n">
-        <v>0.3</v>
+        <v>0.16</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>0.37</v>
+        <v>0.15</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>0.34</v>
+        <v>0.2</v>
       </c>
       <c r="G2" s="1" t="n">
-        <v>0.29</v>
+        <v>0.2</v>
       </c>
       <c r="H2" s="1" t="n">
-        <v>0.3</v>
+        <v>0.11</v>
       </c>
       <c r="I2" s="1" t="n">
-        <v>0.31</v>
+        <v>0.2</v>
       </c>
       <c r="J2" s="1" t="n">
-        <v>0.34</v>
+        <v>0.23</v>
       </c>
       <c r="K2" s="1" t="n">
-        <v>0.25</v>
+        <v>0.21</v>
       </c>
       <c r="L2" s="1" t="n">
-        <v>0.27</v>
+        <v>0.14</v>
       </c>
       <c r="M2" s="1" t="n">
-        <v>0.31</v>
+        <v>0.16</v>
+      </c>
+      <c r="N2" s="1" t="n">
+        <v>0.15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Proportional representation, where the number of MPs parties win will more closely match their share of the vote</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.48</v>
+        <v>0.28</v>
       </c>
       <c r="C3" s="1" t="n">
+        <v>0.39</v>
+      </c>
+      <c r="D3" s="1" t="n">
+        <v>0.41</v>
+      </c>
+      <c r="E3" s="1" t="n">
         <v>0.43</v>
       </c>
-      <c r="D3" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="F3" s="1" t="n">
-        <v>0.44</v>
+        <v>0.28</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>0.51</v>
+        <v>0.33</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>0.5</v>
+        <v>0.38</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>0.48</v>
+        <v>0.36</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>0.46</v>
+        <v>0.35</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>0.49</v>
+        <v>0.34</v>
       </c>
       <c r="L3" s="1" t="n">
-        <v>0.54</v>
+        <v>0.35</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>0.49</v>
+        <v>0.38</v>
+      </c>
+      <c r="N3" s="1" t="n">
+        <v>0.29</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.19</v>
+        <v>0.51</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.43</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.26</v>
+        <v>0.43</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.22</v>
+        <v>0.42</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.22</v>
+        <v>0.52</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.48</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.51</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>0.22</v>
+        <v>0.44</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.42</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.26</v>
+        <v>0.45</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.51</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.46</v>
+      </c>
+      <c r="N4" s="1" t="n">
+        <v>0.55</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>431</v>
+        <v>212</v>
       </c>
       <c r="C5" t="n">
-        <v>408</v>
+        <v>231</v>
       </c>
       <c r="D5" t="n">
-        <v>410</v>
+        <v>228</v>
       </c>
       <c r="E5" t="n">
-        <v>454</v>
+        <v>252</v>
       </c>
       <c r="F5" t="n">
-        <v>423</v>
+        <v>329</v>
       </c>
       <c r="G5" t="n">
-        <v>435</v>
+        <v>336</v>
       </c>
       <c r="H5" t="n">
-        <v>430</v>
+        <v>344</v>
       </c>
       <c r="I5" t="n">
-        <v>427</v>
+        <v>351</v>
       </c>
       <c r="J5" t="n">
-        <v>434</v>
+        <v>332</v>
       </c>
       <c r="K5" t="n">
-        <v>427</v>
+        <v>363</v>
       </c>
       <c r="L5" t="n">
-        <v>413</v>
+        <v>348</v>
       </c>
       <c r="M5" t="n">
-        <v>428</v>
+        <v>356</v>
+      </c>
+      <c r="N5" t="n">
+        <v>386</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B6" t="n">
-        <v>397</v>
+        <v>311</v>
       </c>
       <c r="C6" t="n">
-        <v>403</v>
+        <v>352</v>
       </c>
       <c r="D6" t="n">
-        <v>405</v>
+        <v>344</v>
       </c>
       <c r="E6" t="n">
-        <v>432</v>
+        <v>386</v>
       </c>
       <c r="F6" t="n">
-        <v>435</v>
+        <v>374</v>
       </c>
       <c r="G6" t="n">
-        <v>430</v>
+        <v>385</v>
       </c>
       <c r="H6" t="n">
-        <v>434</v>
+        <v>381</v>
       </c>
       <c r="I6" t="n">
-        <v>430</v>
+        <v>376</v>
       </c>
       <c r="J6" t="n">
-        <v>415</v>
+        <v>362</v>
       </c>
       <c r="K6" t="n">
-        <v>424</v>
+        <v>363</v>
       </c>
       <c r="L6" t="n">
-        <v>409</v>
+        <v>367</v>
       </c>
       <c r="M6" t="n">
-        <v>410</v>
+        <v>366</v>
+      </c>
+      <c r="N6" t="n">
+        <v>381</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:M6"/>
+  <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
+    <col width="14" customWidth="1" min="14" max="14"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Some people support a change in the British voting system to proportional representation, where the number of MPs a party wins more closely reflects the share of the vote they receive. Other people support retaining our present voting system, First Past the Post, which is more likely to give one party an overall majority in the House of Commons and avoid a hung Parliament. Which voting system would you prefer? </t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2019-11-18</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2020-05-10</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2020-10-26</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -4027,298 +4259,319 @@
       <c r="I1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2023-08-14</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2024-01-29</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>2025-07-07</t>
         </is>
       </c>
+      <c r="N1" t="inlineStr">
+        <is>
+          <t>2025-12-29</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>First past the post, which is more likely to give one party an overall majority</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.29</v>
+        <v>0.22</v>
       </c>
       <c r="C2" s="1" t="n">
-        <v>0.3</v>
+        <v>0.18</v>
       </c>
       <c r="D2" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="E2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="F2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="G2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="H2" s="1" t="n">
+        <v>0.16</v>
+      </c>
+      <c r="I2" s="1" t="n">
         <v>0.22</v>
       </c>
-      <c r="E2" s="1" t="n">
-[...8 lines deleted...]
-      <c r="H2" s="1" t="n">
+      <c r="J2" s="1" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="K2" s="1" t="n">
         <v>0.21</v>
       </c>
-      <c r="I2" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="L2" s="1" t="n">
-        <v>0.29</v>
+        <v>0.14</v>
       </c>
       <c r="M2" s="1" t="n">
-        <v>0.21</v>
+        <v>0.17</v>
+      </c>
+      <c r="N2" s="1" t="n">
+        <v>0.17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Proportional representation, where the number of MPs parties win will more closely match their share of the vote</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.41</v>
+        <v>0.38</v>
       </c>
       <c r="C3" s="1" t="n">
+        <v>0.48</v>
+      </c>
+      <c r="D3" s="1" t="n">
+        <v>0.48</v>
+      </c>
+      <c r="E3" s="1" t="n">
+        <v>0.48</v>
+      </c>
+      <c r="F3" s="1" t="n">
+        <v>0.38</v>
+      </c>
+      <c r="G3" s="1" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="H3" s="1" t="n">
+        <v>0.37</v>
+      </c>
+      <c r="I3" s="1" t="n">
         <v>0.42</v>
       </c>
-      <c r="D3" s="1" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="J3" s="1" t="n">
-        <v>0.38</v>
+        <v>0.47</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>0.45</v>
+        <v>0.36</v>
       </c>
       <c r="L3" s="1" t="n">
         <v>0.39</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>0.49</v>
+        <v>0.41</v>
+      </c>
+      <c r="N3" s="1" t="n">
+        <v>0.21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.28</v>
+        <v>0.34</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.26</v>
+        <v>0.33</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.25</v>
+        <v>0.36</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.31</v>
+        <v>0.46</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.32</v>
+        <v>0.42</v>
       </c>
       <c r="H4" s="1" t="n">
+        <v>0.47</v>
+      </c>
+      <c r="I4" s="1" t="n">
         <v>0.36</v>
       </c>
-      <c r="I4" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="J4" s="1" t="n">
-        <v>0.3</v>
+        <v>0.35</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.26</v>
+        <v>0.43</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.32</v>
+        <v>0.48</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.29</v>
+        <v>0.42</v>
+      </c>
+      <c r="N4" s="1" t="n">
+        <v>0.62</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>177</v>
+        <v>138</v>
       </c>
       <c r="C5" t="n">
-        <v>198</v>
+        <v>151</v>
       </c>
       <c r="D5" t="n">
-        <v>211</v>
+        <v>118</v>
       </c>
       <c r="E5" t="n">
-        <v>169</v>
+        <v>104</v>
       </c>
       <c r="F5" t="n">
-        <v>196</v>
+        <v>185</v>
       </c>
       <c r="G5" t="n">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="H5" t="n">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="I5" t="n">
-        <v>195</v>
+        <v>172</v>
       </c>
       <c r="J5" t="n">
-        <v>176</v>
+        <v>164</v>
       </c>
       <c r="K5" t="n">
-        <v>203</v>
+        <v>172</v>
       </c>
       <c r="L5" t="n">
-        <v>182</v>
+        <v>150</v>
       </c>
       <c r="M5" t="n">
-        <v>180</v>
+        <v>146</v>
+      </c>
+      <c r="N5" t="n">
+        <v>106</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B6" t="n">
-        <v>200</v>
+        <v>183</v>
       </c>
       <c r="C6" t="n">
-        <v>201</v>
+        <v>182</v>
       </c>
       <c r="D6" t="n">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="E6" t="n">
-        <v>215</v>
+        <v>195</v>
       </c>
       <c r="F6" t="n">
-        <v>216</v>
+        <v>197</v>
       </c>
       <c r="G6" t="n">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="H6" t="n">
-        <v>216</v>
+        <v>196</v>
       </c>
       <c r="I6" t="n">
-        <v>214</v>
+        <v>194</v>
       </c>
       <c r="J6" t="n">
-        <v>207</v>
+        <v>188</v>
       </c>
       <c r="K6" t="n">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="L6" t="n">
-        <v>205</v>
+        <v>185</v>
       </c>
       <c r="M6" t="n">
-        <v>206</v>
+        <v>186</v>
+      </c>
+      <c r="N6" t="n">
+        <v>190</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:M6"/>
+  <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
+    <col width="14" customWidth="1" min="14" max="14"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Some people support a change in the British voting system to proportional representation, where the number of MPs a party wins more closely reflects the share of the vote they receive. Other people support retaining our present voting system, First Past the Post, which is more likely to give one party an overall majority in the House of Commons and avoid a hung Parliament. Which voting system would you prefer? </t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2019-11-18</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2020-05-10</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2020-10-26</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -4343,298 +4596,319 @@
       <c r="I1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2023-08-14</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2024-01-29</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>2025-07-07</t>
         </is>
       </c>
+      <c r="N1" t="inlineStr">
+        <is>
+          <t>2025-12-29</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>First past the post, which is more likely to give one party an overall majority</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.45</v>
+        <v>0.13</v>
       </c>
       <c r="C2" s="1" t="n">
-        <v>0.47</v>
+        <v>0.05</v>
       </c>
       <c r="D2" s="1" t="n">
-        <v>0.41</v>
+        <v>0.16</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>0.43</v>
+        <v>0.21</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>0.42</v>
+        <v>0.17</v>
       </c>
       <c r="G2" s="1" t="n">
-        <v>0.41</v>
+        <v>0.1</v>
       </c>
       <c r="H2" s="1" t="n">
-        <v>0.42</v>
+        <v>0.23</v>
       </c>
       <c r="I2" s="1" t="n">
-        <v>0.4</v>
+        <v>0.15</v>
       </c>
       <c r="J2" s="1" t="n">
-        <v>0.44</v>
+        <v>0.2</v>
       </c>
       <c r="K2" s="1" t="n">
-        <v>0.35</v>
+        <v>0.19</v>
       </c>
       <c r="L2" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="M2" s="1" t="n">
-        <v>0.36</v>
+        <v>0.17</v>
+      </c>
+      <c r="N2" s="1" t="n">
+        <v>0.05</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Proportional representation, where the number of MPs parties win will more closely match their share of the vote</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.39</v>
+        <v>0.37</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>0.39</v>
+        <v>0.27</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>0.39</v>
+        <v>0.27</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>0.38</v>
+        <v>0.26</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>0.4</v>
+        <v>0.25</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>0.37</v>
+        <v>0.23</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>0.38</v>
+        <v>0.17</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>0.43</v>
+        <v>0.28</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>0.38</v>
+        <v>0.27</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>0.44</v>
+        <v>0.18</v>
       </c>
       <c r="L3" s="1" t="n">
-        <v>0.51</v>
+        <v>0.36</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>0.47</v>
+        <v>0.33</v>
+      </c>
+      <c r="N3" s="1" t="n">
+        <v>0.22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.5</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.14</v>
+        <v>0.68</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.57</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.18</v>
+        <v>0.53</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.18</v>
+        <v>0.58</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.67</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.6</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>0.16</v>
+        <v>0.5600000000000001</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>0.18</v>
+        <v>0.53</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.63</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.19</v>
+        <v>0.34</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.17</v>
+        <v>0.5</v>
+      </c>
+      <c r="N4" s="1" t="n">
+        <v>0.72</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>439</v>
+        <v>20</v>
       </c>
       <c r="C5" t="n">
-        <v>430</v>
+        <v>21</v>
       </c>
       <c r="D5" t="n">
-        <v>452</v>
+        <v>32</v>
       </c>
       <c r="E5" t="n">
-        <v>516</v>
+        <v>28</v>
       </c>
       <c r="F5" t="n">
-        <v>452</v>
+        <v>44</v>
       </c>
       <c r="G5" t="n">
-        <v>465</v>
+        <v>31</v>
       </c>
       <c r="H5" t="n">
-        <v>466</v>
+        <v>37</v>
       </c>
       <c r="I5" t="n">
-        <v>474</v>
+        <v>40</v>
       </c>
       <c r="J5" t="n">
-        <v>455</v>
+        <v>36</v>
       </c>
       <c r="K5" t="n">
-        <v>464</v>
+        <v>51</v>
       </c>
       <c r="L5" t="n">
-        <v>469</v>
+        <v>27</v>
       </c>
       <c r="M5" t="n">
-        <v>472</v>
+        <v>34</v>
+      </c>
+      <c r="N5" t="n">
+        <v>47</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B6" t="n">
-        <v>385</v>
+        <v>27</v>
       </c>
       <c r="C6" t="n">
-        <v>390</v>
+        <v>38</v>
       </c>
       <c r="D6" t="n">
-        <v>392</v>
+        <v>48</v>
       </c>
       <c r="E6" t="n">
-        <v>418</v>
+        <v>32</v>
       </c>
       <c r="F6" t="n">
-        <v>420</v>
+        <v>47</v>
       </c>
       <c r="G6" t="n">
-        <v>416</v>
+        <v>31</v>
       </c>
       <c r="H6" t="n">
-        <v>419</v>
+        <v>38</v>
       </c>
       <c r="I6" t="n">
-        <v>415</v>
+        <v>40</v>
       </c>
       <c r="J6" t="n">
-        <v>402</v>
+        <v>39</v>
       </c>
       <c r="K6" t="n">
-        <v>410</v>
+        <v>48</v>
       </c>
       <c r="L6" t="n">
-        <v>396</v>
+        <v>29</v>
       </c>
       <c r="M6" t="n">
-        <v>397</v>
+        <v>30</v>
+      </c>
+      <c r="N6" t="n">
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:M6"/>
+  <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
+    <col width="14" customWidth="1" min="14" max="14"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Some people support a change in the British voting system to proportional representation, where the number of MPs a party wins more closely reflects the share of the vote they receive. Other people support retaining our present voting system, First Past the Post, which is more likely to give one party an overall majority in the House of Commons and avoid a hung Parliament. Which voting system would you prefer? </t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2019-11-18</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2020-05-10</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2020-10-26</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -4659,298 +4933,319 @@
       <c r="I1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2023-08-14</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2024-01-29</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>2025-07-07</t>
         </is>
       </c>
+      <c r="N1" t="inlineStr">
+        <is>
+          <t>2025-12-29</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>First past the post, which is more likely to give one party an overall majority</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="H2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="I2" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="J2" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="K2" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="L2" s="1" t="n">
         <v>0.26</v>
       </c>
       <c r="M2" s="1" t="n">
         <v>0.25</v>
       </c>
+      <c r="N2" s="1" t="n">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Proportional representation, where the number of MPs parties win will more closely match their share of the vote</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.49</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.47</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.48</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.48</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.48</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.5</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>0.5</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>0.51</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>0.52</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>0.5</v>
       </c>
       <c r="L3" s="1" t="n">
         <v>0.51</v>
       </c>
       <c r="M3" s="1" t="n">
         <v>0.51</v>
       </c>
+      <c r="N3" s="1" t="n">
+        <v>0.52</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.22</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>0.18</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>0.24</v>
       </c>
       <c r="L4" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="M4" s="1" t="n">
         <v>0.24</v>
       </c>
+      <c r="N4" s="1" t="n">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B5" t="n">
         <v>1003</v>
       </c>
       <c r="C5" t="n">
         <v>993</v>
       </c>
       <c r="D5" t="n">
         <v>993</v>
       </c>
       <c r="E5" t="n">
         <v>1028</v>
       </c>
       <c r="F5" t="n">
         <v>1029</v>
       </c>
       <c r="G5" t="n">
         <v>1067</v>
       </c>
       <c r="H5" t="n">
         <v>1054</v>
       </c>
       <c r="I5" t="n">
         <v>1067</v>
       </c>
       <c r="J5" t="n">
         <v>1030</v>
       </c>
       <c r="K5" t="n">
         <v>1069</v>
       </c>
       <c r="L5" t="n">
         <v>998</v>
       </c>
       <c r="M5" t="n">
         <v>995</v>
       </c>
+      <c r="N5" t="n">
+        <v>1071</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B6" t="n">
         <v>951</v>
       </c>
       <c r="C6" t="n">
         <v>954</v>
       </c>
       <c r="D6" t="n">
         <v>958</v>
       </c>
       <c r="E6" t="n">
         <v>1021</v>
       </c>
       <c r="F6" t="n">
         <v>1028</v>
       </c>
       <c r="G6" t="n">
         <v>1017</v>
       </c>
       <c r="H6" t="n">
         <v>1025</v>
       </c>
       <c r="I6" t="n">
         <v>1016</v>
       </c>
       <c r="J6" t="n">
         <v>983</v>
       </c>
       <c r="K6" t="n">
         <v>1004</v>
       </c>
       <c r="L6" t="n">
         <v>968</v>
       </c>
       <c r="M6" t="n">
         <v>970</v>
+      </c>
+      <c r="N6" t="n">
+        <v>994</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:M6"/>
+  <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
+    <col width="14" customWidth="1" min="14" max="14"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Some people support a change in the British voting system to proportional representation, where the number of MPs a party wins more closely reflects the share of the vote they receive. Other people support retaining our present voting system, First Past the Post, which is more likely to give one party an overall majority in the House of Commons and avoid a hung Parliament. Which voting system would you prefer? </t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2019-11-18</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2020-05-10</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2020-10-26</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -4975,298 +5270,319 @@
       <c r="I1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2023-08-14</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2024-01-29</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>2025-07-07</t>
         </is>
       </c>
+      <c r="N1" t="inlineStr">
+        <is>
+          <t>2025-12-29</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>First past the post, which is more likely to give one party an overall majority</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="E2" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="F2" s="1" t="n">
         <v>0.29</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="H2" s="1" t="n">
         <v>0.28</v>
       </c>
       <c r="I2" s="1" t="n">
         <v>0.27</v>
       </c>
       <c r="J2" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="K2" s="1" t="n">
         <v>0.25</v>
       </c>
       <c r="L2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="M2" s="1" t="n">
         <v>0.26</v>
       </c>
+      <c r="N2" s="1" t="n">
+        <v>0.26</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Proportional representation, where the number of MPs parties win will more closely match their share of the vote</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>0.4</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>0.39</v>
       </c>
       <c r="L3" s="1" t="n">
         <v>0.43</v>
       </c>
       <c r="M3" s="1" t="n">
         <v>0.4</v>
       </c>
+      <c r="N3" s="1" t="n">
+        <v>0.36</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="L4" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="M4" s="1" t="n">
         <v>0.34</v>
       </c>
+      <c r="N4" s="1" t="n">
+        <v>0.38</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B5" t="n">
         <v>665</v>
       </c>
       <c r="C5" t="n">
         <v>681</v>
       </c>
       <c r="D5" t="n">
         <v>688</v>
       </c>
       <c r="E5" t="n">
         <v>764</v>
       </c>
       <c r="F5" t="n">
         <v>775</v>
       </c>
       <c r="G5" t="n">
         <v>718</v>
       </c>
       <c r="H5" t="n">
         <v>745</v>
       </c>
       <c r="I5" t="n">
         <v>716</v>
       </c>
       <c r="J5" t="n">
         <v>694</v>
       </c>
       <c r="K5" t="n">
         <v>692</v>
       </c>
       <c r="L5" t="n">
         <v>700</v>
       </c>
       <c r="M5" t="n">
         <v>707</v>
       </c>
+      <c r="N5" t="n">
+        <v>673</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B6" t="n">
         <v>717</v>
       </c>
       <c r="C6" t="n">
         <v>720</v>
       </c>
       <c r="D6" t="n">
         <v>723</v>
       </c>
       <c r="E6" t="n">
         <v>771</v>
       </c>
       <c r="F6" t="n">
         <v>776</v>
       </c>
       <c r="G6" t="n">
         <v>768</v>
       </c>
       <c r="H6" t="n">
         <v>774</v>
       </c>
       <c r="I6" t="n">
         <v>767</v>
       </c>
       <c r="J6" t="n">
         <v>741</v>
       </c>
       <c r="K6" t="n">
         <v>757</v>
       </c>
       <c r="L6" t="n">
         <v>730</v>
       </c>
       <c r="M6" t="n">
         <v>732</v>
+      </c>
+      <c r="N6" t="n">
+        <v>750</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:M6"/>
+  <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
+    <col width="14" customWidth="1" min="14" max="14"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Some people support a change in the British voting system to proportional representation, where the number of MPs a party wins more closely reflects the share of the vote they receive. Other people support retaining our present voting system, First Past the Post, which is more likely to give one party an overall majority in the House of Commons and avoid a hung Parliament. Which voting system would you prefer? </t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2019-11-18</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2020-05-10</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2020-10-26</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -5291,298 +5607,319 @@
       <c r="I1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2023-08-14</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2024-01-29</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>2025-07-07</t>
         </is>
       </c>
+      <c r="N1" t="inlineStr">
+        <is>
+          <t>2025-12-29</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>First past the post, which is more likely to give one party an overall majority</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.32</v>
+        <v>0.23</v>
       </c>
       <c r="C2" s="1" t="n">
-        <v>0.38</v>
+        <v>0.25</v>
       </c>
       <c r="D2" s="1" t="n">
-        <v>0.32</v>
+        <v>0.22</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>0.33</v>
+        <v>0.22</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>0.28</v>
+        <v>0.21</v>
       </c>
       <c r="G2" s="1" t="n">
-        <v>0.32</v>
+        <v>0.2</v>
       </c>
       <c r="H2" s="1" t="n">
-        <v>0.29</v>
+        <v>0.18</v>
       </c>
       <c r="I2" s="1" t="n">
-        <v>0.28</v>
+        <v>0.21</v>
       </c>
       <c r="J2" s="1" t="n">
-        <v>0.3</v>
+        <v>0.23</v>
       </c>
       <c r="K2" s="1" t="n">
-        <v>0.27</v>
+        <v>0.23</v>
       </c>
       <c r="L2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="M2" s="1" t="n">
-        <v>0.27</v>
+        <v>0.19</v>
+      </c>
+      <c r="N2" s="1" t="n">
+        <v>0.2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Proportional representation, where the number of MPs parties win will more closely match their share of the vote</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.47</v>
+        <v>0.44</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>0.4</v>
+        <v>0.42</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>0.44</v>
+        <v>0.45</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>0.4</v>
+        <v>0.43</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>0.43</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>0.42</v>
+        <v>0.44</v>
       </c>
       <c r="H3" s="1" t="n">
+        <v>0.49</v>
+      </c>
+      <c r="I3" s="1" t="n">
+        <v>0.46</v>
+      </c>
+      <c r="J3" s="1" t="n">
         <v>0.47</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.45</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>0.46</v>
       </c>
       <c r="L3" s="1" t="n">
-        <v>0.54</v>
+        <v>0.45</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>0.44</v>
+        <v>0.45</v>
+      </c>
+      <c r="N3" s="1" t="n">
+        <v>0.46</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.33</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.22</v>
+        <v>0.33</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.25</v>
+        <v>0.32</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.27</v>
+        <v>0.35</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.29</v>
+        <v>0.36</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.26</v>
+        <v>0.36</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.24</v>
+        <v>0.33</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>0.27</v>
+        <v>0.33</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>0.25</v>
+        <v>0.3</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.27</v>
+        <v>0.31</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.25</v>
+        <v>0.35</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.29</v>
+        <v>0.36</v>
+      </c>
+      <c r="N4" s="1" t="n">
+        <v>0.34</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>566</v>
+        <v>660</v>
       </c>
       <c r="C5" t="n">
-        <v>572</v>
+        <v>685</v>
       </c>
       <c r="D5" t="n">
-        <v>556</v>
+        <v>701</v>
       </c>
       <c r="E5" t="n">
-        <v>621</v>
+        <v>718</v>
       </c>
       <c r="F5" t="n">
-        <v>618</v>
+        <v>744</v>
       </c>
       <c r="G5" t="n">
-        <v>616</v>
+        <v>699</v>
       </c>
       <c r="H5" t="n">
-        <v>606</v>
+        <v>711</v>
       </c>
       <c r="I5" t="n">
-        <v>606</v>
+        <v>710</v>
       </c>
       <c r="J5" t="n">
-        <v>585</v>
+        <v>671</v>
       </c>
       <c r="K5" t="n">
-        <v>604</v>
+        <v>698</v>
       </c>
       <c r="L5" t="n">
-        <v>585</v>
+        <v>666</v>
       </c>
       <c r="M5" t="n">
-        <v>581</v>
+        <v>656</v>
+      </c>
+      <c r="N5" t="n">
+        <v>722</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B6" t="n">
-        <v>557</v>
+        <v>702</v>
       </c>
       <c r="C6" t="n">
-        <v>562</v>
+        <v>698</v>
       </c>
       <c r="D6" t="n">
-        <v>565</v>
+        <v>701</v>
       </c>
       <c r="E6" t="n">
-        <v>602</v>
+        <v>747</v>
       </c>
       <c r="F6" t="n">
-        <v>606</v>
+        <v>752</v>
       </c>
       <c r="G6" t="n">
-        <v>600</v>
+        <v>744</v>
       </c>
       <c r="H6" t="n">
-        <v>604</v>
+        <v>750</v>
       </c>
       <c r="I6" t="n">
-        <v>599</v>
+        <v>744</v>
       </c>
       <c r="J6" t="n">
-        <v>579</v>
+        <v>719</v>
       </c>
       <c r="K6" t="n">
-        <v>592</v>
+        <v>734</v>
       </c>
       <c r="L6" t="n">
-        <v>582</v>
+        <v>708</v>
       </c>
       <c r="M6" t="n">
-        <v>584</v>
+        <v>710</v>
+      </c>
+      <c r="N6" t="n">
+        <v>727</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:M6"/>
+  <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
+    <col width="14" customWidth="1" min="14" max="14"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Some people support a change in the British voting system to proportional representation, where the number of MPs a party wins more closely reflects the share of the vote they receive. Other people support retaining our present voting system, First Past the Post, which is more likely to give one party an overall majority in the House of Commons and avoid a hung Parliament. Which voting system would you prefer? </t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2019-11-18</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2020-05-10</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2020-10-26</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -5607,298 +5944,319 @@
       <c r="I1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2023-08-14</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2024-01-29</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>2025-07-07</t>
         </is>
       </c>
+      <c r="N1" t="inlineStr">
+        <is>
+          <t>2025-12-29</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>First past the post, which is more likely to give one party an overall majority</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.35</v>
+        <v>0.32</v>
       </c>
       <c r="C2" s="1" t="n">
-        <v>0.32</v>
+        <v>0.4</v>
       </c>
       <c r="D2" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="E2" s="1" t="n">
+        <v>0.37</v>
+      </c>
+      <c r="F2" s="1" t="n">
         <v>0.34</v>
       </c>
-      <c r="F2" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G2" s="1" t="n">
-        <v>0.25</v>
+        <v>0.29</v>
       </c>
       <c r="H2" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="I2" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="J2" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="K2" s="1" t="n">
-        <v>0.24</v>
+        <v>0.25</v>
       </c>
       <c r="L2" s="1" t="n">
-        <v>0.24</v>
+        <v>0.27</v>
       </c>
       <c r="M2" s="1" t="n">
-        <v>0.3</v>
+        <v>0.31</v>
+      </c>
+      <c r="N2" s="1" t="n">
+        <v>0.31</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Proportional representation, where the number of MPs parties win will more closely match their share of the vote</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.33</v>
+        <v>0.48</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>0.39</v>
+        <v>0.43</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>0.33</v>
+        <v>0.44</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>0.36</v>
+        <v>0.42</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>0.39</v>
+        <v>0.44</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>0.42</v>
+        <v>0.51</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>0.41</v>
+        <v>0.5</v>
       </c>
       <c r="I3" s="1" t="n">
+        <v>0.48</v>
+      </c>
+      <c r="J3" s="1" t="n">
         <v>0.46</v>
       </c>
-      <c r="J3" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="K3" s="1" t="n">
-        <v>0.46</v>
+        <v>0.49</v>
       </c>
       <c r="L3" s="1" t="n">
-        <v>0.47</v>
+        <v>0.54</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>0.43</v>
+        <v>0.49</v>
+      </c>
+      <c r="N3" s="1" t="n">
+        <v>0.49</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.32</v>
+        <v>0.19</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.29</v>
+        <v>0.17</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.37</v>
+        <v>0.26</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.3</v>
+        <v>0.22</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.31</v>
+        <v>0.22</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.32</v>
+        <v>0.2</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.29</v>
+        <v>0.2</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>0.23</v>
+        <v>0.22</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>0.23</v>
+        <v>0.2</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.3</v>
+        <v>0.26</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.29</v>
+        <v>0.2</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.28</v>
+        <v>0.2</v>
+      </c>
+      <c r="N4" s="1" t="n">
+        <v>0.2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>278</v>
+        <v>431</v>
       </c>
       <c r="C5" t="n">
-        <v>279</v>
+        <v>408</v>
       </c>
       <c r="D5" t="n">
-        <v>271</v>
+        <v>410</v>
       </c>
       <c r="E5" t="n">
-        <v>314</v>
+        <v>454</v>
       </c>
       <c r="F5" t="n">
-        <v>301</v>
+        <v>423</v>
       </c>
       <c r="G5" t="n">
-        <v>300</v>
+        <v>435</v>
       </c>
       <c r="H5" t="n">
-        <v>303</v>
+        <v>430</v>
       </c>
       <c r="I5" t="n">
-        <v>295</v>
+        <v>427</v>
       </c>
       <c r="J5" t="n">
-        <v>294</v>
+        <v>434</v>
       </c>
       <c r="K5" t="n">
-        <v>283</v>
+        <v>427</v>
       </c>
       <c r="L5" t="n">
-        <v>288</v>
+        <v>413</v>
       </c>
       <c r="M5" t="n">
-        <v>279</v>
+        <v>428</v>
+      </c>
+      <c r="N5" t="n">
+        <v>411</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B6" t="n">
-        <v>275</v>
+        <v>397</v>
       </c>
       <c r="C6" t="n">
-        <v>278</v>
+        <v>403</v>
       </c>
       <c r="D6" t="n">
-        <v>279</v>
+        <v>405</v>
       </c>
       <c r="E6" t="n">
-        <v>297</v>
+        <v>432</v>
       </c>
       <c r="F6" t="n">
-        <v>299</v>
+        <v>435</v>
       </c>
       <c r="G6" t="n">
-        <v>296</v>
+        <v>430</v>
       </c>
       <c r="H6" t="n">
-        <v>299</v>
+        <v>434</v>
       </c>
       <c r="I6" t="n">
-        <v>296</v>
+        <v>430</v>
       </c>
       <c r="J6" t="n">
-        <v>286</v>
+        <v>415</v>
       </c>
       <c r="K6" t="n">
-        <v>292</v>
+        <v>424</v>
       </c>
       <c r="L6" t="n">
-        <v>278</v>
+        <v>409</v>
       </c>
       <c r="M6" t="n">
-        <v>279</v>
+        <v>410</v>
+      </c>
+      <c r="N6" t="n">
+        <v>420</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:M6"/>
+  <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
+    <col width="14" customWidth="1" min="14" max="14"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Some people support a change in the British voting system to proportional representation, where the number of MPs a party wins more closely reflects the share of the vote they receive. Other people support retaining our present voting system, First Past the Post, which is more likely to give one party an overall majority in the House of Commons and avoid a hung Parliament. Which voting system would you prefer? </t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2019-11-18</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2020-05-10</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2020-10-26</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -5923,298 +6281,319 @@
       <c r="I1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2023-08-14</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2024-01-29</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>2025-07-07</t>
         </is>
       </c>
+      <c r="N1" t="inlineStr">
+        <is>
+          <t>2025-12-29</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>First past the post, which is more likely to give one party an overall majority</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.27</v>
+        <v>0.45</v>
       </c>
       <c r="C2" s="1" t="n">
-        <v>0.33</v>
+        <v>0.47</v>
       </c>
       <c r="D2" s="1" t="n">
-        <v>0.26</v>
+        <v>0.41</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>0.27</v>
+        <v>0.43</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>0.29</v>
+        <v>0.42</v>
       </c>
       <c r="G2" s="1" t="n">
-        <v>0.28</v>
+        <v>0.41</v>
       </c>
       <c r="H2" s="1" t="n">
-        <v>0.27</v>
+        <v>0.42</v>
       </c>
       <c r="I2" s="1" t="n">
-        <v>0.28</v>
+        <v>0.4</v>
       </c>
       <c r="J2" s="1" t="n">
-        <v>0.26</v>
+        <v>0.44</v>
       </c>
       <c r="K2" s="1" t="n">
-        <v>0.24</v>
+        <v>0.35</v>
       </c>
       <c r="L2" s="1" t="n">
-        <v>0.22</v>
+        <v>0.3</v>
       </c>
       <c r="M2" s="1" t="n">
-        <v>0.25</v>
+        <v>0.36</v>
+      </c>
+      <c r="N2" s="1" t="n">
+        <v>0.32</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Proportional representation, where the number of MPs parties win will more closely match their share of the vote</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.45</v>
+        <v>0.39</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>0.41</v>
+        <v>0.39</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>0.47</v>
+        <v>0.39</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>0.42</v>
+        <v>0.38</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>0.41</v>
+        <v>0.4</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>0.42</v>
+        <v>0.37</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>0.42</v>
+        <v>0.38</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>0.43</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>0.46</v>
+        <v>0.38</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>0.43</v>
+        <v>0.44</v>
       </c>
       <c r="L3" s="1" t="n">
-        <v>0.46</v>
+        <v>0.51</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>0.45</v>
+        <v>0.47</v>
+      </c>
+      <c r="N3" s="1" t="n">
+        <v>0.5</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.28</v>
+        <v>0.17</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.25</v>
+        <v>0.14</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.26</v>
+        <v>0.2</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.31</v>
+        <v>0.18</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.29</v>
+        <v>0.18</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.31</v>
+        <v>0.21</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.31</v>
+        <v>0.2</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>0.29</v>
+        <v>0.16</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>0.28</v>
+        <v>0.18</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.33</v>
+        <v>0.21</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.32</v>
+        <v>0.19</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.3</v>
+        <v>0.17</v>
+      </c>
+      <c r="N4" s="1" t="n">
+        <v>0.18</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>412</v>
+        <v>439</v>
       </c>
       <c r="C5" t="n">
-        <v>397</v>
+        <v>430</v>
       </c>
       <c r="D5" t="n">
-        <v>412</v>
+        <v>452</v>
       </c>
       <c r="E5" t="n">
-        <v>454</v>
+        <v>516</v>
       </c>
       <c r="F5" t="n">
-        <v>442</v>
+        <v>452</v>
       </c>
       <c r="G5" t="n">
-        <v>443</v>
+        <v>465</v>
       </c>
       <c r="H5" t="n">
-        <v>442</v>
+        <v>466</v>
       </c>
       <c r="I5" t="n">
-        <v>439</v>
+        <v>474</v>
       </c>
       <c r="J5" t="n">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="K5" t="n">
-        <v>426</v>
+        <v>464</v>
       </c>
       <c r="L5" t="n">
-        <v>415</v>
+        <v>469</v>
       </c>
       <c r="M5" t="n">
-        <v>422</v>
+        <v>472</v>
+      </c>
+      <c r="N5" t="n">
+        <v>505</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B6" t="n">
-        <v>407</v>
+        <v>385</v>
       </c>
       <c r="C6" t="n">
-        <v>403</v>
+        <v>390</v>
       </c>
       <c r="D6" t="n">
-        <v>405</v>
+        <v>392</v>
       </c>
       <c r="E6" t="n">
-        <v>432</v>
+        <v>418</v>
       </c>
       <c r="F6" t="n">
-        <v>435</v>
+        <v>420</v>
       </c>
       <c r="G6" t="n">
-        <v>430</v>
+        <v>416</v>
       </c>
       <c r="H6" t="n">
-        <v>434</v>
+        <v>419</v>
       </c>
       <c r="I6" t="n">
-        <v>430</v>
+        <v>415</v>
       </c>
       <c r="J6" t="n">
-        <v>415</v>
+        <v>402</v>
       </c>
       <c r="K6" t="n">
-        <v>424</v>
+        <v>410</v>
       </c>
       <c r="L6" t="n">
-        <v>402</v>
+        <v>396</v>
       </c>
       <c r="M6" t="n">
-        <v>403</v>
+        <v>397</v>
+      </c>
+      <c r="N6" t="n">
+        <v>406</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:M6"/>
+  <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
+    <col width="14" customWidth="1" min="14" max="14"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Some people support a change in the British voting system to proportional representation, where the number of MPs a party wins more closely reflects the share of the vote they receive. Other people support retaining our present voting system, First Past the Post, which is more likely to give one party an overall majority in the House of Commons and avoid a hung Parliament. Which voting system would you prefer? </t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2019-11-18</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2020-05-10</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2020-10-26</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -6239,298 +6618,319 @@
       <c r="I1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2023-08-14</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2024-01-29</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>2025-07-07</t>
         </is>
       </c>
+      <c r="N1" t="inlineStr">
+        <is>
+          <t>2025-12-29</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>First past the post, which is more likely to give one party an overall majority</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.24</v>
+        <v>0.33</v>
       </c>
       <c r="C2" s="1" t="n">
-        <v>0.2</v>
+        <v>0.35</v>
       </c>
       <c r="D2" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="E2" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="F2" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="G2" s="1" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="H2" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="I2" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="J2" s="1" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="K2" s="1" t="n">
         <v>0.3</v>
       </c>
-      <c r="E2" s="1" t="n">
-[...17 lines deleted...]
-      <c r="K2" s="1" t="n">
+      <c r="L2" s="1" t="n">
         <v>0.26</v>
       </c>
-      <c r="L2" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="M2" s="1" t="n">
-        <v>0.26</v>
+        <v>0.32</v>
+      </c>
+      <c r="N2" s="1" t="n">
+        <v>0.3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Proportional representation, where the number of MPs parties win will more closely match their share of the vote</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
+        <v>0.47</v>
+      </c>
+      <c r="C3" s="1" t="n">
+        <v>0.45</v>
+      </c>
+      <c r="D3" s="1" t="n">
+        <v>0.48</v>
+      </c>
+      <c r="E3" s="1" t="n">
+        <v>0.47</v>
+      </c>
+      <c r="F3" s="1" t="n">
+        <v>0.44</v>
+      </c>
+      <c r="G3" s="1" t="n">
         <v>0.46</v>
       </c>
-      <c r="C3" s="1" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="H3" s="1" t="n">
-        <v>0.6</v>
+        <v>0.49</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>0.54</v>
+        <v>0.48</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>0.46</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>0.47</v>
       </c>
       <c r="L3" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="M3" s="1" t="n">
         <v>0.45</v>
       </c>
-      <c r="M3" s="1" t="n">
-        <v>0.51</v>
+      <c r="N3" s="1" t="n">
+        <v>0.45</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.3</v>
+        <v>0.2</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="D4" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="E4" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="F4" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="G4" s="1" t="n">
         <v>0.23</v>
       </c>
-      <c r="E4" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="H4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.22</v>
       </c>
       <c r="I4" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="J4" s="1" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="K4" s="1" t="n">
         <v>0.23</v>
       </c>
-      <c r="J4" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="L4" s="1" t="n">
-        <v>0.32</v>
+        <v>0.24</v>
       </c>
       <c r="M4" s="1" t="n">
         <v>0.23</v>
       </c>
+      <c r="N4" s="1" t="n">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>143</v>
+        <v>744</v>
       </c>
       <c r="C5" t="n">
-        <v>144</v>
+        <v>724</v>
       </c>
       <c r="D5" t="n">
-        <v>138</v>
+        <v>739</v>
       </c>
       <c r="E5" t="n">
-        <v>141</v>
+        <v>803</v>
       </c>
       <c r="F5" t="n">
-        <v>157</v>
+        <v>809</v>
       </c>
       <c r="G5" t="n">
-        <v>158</v>
+        <v>791</v>
       </c>
       <c r="H5" t="n">
-        <v>157</v>
+        <v>800</v>
       </c>
       <c r="I5" t="n">
-        <v>148</v>
+        <v>795</v>
       </c>
       <c r="J5" t="n">
-        <v>155</v>
+        <v>736</v>
       </c>
       <c r="K5" t="n">
-        <v>151</v>
+        <v>818</v>
       </c>
       <c r="L5" t="n">
-        <v>142</v>
+        <v>746</v>
       </c>
       <c r="M5" t="n">
-        <v>149</v>
+        <v>748</v>
+      </c>
+      <c r="N5" t="n">
+        <v>795</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B6" t="n">
-        <v>143</v>
+        <v>807</v>
       </c>
       <c r="C6" t="n">
-        <v>144</v>
+        <v>814</v>
       </c>
       <c r="D6" t="n">
-        <v>145</v>
+        <v>817</v>
       </c>
       <c r="E6" t="n">
-        <v>154</v>
+        <v>871</v>
       </c>
       <c r="F6" t="n">
-        <v>155</v>
+        <v>877</v>
       </c>
       <c r="G6" t="n">
-        <v>154</v>
+        <v>868</v>
       </c>
       <c r="H6" t="n">
-        <v>155</v>
+        <v>874</v>
       </c>
       <c r="I6" t="n">
-        <v>153</v>
+        <v>867</v>
       </c>
       <c r="J6" t="n">
-        <v>148</v>
+        <v>838</v>
       </c>
       <c r="K6" t="n">
-        <v>151</v>
+        <v>856</v>
       </c>
       <c r="L6" t="n">
-        <v>148</v>
+        <v>825</v>
       </c>
       <c r="M6" t="n">
-        <v>148</v>
+        <v>827</v>
+      </c>
+      <c r="N6" t="n">
+        <v>848</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:M6"/>
+  <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
+    <col width="14" customWidth="1" min="14" max="14"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Some people support a change in the British voting system to proportional representation, where the number of MPs a party wins more closely reflects the share of the vote they receive. Other people support retaining our present voting system, First Past the Post, which is more likely to give one party an overall majority in the House of Commons and avoid a hung Parliament. Which voting system would you prefer? </t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2019-11-18</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2020-05-10</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2020-10-26</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -6555,298 +6955,319 @@
       <c r="I1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2023-08-14</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2024-01-29</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>2025-07-07</t>
         </is>
       </c>
+      <c r="N1" t="inlineStr">
+        <is>
+          <t>2025-12-29</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>First past the post, which is more likely to give one party an overall majority</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.26</v>
+        <v>0.27</v>
       </c>
       <c r="C2" s="1" t="n">
         <v>0.31</v>
       </c>
       <c r="D2" s="1" t="n">
-        <v>0.19</v>
+        <v>0.23</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>0.35</v>
+        <v>0.28</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>0.27</v>
+        <v>0.25</v>
       </c>
       <c r="G2" s="1" t="n">
         <v>0.23</v>
       </c>
       <c r="H2" s="1" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="I2" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="J2" s="1" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="K2" s="1" t="n">
+        <v>0.22</v>
+      </c>
+      <c r="L2" s="1" t="n">
         <v>0.21</v>
       </c>
-      <c r="I2" s="1" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="M2" s="1" t="n">
-        <v>0.1</v>
+        <v>0.19</v>
+      </c>
+      <c r="N2" s="1" t="n">
+        <v>0.21</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Proportional representation, where the number of MPs parties win will more closely match their share of the vote</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
+        <v>0.39</v>
+      </c>
+      <c r="C3" s="1" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="D3" s="1" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="E3" s="1" t="n">
+        <v>0.37</v>
+      </c>
+      <c r="F3" s="1" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="G3" s="1" t="n">
         <v>0.41</v>
       </c>
-      <c r="C3" s="1" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="H3" s="1" t="n">
-        <v>0.49</v>
+        <v>0.43</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>0.5</v>
+        <v>0.43</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>0.49</v>
+        <v>0.43</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>0.44</v>
+        <v>0.43</v>
       </c>
       <c r="L3" s="1" t="n">
-        <v>0.42</v>
+        <v>0.45</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>0.61</v>
+        <v>0.47</v>
+      </c>
+      <c r="N3" s="1" t="n">
+        <v>0.45</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
         <v>0.33</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.27</v>
+        <v>0.3</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.39</v>
+        <v>0.37</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.37</v>
+        <v>0.34</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.31</v>
+        <v>0.35</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.27</v>
+        <v>0.36</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.3</v>
+        <v>0.34</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>0.22</v>
+        <v>0.34</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>0.23</v>
+        <v>0.32</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.31</v>
+        <v>0.35</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.24</v>
+        <v>0.34</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.29</v>
+        <v>0.34</v>
+      </c>
+      <c r="N4" s="1" t="n">
+        <v>0.35</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>92</v>
+        <v>924</v>
       </c>
       <c r="C5" t="n">
-        <v>84</v>
+        <v>950</v>
       </c>
       <c r="D5" t="n">
-        <v>93</v>
+        <v>942</v>
       </c>
       <c r="E5" t="n">
-        <v>93</v>
+        <v>989</v>
       </c>
       <c r="F5" t="n">
-        <v>90</v>
+        <v>995</v>
       </c>
       <c r="G5" t="n">
-        <v>83</v>
+        <v>994</v>
       </c>
       <c r="H5" t="n">
-        <v>98</v>
+        <v>999</v>
       </c>
       <c r="I5" t="n">
-        <v>100</v>
+        <v>988</v>
       </c>
       <c r="J5" t="n">
-        <v>91</v>
+        <v>988</v>
       </c>
       <c r="K5" t="n">
-        <v>94</v>
+        <v>943</v>
       </c>
       <c r="L5" t="n">
-        <v>86</v>
+        <v>952</v>
       </c>
       <c r="M5" t="n">
-        <v>91</v>
+        <v>954</v>
+      </c>
+      <c r="N5" t="n">
+        <v>949</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B6" t="n">
-        <v>85</v>
+        <v>861</v>
       </c>
       <c r="C6" t="n">
-        <v>85</v>
+        <v>860</v>
       </c>
       <c r="D6" t="n">
-        <v>86</v>
+        <v>864</v>
       </c>
       <c r="E6" t="n">
-        <v>91</v>
+        <v>921</v>
       </c>
       <c r="F6" t="n">
-        <v>92</v>
+        <v>927</v>
       </c>
       <c r="G6" t="n">
-        <v>91</v>
+        <v>917</v>
       </c>
       <c r="H6" t="n">
-        <v>92</v>
+        <v>925</v>
       </c>
       <c r="I6" t="n">
-        <v>91</v>
+        <v>916</v>
       </c>
       <c r="J6" t="n">
-        <v>88</v>
+        <v>886</v>
       </c>
       <c r="K6" t="n">
-        <v>90</v>
+        <v>905</v>
       </c>
       <c r="L6" t="n">
-        <v>82</v>
+        <v>873</v>
       </c>
       <c r="M6" t="n">
-        <v>82</v>
+        <v>875</v>
+      </c>
+      <c r="N6" t="n">
+        <v>896</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:M6"/>
+  <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
+    <col width="14" customWidth="1" min="14" max="14"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Some people support a change in the British voting system to proportional representation, where the number of MPs a party wins more closely reflects the share of the vote they receive. Other people support retaining our present voting system, First Past the Post, which is more likely to give one party an overall majority in the House of Commons and avoid a hung Parliament. Which voting system would you prefer? </t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2019-11-18</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2020-05-10</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2020-10-26</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -6871,298 +7292,319 @@
       <c r="I1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2023-08-14</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2024-01-29</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>2025-07-07</t>
         </is>
       </c>
+      <c r="N1" t="inlineStr">
+        <is>
+          <t>2025-12-29</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>First past the post, which is more likely to give one party an overall majority</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
-        <v>0.33</v>
+        <v>0.29</v>
       </c>
       <c r="C2" s="1" t="n">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="D2" s="1" t="n">
-        <v>0.33</v>
+        <v>0.22</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>0.32</v>
+        <v>0.25</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>0.32</v>
+        <v>0.28</v>
       </c>
       <c r="G2" s="1" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="H2" s="1" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="I2" s="1" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="J2" s="1" t="n">
         <v>0.31</v>
       </c>
-      <c r="H2" s="1" t="n">
+      <c r="K2" s="1" t="n">
         <v>0.29</v>
       </c>
-      <c r="I2" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="L2" s="1" t="n">
-        <v>0.26</v>
+        <v>0.29</v>
       </c>
       <c r="M2" s="1" t="n">
-        <v>0.32</v>
+        <v>0.21</v>
+      </c>
+      <c r="N2" s="1" t="n">
+        <v>0.28</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Proportional representation, where the number of MPs parties win will more closely match their share of the vote</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.47</v>
+        <v>0.41</v>
       </c>
       <c r="C3" s="1" t="n">
+        <v>0.42</v>
+      </c>
+      <c r="D3" s="1" t="n">
+        <v>0.51</v>
+      </c>
+      <c r="E3" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="F3" s="1" t="n">
+        <v>0.41</v>
+      </c>
+      <c r="G3" s="1" t="n">
         <v>0.45</v>
       </c>
-      <c r="D3" s="1" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="H3" s="1" t="n">
+        <v>0.43</v>
+      </c>
+      <c r="I3" s="1" t="n">
+        <v>0.41</v>
+      </c>
+      <c r="J3" s="1" t="n">
+        <v>0.38</v>
+      </c>
+      <c r="K3" s="1" t="n">
+        <v>0.45</v>
+      </c>
+      <c r="L3" s="1" t="n">
+        <v>0.39</v>
+      </c>
+      <c r="M3" s="1" t="n">
         <v>0.49</v>
       </c>
-      <c r="I3" s="1" t="n">
-[...12 lines deleted...]
-        <v>0.45</v>
+      <c r="N3" s="1" t="n">
+        <v>0.39</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.2</v>
+        <v>0.3</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.19</v>
+        <v>0.28</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.19</v>
+        <v>0.26</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.21</v>
+        <v>0.25</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.24</v>
+        <v>0.31</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.23</v>
+        <v>0.32</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.22</v>
+        <v>0.36</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>0.19</v>
+        <v>0.33</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>0.19</v>
+        <v>0.3</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.23</v>
+        <v>0.26</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.24</v>
+        <v>0.32</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.23</v>
+        <v>0.29</v>
+      </c>
+      <c r="N4" s="1" t="n">
+        <v>0.33</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>744</v>
+        <v>177</v>
       </c>
       <c r="C5" t="n">
-        <v>724</v>
+        <v>198</v>
       </c>
       <c r="D5" t="n">
-        <v>739</v>
+        <v>211</v>
       </c>
       <c r="E5" t="n">
-        <v>803</v>
+        <v>169</v>
       </c>
       <c r="F5" t="n">
-        <v>809</v>
+        <v>196</v>
       </c>
       <c r="G5" t="n">
-        <v>791</v>
+        <v>185</v>
       </c>
       <c r="H5" t="n">
-        <v>800</v>
+        <v>193</v>
       </c>
       <c r="I5" t="n">
-        <v>795</v>
+        <v>195</v>
       </c>
       <c r="J5" t="n">
-        <v>736</v>
+        <v>176</v>
       </c>
       <c r="K5" t="n">
-        <v>818</v>
+        <v>203</v>
       </c>
       <c r="L5" t="n">
-        <v>746</v>
+        <v>182</v>
       </c>
       <c r="M5" t="n">
-        <v>748</v>
+        <v>180</v>
+      </c>
+      <c r="N5" t="n">
+        <v>148</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B6" t="n">
-        <v>807</v>
+        <v>200</v>
       </c>
       <c r="C6" t="n">
-        <v>814</v>
+        <v>201</v>
       </c>
       <c r="D6" t="n">
-        <v>817</v>
+        <v>202</v>
       </c>
       <c r="E6" t="n">
-        <v>871</v>
+        <v>215</v>
       </c>
       <c r="F6" t="n">
-        <v>877</v>
+        <v>216</v>
       </c>
       <c r="G6" t="n">
-        <v>868</v>
+        <v>214</v>
       </c>
       <c r="H6" t="n">
-        <v>874</v>
+        <v>216</v>
       </c>
       <c r="I6" t="n">
-        <v>867</v>
+        <v>214</v>
       </c>
       <c r="J6" t="n">
-        <v>838</v>
+        <v>207</v>
       </c>
       <c r="K6" t="n">
-        <v>856</v>
+        <v>211</v>
       </c>
       <c r="L6" t="n">
-        <v>825</v>
+        <v>205</v>
       </c>
       <c r="M6" t="n">
-        <v>827</v>
+        <v>206</v>
+      </c>
+      <c r="N6" t="n">
+        <v>211</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:M6"/>
+  <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="14" customWidth="1" min="2" max="2"/>
     <col width="14" customWidth="1" min="3" max="3"/>
     <col width="14" customWidth="1" min="4" max="4"/>
     <col width="14" customWidth="1" min="5" max="5"/>
     <col width="14" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="14" customWidth="1" min="8" max="8"/>
     <col width="14" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="14" customWidth="1" min="11" max="11"/>
     <col width="14" customWidth="1" min="12" max="12"/>
     <col width="14" customWidth="1" min="13" max="13"/>
+    <col width="14" customWidth="1" min="14" max="14"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Some people support a change in the British voting system to proportional representation, where the number of MPs a party wins more closely reflects the share of the vote they receive. Other people support retaining our present voting system, First Past the Post, which is more likely to give one party an overall majority in the House of Commons and avoid a hung Parliament. Which voting system would you prefer? </t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>2019-11-18</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2020-05-10</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2020-10-26</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -7187,260 +7629,280 @@
       <c r="I1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
           <t>2023-08-14</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>2024-01-29</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>2025-01-13</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>2025-07-07</t>
         </is>
       </c>
+      <c r="N1" t="inlineStr">
+        <is>
+          <t>2025-12-29</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>First past the post, which is more likely to give one party an overall majority</t>
         </is>
       </c>
       <c r="B2" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="C2" s="1" t="n">
+        <v>0.38</v>
+      </c>
+      <c r="D2" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="E2" s="1" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="F2" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="G2" s="1" t="n">
+        <v>0.32</v>
+      </c>
+      <c r="H2" s="1" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="I2" s="1" t="n">
+        <v>0.28</v>
+      </c>
+      <c r="J2" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="K2" s="1" t="n">
         <v>0.27</v>
-      </c>
-[...25 lines deleted...]
-        <v>0.22</v>
       </c>
       <c r="L2" s="1" t="n">
         <v>0.21</v>
       </c>
       <c r="M2" s="1" t="n">
-        <v>0.19</v>
+        <v>0.27</v>
+      </c>
+      <c r="N2" s="1" t="n">
+        <v>0.25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Proportional representation, where the number of MPs parties win will more closely match their share of the vote</t>
         </is>
       </c>
       <c r="B3" s="1" t="n">
-        <v>0.39</v>
+        <v>0.47</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.4</v>
       </c>
       <c r="D3" s="1" t="n">
+        <v>0.44</v>
+      </c>
+      <c r="E3" s="1" t="n">
         <v>0.4</v>
       </c>
-      <c r="E3" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F3" s="1" t="n">
-        <v>0.4</v>
+        <v>0.43</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>0.41</v>
+        <v>0.42</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>0.43</v>
+        <v>0.47</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>0.43</v>
+        <v>0.45</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>0.43</v>
+        <v>0.45</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>0.43</v>
+        <v>0.46</v>
       </c>
       <c r="L3" s="1" t="n">
-        <v>0.45</v>
+        <v>0.54</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>0.47</v>
+        <v>0.44</v>
+      </c>
+      <c r="N3" s="1" t="n">
+        <v>0.48</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>Don't know</t>
         </is>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.33</v>
+        <v>0.21</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.3</v>
+        <v>0.22</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.37</v>
+        <v>0.25</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.34</v>
+        <v>0.27</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.35</v>
+        <v>0.29</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.36</v>
+        <v>0.26</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.34</v>
+        <v>0.24</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>0.34</v>
+        <v>0.27</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>0.32</v>
+        <v>0.25</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.35</v>
+        <v>0.27</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.34</v>
+        <v>0.25</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.34</v>
+        <v>0.29</v>
+      </c>
+      <c r="N4" s="1" t="n">
+        <v>0.27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Unweighted base</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>924</v>
+        <v>566</v>
       </c>
       <c r="C5" t="n">
-        <v>950</v>
+        <v>572</v>
       </c>
       <c r="D5" t="n">
-        <v>942</v>
+        <v>556</v>
       </c>
       <c r="E5" t="n">
-        <v>989</v>
+        <v>621</v>
       </c>
       <c r="F5" t="n">
-        <v>995</v>
+        <v>618</v>
       </c>
       <c r="G5" t="n">
-        <v>994</v>
+        <v>616</v>
       </c>
       <c r="H5" t="n">
-        <v>999</v>
+        <v>606</v>
       </c>
       <c r="I5" t="n">
-        <v>988</v>
+        <v>606</v>
       </c>
       <c r="J5" t="n">
-        <v>988</v>
+        <v>585</v>
       </c>
       <c r="K5" t="n">
-        <v>943</v>
+        <v>604</v>
       </c>
       <c r="L5" t="n">
-        <v>952</v>
+        <v>585</v>
       </c>
       <c r="M5" t="n">
-        <v>954</v>
+        <v>581</v>
+      </c>
+      <c r="N5" t="n">
+        <v>633</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>Base</t>
         </is>
       </c>
       <c r="B6" t="n">
-        <v>861</v>
+        <v>557</v>
       </c>
       <c r="C6" t="n">
-        <v>860</v>
+        <v>562</v>
       </c>
       <c r="D6" t="n">
-        <v>864</v>
+        <v>565</v>
       </c>
       <c r="E6" t="n">
-        <v>921</v>
+        <v>602</v>
       </c>
       <c r="F6" t="n">
-        <v>927</v>
+        <v>606</v>
       </c>
       <c r="G6" t="n">
-        <v>917</v>
+        <v>600</v>
       </c>
       <c r="H6" t="n">
-        <v>925</v>
+        <v>604</v>
       </c>
       <c r="I6" t="n">
-        <v>916</v>
+        <v>599</v>
       </c>
       <c r="J6" t="n">
-        <v>886</v>
+        <v>579</v>
       </c>
       <c r="K6" t="n">
-        <v>905</v>
+        <v>592</v>
       </c>
       <c r="L6" t="n">
-        <v>873</v>
+        <v>582</v>
       </c>
       <c r="M6" t="n">
-        <v>875</v>
+        <v>584</v>
+      </c>
+      <c r="N6" t="n">
+        <v>598</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>